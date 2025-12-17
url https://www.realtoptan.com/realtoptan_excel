--- v0 (2025-10-29)
+++ v1 (2025-12-17)
@@ -1825,51 +1825,51 @@
       <c r="B26" s="0" t="inlineStr">
         <is>
           <t>Uyku Tulumu (190x70 cm)</t>
         </is>
       </c>
       <c r="C26" s="0" t="inlineStr">
         <is>
           <t>KAMP VE OUTDOOR</t>
         </is>
       </c>
       <c r="D26" s="0" t="inlineStr">
         <is>
           <t>KAMP VE OUTDOOR</t>
         </is>
       </c>
       <c r="E26" s="0" t="inlineStr">
         <is>
           <t>&amp;lt;ul style=&amp;quot;margin-left:0px; margin-right:0px&amp;quot;&amp;gt;
 	&amp;lt;li&amp;gt;0 Derece Mevsimlik Uyku Tulumu Genel kullanım için üretilmiştir, açılarak battaniye olarak da kullanılabilir. Polyester malzemeden üretilmiştir, Hafif ve düşük hacim ile taşınması son derece rahat ve kolaydır, Ürün ebatları: 190 * 72 cm, Ürün ağırlığı: 1000 gr, Baş kısmı açık olarak tasarlanmıştır. Kolayca taşınabilir çantasıyla kullanıcıya kolaylık sağlar,0 Derece Mevsimlik Uyku Tulumu: Ergonomik ve şık tasarımıyla dikkat çeker. Mevsimlik, 0 dereceye kadar rahat kullanım sağlar.&amp;lt;/li&amp;gt;
 	&amp;lt;li&amp;gt;Renk seçeneği : Kırmızı, Haki Yeşil, Siyah, Mavi&amp;lt;/li&amp;gt;
 &amp;lt;/ul&amp;gt;
 </t>
         </is>
       </c>
       <c r="F26" s="0" t="n">
-        <v>300</v>
+        <v>350</v>
       </c>
       <c r="G26" s="0" t="n">
         <v>38383800746</v>
       </c>
       <c r="H26" s="0" t="inlineStr">
         <is>
           <t>diğer</t>
         </is>
       </c>
       <c r="I26" s="0" t="n">
         <v>986</v>
       </c>
       <c r="J26" s="0" t="inlineStr">
         <is>
           <t>https://www.realtoptan.com/image/catalog/resimler/tulum.jpg</t>
         </is>
       </c>
       <c r="K26" s="0" t="inlineStr">
         <is>
           <t>https://www.realtoptan.com/image/catalog/resimler/tulum2.jpg</t>
         </is>
       </c>
       <c r="L26" s="0"/>
       <c r="M26" s="0"/>
       <c r="N26" s="0"/>
@@ -1955,51 +1955,51 @@
           <t>https://www.realtoptan.com/image/catalog/starmaster-klc-03-3-x-kalem-pilli-plus-5-volt-yildiz-yansitmali-kure-tip-gece-lambasi-7766.jpg</t>
         </is>
       </c>
       <c r="O27" s="0" t="inlineStr">
         <is>
           <t>0.00kg</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
       <c r="A28" s="0" t="n">
         <v>46</v>
       </c>
       <c r="B28" s="0" t="inlineStr">
         <is>
           <t> Titreşimli Masaj Aleti Selülit Giderici Cihaz</t>
         </is>
       </c>
       <c r="C28" s="0" t="inlineStr">
         <is>
           <t>EV &amp;amp; OFİS ÜRÜNLERİ|MUTFAK ÜRÜNLERİ|TV ÜRÜNLERİ|OTO AKSESUARLARI</t>
         </is>
       </c>
       <c r="D28" s="0" t="inlineStr">
         <is>
-          <t>OTO AKSESUARLARI</t>
+          <t>EV &amp;amp; OFİS ÜRÜNLERİ</t>
         </is>
       </c>
       <c r="E28" s="0" t="inlineStr">
         <is>
           <t>&amp;lt;p&amp;gt;&amp;amp;nbsp;Masaj Aleti RL-060 Ürün Adı: PREMİOTONE Model NO:TVH20303 Ürün cinsi: Masaj Aleti Elektrik Tüketimi:24w Güç Kaynağı:220-240 Hız: 2500rpm Ağırlık: 1kg Premio &amp;amp;amp; Spin ton zayıflama, vücut biçimlendirme, kan dolaşması, kasların toparlanması, günlük stresin atılması ve selülit korkusunun giderilmesi için en ideal üründür. Vücudun her bölgesinde rahatlıkla kullanılabilir. Fazla kiloların atılmasına yardımcı olur. Ürünle yapılan masaj sonrası kan ve lenf dolaşımını harekete geçirerek dokuların oksijenlenmesini sağlar. Lenfatik dolaşımın artmasıyla toksin maddeler vücuttan daha kolay atılır. Hamilelik sonrası oluşan karın sarkmalarında ve bacak kasılmaları, kramp, bacak şişliğinde yardımcı tedavidir. Ürün aksesuarları ihtiyaca göre değiştirilebilme ve yerleştirilme özelliğine sahiptir. Ürün faydaları: Selülite karşı etkilidir. Masaj yapılabilir. Kas yorgunluğunu azaltır. Gevşemiş kasları sıkılaştırır ve güçlendirir Karın ve bel kısımdaki yağların erimesi için kullanılabilir. Cilt ve kalçaları biçimlendirmek için kullanılabilir. Ayak bölgesindeki nasır ve ölü deriyi temizlemek için kullanılabilir. Ürün özellikleri: Kullanışlı ve hafiftir. Hız ayar ayarlanabilir. Farklı işlemler için 4 farklı başlık bulunmaktadır. Dairesel ve salınım hareketli masaj aletidir. Taşınabilir. .Siyah Örgülü Aparat Bayanların saçlarını dolamaması için kullanılan aparat Düz olan Aparat masaj yapar. Dalgalı olan Aparat daha etkili aparattır. Topuk kullanımı için kullanılan aparattır.&amp;lt;/p&amp;gt;
 </t>
         </is>
       </c>
       <c r="F28" s="0" t="n">
         <v>250</v>
       </c>
       <c r="G28" s="0" t="n">
         <v>38383800744</v>
       </c>
       <c r="H28" s="0" t="inlineStr">
         <is>
           <t>diğer</t>
         </is>
       </c>
       <c r="I28" s="0" t="n">
         <v>0</v>
       </c>
       <c r="J28" s="0" t="inlineStr">
         <is>
           <t>https://www.realtoptan.com/image/catalog/premiotone-titresimli-masaj-aleti-selulit-giderici-cihaz-6226.jpg</t>
@@ -3585,51 +3585,51 @@
 			&amp;lt;/td&amp;gt;
 		&amp;lt;/tr&amp;gt;
 	&amp;lt;/tbody&amp;gt;
 &amp;lt;/table&amp;gt;
 &amp;lt;/div&amp;gt;
 &amp;lt;/div&amp;gt;
 &amp;lt;/div&amp;gt;
 &amp;lt;/div&amp;gt;
 &amp;lt;/div&amp;gt;
 &amp;lt;/div&amp;gt;
 </t>
         </is>
       </c>
       <c r="F51" s="0" t="n">
         <v>250</v>
       </c>
       <c r="G51" s="0" t="n">
         <v>38383800712</v>
       </c>
       <c r="H51" s="0" t="inlineStr">
         <is>
           <t>diğer</t>
         </is>
       </c>
       <c r="I51" s="0" t="n">
-        <v>247</v>
+        <v>245</v>
       </c>
       <c r="J51" s="0" t="inlineStr">
         <is>
           <t>https://www.realtoptan.com/image/catalog/1000-ml-crystal-head-kuru-kafa-icki-sisesi-1147.jpg</t>
         </is>
       </c>
       <c r="K51" s="0" t="inlineStr">
         <is>
           <t>https://www.realtoptan.com/image/catalog/1000-ml-crystal-head-kuru-kafa-icki-sisesi-5179.jpg</t>
         </is>
       </c>
       <c r="L51" s="0"/>
       <c r="M51" s="0"/>
       <c r="N51" s="0"/>
       <c r="O51" s="0" t="inlineStr">
         <is>
           <t>0.00kg</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
       <c r="A52" s="0" t="n">
         <v>71</v>
       </c>
       <c r="B52" s="0" t="inlineStr">
@@ -4202,100 +4202,100 @@
       <c r="E60" s="0" t="inlineStr">
         <is>
           <t>&amp;lt;p style=&amp;quot;margin-left:0px; margin-right:0px&amp;quot;&amp;gt;Ev partilerininizi gerçek bir bar partisi havasına sokmak ve gelen misafirlerinize unutulmayacak keyifli anlar yaşatmak istiyorsanız&amp;amp;nbsp;Bar Butler - İçecek İstasyonu İçecek Pompası tam size göre. Akaryakıt istasyonlarındaki benzin pompası şeklinde tasarlanmış olan İçecek&amp;amp;nbsp; dolum tabancasıyla, bardaklar keyifle doldurulacak. Gümüş metalik rengiyle bir hayli havalı ve şık bir görünüme sahip olan Bar Butler Liquor Pump, üzerinde yer alan ölçüsüyle de dilediğiniz miktarda İçecek servisi yapmanıza imkan sağlıyor.&amp;amp;nbsp;&amp;lt;/p&amp;gt;
 &amp;lt;p style=&amp;quot;margin-left:0px; margin-right:0px&amp;quot;&amp;gt;Evinizde veya ofisinizde keyifle kullanabileceğiniz Bar Butler - İçecek İstasyonu havalı görüntüsüyle herkesin sahip olmak isteyeceği son derece ilginç bir İçecek dolum pompasıdır. Bu sıra dışı ürünü ister kendiniz için satın alın, isterseniz de içki içen arkadaşlarınıza ev hediyesi olarak armağan edin.&amp;amp;nbsp;&amp;lt;/p&amp;gt;
 &amp;lt;p style=&amp;quot;margin-left:0px; margin-right:0px&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;color:#dc2426; font-family:inherit; font-size:12pt&amp;quot;&amp;gt;&amp;lt;strong&amp;gt;Bar Butler - İçecek İstasyonu İçecek Pompası Hakkında Bilinmesi Gerekenler&amp;lt;/strong&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/p&amp;gt;
 &amp;lt;ul style=&amp;quot;list-style-type:none; margin-left:0px; margin-right:0px&amp;quot;&amp;gt;
 	&amp;lt;li&amp;gt;Ürün sert plastik malzemeden üretilmiştir.&amp;lt;/li&amp;gt;
 	&amp;lt;li&amp;gt;900 cc. kapasiteye sahip olan Bar Butler 12 x 12 x 48 cm. ölçülerine sahiptir.&amp;amp;nbsp;&amp;lt;/li&amp;gt;
 	&amp;lt;li&amp;gt;İçki İstasyon Pompası hafta içi saat 14:00\'a kadar verilecek siparişlerde aynı gün kargoya teslim edilmektedir.&amp;amp;nbsp;&amp;lt;/li&amp;gt;
 &amp;lt;/ul&amp;gt;
 </t>
         </is>
       </c>
       <c r="F60" s="0" t="n">
         <v>500</v>
       </c>
       <c r="G60" s="0" t="n">
         <v>38383800684</v>
       </c>
       <c r="H60" s="0" t="inlineStr">
         <is>
           <t>diğer</t>
         </is>
       </c>
       <c r="I60" s="0" t="n">
-        <v>72</v>
+        <v>0</v>
       </c>
       <c r="J60" s="0" t="inlineStr">
         <is>
           <t>https://www.realtoptan.com/image/catalog/bar-butler-icki-istasyonu-icecek-pompasi-1152.jpg</t>
         </is>
       </c>
       <c r="K60" s="0" t="inlineStr">
         <is>
           <t>https://www.realtoptan.com/image/catalog/bar-butler-icki-istasyonu-icecek-pompasi-6882.jpg</t>
         </is>
       </c>
       <c r="L60" s="0" t="inlineStr">
         <is>
           <t>https://www.realtoptan.com/image/catalog/bar-butler-icki-istasyonu-icecek-pompasi-4262.jpg</t>
         </is>
       </c>
       <c r="M60" s="0" t="inlineStr">
         <is>
           <t>https://www.realtoptan.com/image/catalog/bar-butler-icki-istasyonu-icecek-pompasi-8478.jpg</t>
         </is>
       </c>
       <c r="N60" s="0" t="inlineStr">
         <is>
           <t>https://www.realtoptan.com/image/catalog/bar-butler-icki-istasyonu-icecek-pompasi-7110.jpg</t>
         </is>
       </c>
       <c r="O60" s="0" t="inlineStr">
         <is>
           <t>0.00kg</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="61">
       <c r="A61" s="0" t="n">
         <v>80</v>
       </c>
       <c r="B61" s="0" t="inlineStr">
         <is>
           <t>Pratik Insta Hang Çekiçsiz Pratik Çivi Çakma Seti</t>
         </is>
       </c>
       <c r="C61" s="0" t="inlineStr">
         <is>
           <t>EV &amp;amp; OFİS ÜRÜNLERİ|MUTFAK ÜRÜNLERİ|TV ÜRÜNLERİ|OTO AKSESUARLARI</t>
         </is>
       </c>
       <c r="D61" s="0" t="inlineStr">
         <is>
-          <t>OTO AKSESUARLARI</t>
+          <t>EV &amp;amp; OFİS ÜRÜNLERİ</t>
         </is>
       </c>
       <c r="E61" s="0" t="inlineStr">
         <is>
           <t>&amp;lt;table style=&amp;quot;box-sizing: inherit; margin: 0px; padding: 0px; border: none; font-variant-numeric: inherit; font-variant-east-asian: inherit; font-stretch: inherit; font-size: 14px; font-family: -apple-system, BlinkMacSystemFont, Arial, Roboto, Oxygen, Ubuntu, Cantarell, &amp;amp;quot;Fira Sans&amp;amp;quot;, &amp;amp;quot;Droid Sans&amp;amp;quot;, &amp;amp;quot;Helvetica Neue&amp;amp;quot;, sans-serif; vertical-align: baseline; outline: 0px; border-spacing: 0px; width: 1158px; color: rgb(72, 72, 72); line-height: normal !important;&amp;quot;&amp;gt;&amp;lt;tbody style=&amp;quot;box-sizing: inherit; margin: 0px; padding: 0px; border: 0px; font-style: inherit; font-variant: inherit; font-weight: inherit; font-stretch: inherit; font-size: inherit; line-height: normal !important; font-family: inherit; vertical-align: baseline; outline: 0px;&amp;quot;&amp;gt;&amp;lt;tr style=&amp;quot;box-sizing: inherit; margin: 0px; padding: 0px; border: 0px; font-style: inherit; font-variant: inherit; font-weight: inherit; font-stretch: inherit; font-size: inherit; line-height: normal !important; font-family: inherit; vertical-align: baseline; outline: 0px;&amp;quot;&amp;gt;&amp;lt;td class=&amp;quot;no-border&amp;quot; style=&amp;quot;box-sizing: inherit; margin: 0px; padding: 0px; font-style: inherit; font-variant: inherit; font-weight: inherit; font-stretch: inherit; font-family: inherit; vertical-align: baseline; outline: 0px; border: none !important; line-height: normal !important;&amp;quot;&amp;gt;&amp;lt;div id=&amp;quot;productDescriptionContent&amp;quot; style=&amp;quot;box-sizing: inherit; margin: 0px; padding: 0px; border: 0px; font-style: inherit; font-variant: inherit; font-weight: inherit; font-stretch: inherit; font-size: inherit; line-height: normal !important; font-family: inherit; vertical-align: baseline; outline: 0px; max-width: 1152px !important;&amp;quot;&amp;gt;&amp;lt;p style=&amp;quot;box-sizing: inherit; margin-right: 0px; margin-bottom: 16px; margin-left: 0px; padding: initial; border: 0px; font-style: inherit; font-variant: inherit; font-weight: inherit; font-stretch: inherit; font-size: inherit; font-family: inherit; vertical-align: baseline; outline: 0px; line-height: normal !important; max-width: 1152px !important;&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;box-sizing: inherit; margin: 0px; padding: 0px; border: 0px; font-style: inherit; font-variant: inherit; font-weight: bold; font-stretch: inherit; font-size: 18px; line-height: normal !important; font-family: helvetica; vertical-align: baseline; outline: 0px; max-width: 1152px !important; letter-spacing: -0.3px;&amp;quot;&amp;gt;Pratik Insta Hang Çekiçsiz Pratik Çivi Çakma Seti&amp;lt;/span&amp;gt;&amp;lt;/p&amp;gt;&amp;lt;p style=&amp;quot;box-sizing: inherit; margin-right: 0px; margin-bottom: 16px; margin-left: 0px; padding: initial; border: 0px; font-style: inherit; font-variant: inherit; font-weight: inherit; font-stretch: inherit; font-size: inherit; font-family: inherit; vertical-align: baseline; outline: 0px; line-height: normal !important; max-width: 1152px !important;&amp;quot;&amp;gt;&amp;amp;nbsp;&amp;lt;/p&amp;gt;&amp;lt;div style=&amp;quot;box-sizing: inherit; margin: 0px; padding: 0px; border: 0px; font-style: inherit; font-variant: inherit; font-weight: inherit; font-stretch: inherit; line-height: 21px; font-family: &amp;amp;quot;′trebuchet ms′&amp;amp;quot;, arial; vertical-align: baseline; outline: 0px; color: rgb(0, 0, 0); text-align: justify; max-width: 1152px !important;&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;box-sizing: inherit; margin: 0px; padding: 0px; border: 0px; font-style: inherit; font-variant: inherit; font-weight: 700 !important; font-stretch: inherit; font-size: inherit; line-height: normal !important; font-family: inherit; vertical-align: baseline; outline: 0px;&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;box-sizing: inherit; margin: 0px; padding: 0px; border: 0px; font-style: inherit; font-variant: inherit; font-weight: inherit; font-stretch: inherit; font-size: inherit; line-height: normal !important; font-family: inherit; vertical-align: baseline; outline: 0px; max-width: 1152px !important;&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;box-sizing: inherit; margin: 0px; padding: 0px; border: 0px; font-style: inherit; font-variant: inherit; font-weight: inherit; font-stretch: inherit; font-size: inherit; line-height: normal !important; font-family: &amp;amp;quot;′trebuchet ms′&amp;amp;quot;, helvetica, sans-serif; vertical-align: baseline; outline: 0px; max-width: 1152px !important;&amp;quot;&amp;gt;Saat, tablo ya da ayna gibi duvar aksesuarlarınızı sadece birkaç saniyede güvenli bir şekilde duvarınıza asabileceksiniz!&amp;amp;nbsp;&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/div&amp;gt;&amp;lt;div style=&amp;quot;box-sizing: inherit; margin: 0px; padding: 0px; border: 0px; font-style: inherit; font-variant: inherit; font-weight: inherit; font-stretch: inherit; line-height: 21px; font-family: &amp;amp;quot;′trebuchet ms′&amp;amp;quot;, arial; vertical-align: baseline; outline: 0px; color: rgb(0, 0, 0); text-align: justify; max-width: 1152px !important;&amp;quot;&amp;gt;&amp;amp;nbsp;&amp;lt;/div&amp;gt;&amp;lt;div style=&amp;quot;box-sizing: inherit; margin: 0px; padding: 0px; border: 0px; font-style: inherit; font-variant: inherit; font-weight: inherit; font-stretch: inherit; line-height: 21px; font-family: &amp;amp;quot;′trebuchet ms′&amp;amp;quot;, arial; vertical-align: baseline; outline: 0px; color: rgb(0, 0, 0); text-align: justify; max-width: 1152px !important;&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;box-sizing: inherit; margin: 0px; padding: 0px; border: 0px; font-style: inherit; font-variant: inherit; font-weight: inherit; font-stretch: inherit; font-size: inherit; line-height: normal !important; font-family: inherit; vertical-align: baseline; outline: 0px; max-width: 1152px !important;&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;box-sizing: inherit; margin: 0px; padding: 0px; border: 0px; font-style: inherit; font-variant: inherit; font-weight: inherit; font-stretch: inherit; font-size: inherit; line-height: normal !important; font-family: &amp;amp;quot;′trebuchet ms′&amp;amp;quot;, helvetica, sans-serif; vertical-align: baseline; outline: 0px; max-width: 1152px !important;&amp;quot;&amp;gt;Pratik duvar çivi çakma seti &amp;amp;nbsp;sayesinde çiviye gerek kalmadan küçük mandalları ve özel çivisi yardımıyla duvarınıza istediğiniz aksesuarı kolayca monte edebilir ve sessiz kullanımı sayesinde komşularınızı rahatsız etmezsiniz.&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/div&amp;gt;&amp;lt;div style=&amp;quot;box-sizing: inherit; margin: 0px; padding: 0px; border: 0px; font-style: inherit; font-variant: inherit; font-weight: inherit; font-stretch: inherit; line-height: 21px; font-family: &amp;amp;quot;′trebuchet ms′&amp;amp;quot;, arial; vertical-align: baseline; outline: 0px; color: rgb(0, 0, 0); text-align: justify; max-width: 1152px !important;&amp;quot;&amp;gt;&amp;amp;nbsp;&amp;lt;/div&amp;gt;&amp;lt;div style=&amp;quot;box-sizing: inherit; margin: 0px; padding: 0px; border: 0px; font-style: inherit; font-variant: inherit; font-weight: inherit; font-stretch: inherit; line-height: 21px; font-family: &amp;amp;quot;′trebuchet ms′&amp;amp;quot;, arial; vertical-align: baseline; outline: 0px; color: rgb(0, 0, 0); text-align: justify; max-width: 1152px !important;&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;box-sizing: inherit; margin: 0px; padding: 0px; border: 0px; font-style: inherit; font-variant: inherit; font-weight: inherit; font-stretch: inherit; font-size: inherit; line-height: normal !important; font-family: inherit; vertical-align: baseline; outline: 0px; max-width: 1152px !important;&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;box-sizing: inherit; margin: 0px; padding: 0px; border: 0px; font-style: inherit; font-variant: inherit; font-weight: inherit; font-stretch: inherit; font-size: inherit; line-height: normal !important; font-family: &amp;amp;quot;′trebuchet ms′&amp;amp;quot;, helvetica, sans-serif; vertical-align: baseline; outline: 0px; max-width: 1152px !important;&amp;quot;&amp;gt;Kolay ve pratik bir kullanıma sahip olan bu ürünümüz, çekiç ve matkaptan küçük bir boyuta sahiptir.&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/div&amp;gt;&amp;lt;div style=&amp;quot;box-sizing: inherit; margin: 0px; padding: 0px; border: 0px; font-style: inherit; font-variant: inherit; font-weight: inherit; font-stretch: inherit; line-height: 21px; font-family: &amp;amp;quot;′trebuchet ms′&amp;amp;quot;, arial; vertical-align: baseline; outline: 0px; color: rgb(0, 0, 0); text-align: justify; max-width: 1152px !important;&amp;quot;&amp;gt;&amp;amp;nbsp;&amp;lt;/div&amp;gt;&amp;lt;div style=&amp;quot;box-sizing: inherit; margin: 0px; padding: 0px; border: 0px; font-style: inherit; font-variant: inherit; font-weight: inherit; font-stretch: inherit; line-height: 21px; font-family: &amp;amp;quot;′trebuchet ms′&amp;amp;quot;, arial; vertical-align: baseline; outline: 0px; color: rgb(0, 0, 0); text-align: justify; max-width: 1152px !important;&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;box-sizing: inherit; margin: 0px; padding: 0px; border: 0px; font-style: inherit; font-variant: inherit; font-weight: inherit; font-stretch: inherit; font-size: inherit; line-height: normal !important; font-family: inherit; vertical-align: baseline; outline: 0px; max-width: 1152px !important;&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;box-sizing: inherit; margin: 0px; padding: 0px; border: 0px; font-style: inherit; font-variant: inherit; font-weight: inherit; font-stretch: inherit; font-size: inherit; line-height: normal !important; font-family: &amp;amp;quot;′trebuchet ms′&amp;amp;quot;, helvetica, sans-serif; vertical-align: baseline; outline: 0px; max-width: 1152px !important;&amp;quot;&amp;gt;Kullanım olarak zımba makinesine benzeyen ürün, kanca şeridi sayesinde montaj için hazırlanıyor. Diğer yardımcı aparatları aracılığıyla saat, tablo ya da ayna gibi duvar aksesuarlarınızı küçük bir dokunuşla düşmeyecek şekilde sabitleyebiliyorsunuz.&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/div&amp;gt;&amp;lt;div style=&amp;quot;box-sizing: inherit; margin: 0px; padding: 0px; border: 0px; font-style: inherit; font-variant: inherit; font-weight: inherit; font-stretch: inherit; line-height: 21px; font-family: &amp;amp;quot;′trebuchet ms′&amp;amp;quot;, arial; vertical-align: baseline; outline: 0px; color: rgb(0, 0, 0); text-align: justify; max-width: 1152px !important;&amp;quot;&amp;gt;&amp;amp;nbsp;&amp;lt;/div&amp;gt;&amp;lt;div style=&amp;quot;box-sizing: inherit; margin: 0px; padding: 0px; border: 0px; font-style: inherit; font-variant: inherit; font-weight: inherit; font-stretch: inherit; line-height: 21px; font-family: &amp;amp;quot;′trebuchet ms′&amp;amp;quot;, arial; vertical-align: baseline; outline: 0px; color: rgb(0, 0, 0); text-align: justify; max-width: 1152px !important;&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;box-sizing: inherit; margin: 0px; padding: 0px; border: 0px; font-style: inherit; font-variant: inherit; font-weight: inherit; font-stretch: inherit; font-size: inherit; line-height: normal !important; font-family: inherit; vertical-align: baseline; outline: 0px; max-width: 1152px !important;&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;box-sizing: inherit; margin: 0px; padding: 0px; border: 0px; font-style: inherit; font-variant: inherit; font-weight: inherit; font-stretch: inherit; font-size: inherit; line-height: normal !important; font-family: &amp;amp;quot;′trebuchet ms′&amp;amp;quot;, helvetica, sans-serif; vertical-align: baseline; outline: 0px; max-width: 1152px !important;&amp;quot;&amp;gt;Ürünün kendisinden küçük olan montaj parçalarını kaybetmemek ve daha kolay erişmek için ürünün içerisinde saklamanız tavsiye edilir. Ayrıca daha önce kullandığınız monte parçalarını daha sonra söküp tekrar kullanabilirsiniz.&amp;amp;nbsp;&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;br style=&amp;quot;box-sizing: inherit; line-height: normal !important; margin: 0px; padding: 0px;&amp;quot;&amp;gt;&amp;lt;br style=&amp;quot;box-sizing: inherit; line-height: normal !important; margin: 0px; padding: 0px;&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;box-sizing: inherit; margin: 0px; padding: 0px; border: 0px; font-style: inherit; font-variant: inherit; font-weight: 700 !important; font-stretch: inherit; font-size: inherit; line-height: normal !important; font-family: inherit; vertical-align: baseline; outline: 0px;&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;box-sizing: inherit; margin: 0px; padding: 0px; border: 0px; font-style: inherit; font-variant: inherit; font-weight: inherit; font-stretch: inherit; font-size: 14.4444px; line-height: normal !important; font-family: &amp;amp;quot;′trebuchet ms′&amp;amp;quot;, helvetica, sans-serif; vertical-align: baseline; outline: 0px; max-width: 1152px !important;&amp;quot;&amp;gt;Askılık çivisi ve &amp;amp;nbsp;Sessiz kullanım:&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/div&amp;gt;&amp;lt;div style=&amp;quot;box-sizing: inherit; margin: 0px; padding: 0px; border: 0px; font-style: inherit; font-variant: inherit; font-weight: inherit; font-stretch: inherit; line-height: 21px; font-family: &amp;amp;quot;′trebuchet ms′&amp;amp;quot;, arial; vertical-align: baseline; outline: 0px; color: rgb(0, 0, 0); text-align: justify; max-width: 1152px !important;&amp;quot;&amp;gt;&amp;amp;nbsp;&amp;lt;/div&amp;gt;&amp;lt;div style=&amp;quot;box-sizing: inherit; margin: 0px; padding: 0px; border: 0px; font-style: inherit; font-variant: inherit; font-weight: inherit; font-stretch: inherit; line-height: 21px; font-family: &amp;amp;quot;′trebuchet ms′&amp;amp;quot;, arial; vertical-align: baseline; outline: 0px; color: rgb(0, 0, 0); text-align: justify; max-width: 1152px !important;&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;box-sizing: inherit; margin: 0px; padding: 0px; border: 0px; font-style: inherit; font-variant: inherit; font-weight: inherit; font-stretch: inherit; font-size: inherit; line-height: normal !important; font-family: inherit; vertical-align: baseline; outline: 0px; max-width: 1152px !important;&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;box-sizing: inherit; margin: 0px; padding: 0px; border: 0px; font-style: inherit; font-variant: inherit; font-weight: inherit; font-stretch: inherit; font-size: inherit; line-height: normal !important; font-family: &amp;amp;quot;′trebuchet ms′&amp;amp;quot;, helvetica, sans-serif; vertical-align: baseline; outline: 0px; max-width: 1152px !important;&amp;quot;&amp;gt;Bu özelliği sayesinde gürültüsüz bi şekilde istediğiniz işlevi rahat bir şekilde yapabilrsiniz. Askılık çivi ile Kıyafetlerinizi ve eşyalarınızı asmak için pratik bir yoldur.&amp;amp;nbsp;&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/div&amp;gt;&amp;lt;div style=&amp;quot;box-sizing: inherit; margin: 0px; padding: 0px; border: 0px; font-style: inherit; font-variant: inherit; font-weight: inherit; font-stretch: inherit; line-height: 21px; font-family: &amp;amp;quot;′trebuchet ms′&amp;amp;quot;, arial; vertical-align: baseline; outline: 0px; color: rgb(0, 0, 0); text-align: justify; max-width: 1152px !important;&amp;quot;&amp;gt;&amp;amp;nbsp;&amp;lt;/div&amp;gt;&amp;lt;div style=&amp;quot;box-sizing: inherit; margin: 0px; padding: 0px; border: 0px; font-style: inherit; font-variant: inherit; font-weight: inherit; font-stretch: inherit; line-height: 21px; font-family: &amp;amp;quot;′trebuchet ms′&amp;amp;quot;, arial; vertical-align: baseline; outline: 0px; color: rgb(0, 0, 0); text-align: justify; max-width: 1152px !important;&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;box-sizing: inherit; margin: 0px; padding: 0px; border: 0px; font-style: inherit; font-variant: inherit; font-weight: 700 !important; font-stretch: inherit; font-size: inherit; line-height: normal !important; font-family: inherit; vertical-align: baseline; outline: 0px;&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;box-sizing: inherit; margin: 0px; padding: 0px; border: 0px; font-style: inherit; font-variant: inherit; font-weight: inherit; font-stretch: inherit; font-size: inherit; line-height: normal !important; font-family: inherit; vertical-align: baseline; outline: 0px; max-width: 1152px !important;&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;box-sizing: inherit; margin: 0px; padding: 0px; border: 0px; font-style: inherit; font-variant: inherit; font-weight: inherit; font-stretch: inherit; font-size: inherit; line-height: normal !important; font-family: &amp;amp;quot;′trebuchet ms′&amp;amp;quot;, helvetica, sans-serif; vertical-align: baseline; outline: 0px; max-width: 1152px !important;&amp;quot;&amp;gt;Ürün Özellikleri:&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/div&amp;gt;&amp;lt;div style=&amp;quot;box-sizing: inherit; margin: 0px; padding: 0px; border: 0px; font-style: inherit; font-variant: inherit; font-weight: inherit; font-stretch: inherit; line-height: 21px; font-family: &amp;amp;quot;′trebuchet ms′&amp;amp;quot;, arial; vertical-align: baseline; outline: 0px; color: rgb(0, 0, 0); text-align: justify; max-width: 1152px !important;&amp;quot;&amp;gt;&amp;amp;nbsp;&amp;lt;/div&amp;gt;&amp;lt;div style=&amp;quot;box-sizing: inherit; margin: 0px; padding: 0px; border: 0px; font-style: inherit; font-variant: inherit; font-weight: inherit; font-stretch: inherit; line-height: 21px; font-family: &amp;amp;quot;′trebuchet ms′&amp;amp;quot;, arial; vertical-align: baseline; outline: 0px; color: rgb(0, 0, 0); text-align: justify; max-width: 1152px !important;&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;box-sizing: inherit; margin: 0px; padding: 0px; border: 0px; font-style: inherit; font-variant: inherit; font-weight: inherit; font-stretch: inherit; font-size: inherit; line-height: normal !important; font-family: inherit; vertical-align: baseline; outline: 0px; max-width: 1152px !important;&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;box-sizing: inherit; margin: 0px; padding: 0px; border: 0px; font-style: inherit; font-variant: inherit; font-weight: inherit; font-stretch: inherit; font-size: inherit; line-height: normal !important; font-family: &amp;amp;quot;′trebuchet ms′&amp;amp;quot;, helvetica, sans-serif; vertical-align: baseline; outline: 0px; max-width: 1152px !important;&amp;quot;&amp;gt;Ürüne entegre su terazisi&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/div&amp;gt;&amp;lt;div style=&amp;quot;box-sizing: inherit; margin: 0px; padding: 0px; border: 0px; font-style: inherit; font-variant: inherit; font-weight: inherit; font-stretch: inherit; line-height: 21px; font-family: &amp;amp;quot;′trebuchet ms′&amp;amp;quot;, arial; vertical-align: baseline; outline: 0px; color: rgb(0, 0, 0); text-align: justify; max-width: 1152px !important;&amp;quot;&amp;gt;&amp;amp;nbsp;&amp;lt;/div&amp;gt;&amp;lt;div style=&amp;quot;box-sizing: inherit; margin: 0px; padding: 0px; border: 0px; font-style: inherit; font-variant: inherit; font-weight: inherit; font-stretch: inherit; line-height: 21px; font-family: &amp;amp;quot;′trebuchet ms′&amp;amp;quot;, arial; vertical-align: baseline; outline: 0px; color: rgb(0, 0, 0); text-align: justify; max-width: 1152px !important;&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;box-sizing: inherit; margin: 0px; padding: 0px; border: 0px; font-style: inherit; font-variant: inherit; font-weight: inherit; font-stretch: inherit; font-size: inherit; line-height: normal !important; font-family: inherit; vertical-align: baseline; outline: 0px; max-width: 1152px !important;&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;box-sizing: inherit; margin: 0px; padding: 0px; border: 0px; font-style: inherit; font-variant: inherit; font-weight: inherit; font-stretch: inherit; font-size: inherit; line-height: normal !important; font-family: &amp;amp;quot;′trebuchet ms′&amp;amp;quot;, helvetica, sans-serif; vertical-align: baseline; outline: 0px; max-width: 1152px !important;&amp;quot;&amp;gt;Plastik askı aparatı&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/div&amp;gt;&amp;lt;div style=&amp;quot;box-sizing: inherit; margin: 0px; padding: 0px; border: 0px; font-style: inherit; font-variant: inherit; font-weight: inherit; font-stretch: inherit; line-height: 21px; font-family: &amp;amp;quot;′trebuchet ms′&amp;amp;quot;, arial; vertical-align: baseline; outline: 0px; color: rgb(0, 0, 0); text-align: justify; max-width: 1152px !important;&amp;quot;&amp;gt;&amp;amp;nbsp;&amp;lt;/div&amp;gt;&amp;lt;div style=&amp;quot;box-sizing: inherit; margin: 0px; padding: 0px; border: 0px; font-style: inherit; font-variant: inherit; font-weight: inherit; font-stretch: inherit; line-height: 21px; font-family: &amp;amp;quot;′trebuchet ms′&amp;amp;quot;, arial; vertical-align: baseline; outline: 0px; color: rgb(0, 0, 0); text-align: justify; max-width: 1152px !important;&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;box-sizing: inherit; margin: 0px; padding: 0px; border: 0px; font-style: inherit; font-variant: inherit; font-weight: inherit; font-stretch: inherit; font-size: inherit; line-height: normal !important; font-family: inherit; vertical-align: baseline; outline: 0px; max-width: 1152px !important;&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;box-sizing: inherit; margin: 0px; padding: 0px; border: 0px; font-style: inherit; font-variant: inherit; font-weight: inherit; font-stretch: inherit; font-size: inherit; line-height: normal !important; font-family: &amp;amp;quot;′trebuchet ms′&amp;amp;quot;, helvetica, sans-serif; vertical-align: baseline; outline: 0px; max-width: 1152px !important;&amp;quot;&amp;gt;Sağlam ve Kaliteli plastik malzeme&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/div&amp;gt;&amp;lt;div style=&amp;quot;box-sizing: inherit; margin: 0px; padding: 0px; border: 0px; font-style: inherit; font-variant: inherit; font-weight: inherit; font-stretch: inherit; line-height: 21px; font-family: &amp;amp;quot;′trebuchet ms′&amp;amp;quot;, arial; vertical-align: baseline; outline: 0px; color: rgb(0, 0, 0); text-align: justify; max-width: 1152px !important;&amp;quot;&amp;gt;&amp;amp;nbsp;&amp;lt;/div&amp;gt;&amp;lt;div style=&amp;quot;box-sizing: inherit; margin: 0px; padding: 0px; border: 0px; font-style: inherit; font-variant: inherit; font-weight: inherit; font-stretch: inherit; line-height: 21px; font-family: &amp;amp;quot;′trebuchet ms′&amp;amp;quot;, arial; vertical-align: baseline; outline: 0px; color: rgb(0, 0, 0); text-align: justify; max-width: 1152px !important;&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;box-sizing: inherit; margin: 0px; padding: 0px; border: 0px; font-style: inherit; font-variant: inherit; font-weight: 700 !important; font-stretch: inherit; font-size: inherit; line-height: normal !important; font-family: inherit; vertical-align: baseline; outline: 0px;&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;box-sizing: inherit; margin: 0px; padding: 0px; border: 0px; font-style: inherit; font-variant: inherit; font-weight: inherit; font-stretch: inherit; font-size: inherit; line-height: normal !important; font-family: inherit; vertical-align: baseline; outline: 0px; max-width: 1152px !important;&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;box-sizing: inherit; margin: 0px; padding: 0px; border: 0px; font-style: inherit; font-variant: inherit; font-weight: inherit; font-stretch: inherit; font-size: inherit; line-height: normal !important; font-family: &amp;amp;quot;′trebuchet ms′&amp;amp;quot;, helvetica, sans-serif; vertical-align: baseline; outline: 0px; max-width: 1152px !important;&amp;quot;&amp;gt;Paket İçeriği: &amp;amp;nbsp; &amp;amp;nbsp; &amp;amp;nbsp; &amp;amp;nbsp; &amp;amp;nbsp; &amp;amp;nbsp; &amp;amp;nbsp; &amp;amp;nbsp; &amp;amp;nbsp; &amp;amp;nbsp;&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/div&amp;gt;&amp;lt;div style=&amp;quot;box-sizing: inherit; margin: 0px; padding: 0px; border: 0px; font-style: inherit; font-variant: inherit; font-weight: inherit; font-stretch: inherit; line-height: 21px; font-family: &amp;amp;quot;′trebuchet ms′&amp;amp;quot;, arial; vertical-align: baseline; outline: 0px; color: rgb(0, 0, 0); text-align: justify; max-width: 1152px !important;&amp;quot;&amp;gt;&amp;amp;nbsp;&amp;lt;/div&amp;gt;&amp;lt;div style=&amp;quot;box-sizing: inherit; margin: 0px; padding: 0px; border: 0px; font-style: inherit; font-variant: inherit; font-weight: inherit; font-stretch: inherit; line-height: 21px; font-family: &amp;amp;quot;′trebuchet ms′&amp;amp;quot;, arial; vertical-align: baseline; outline: 0px; color: rgb(0, 0, 0); text-align: justify; max-width: 1152px !important;&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;box-sizing: inherit; margin: 0px; padding: 0px; border: 0px; font-style: inherit; font-variant: inherit; font-weight: inherit; font-stretch: inherit; font-size: inherit; line-height: normal !important; font-family: inherit; vertical-align: baseline; outline: 0px; max-width: 1152px !important;&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;box-sizing: inherit; margin: 0px; padding: 0px; border: 0px; font-style: inherit; font-variant: inherit; font-weight: inherit; font-stretch: inherit; font-size: inherit; line-height: normal !important; font-family: &amp;amp;quot;′trebuchet ms′&amp;amp;quot;, helvetica, sans-serif; vertical-align: baseline; outline: 0px; max-width: 1152px !important;&amp;quot;&amp;gt;36 Adet çivi&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/div&amp;gt;&amp;lt;div style=&amp;quot;box-sizing: inherit; margin: 0px; padding: 0px; border: 0px; font-style: inherit; font-variant: inherit; font-weight: inherit; font-stretch: inherit; line-height: 21px; font-family: &amp;amp;quot;′trebuchet ms′&amp;amp;quot;, arial; vertical-align: baseline; outline: 0px; color: rgb(0, 0, 0); text-align: justify; max-width: 1152px !important;&amp;quot;&amp;gt;&amp;amp;nbsp;&amp;lt;/div&amp;gt;&amp;lt;div style=&amp;quot;box-sizing: inherit; margin: 0px; padding: 0px; border: 0px; font-style: inherit; font-variant: inherit; font-weight: inherit; font-stretch: inherit; line-height: 21px; font-family: &amp;amp;quot;′trebuchet ms′&amp;amp;quot;, arial; vertical-align: baseline; outline: 0px; color: rgb(0, 0, 0); text-align: justify; max-width: 1152px !important;&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;box-sizing: inherit; margin: 0px; padding: 0px; border: 0px; font-style: inherit; font-variant: inherit; font-weight: inherit; font-stretch: inherit; font-size: inherit; line-height: normal !important; font-family: inherit; vertical-align: baseline; outline: 0px; max-width: 1152px !important;&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;box-sizing: inherit; margin: 0px; padding: 0px; border: 0px; font-style: inherit; font-variant: inherit; font-weight: inherit; font-stretch: inherit; font-size: inherit; line-height: normal !important; font-family: &amp;amp;quot;′trebuchet ms′&amp;amp;quot;, helvetica, sans-serif; vertical-align: baseline; outline: 0px; max-width: 1152px !important;&amp;quot;&amp;gt;6 &amp;amp;nbsp;Adet askı sıkıştırma&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/div&amp;gt;&amp;lt;div style=&amp;quot;box-sizing: inherit; margin: 0px; padding: 0px; border: 0px; font-style: inherit; font-variant: inherit; font-weight: inherit; font-stretch: inherit; line-height: 21px; font-family: &amp;amp;quot;′trebuchet ms′&amp;amp;quot;, arial; vertical-align: baseline; outline: 0px; color: rgb(0, 0, 0); text-align: justify; max-width: 1152px !important;&amp;quot;&amp;gt;&amp;amp;nbsp;&amp;lt;/div&amp;gt;&amp;lt;div style=&amp;quot;box-sizing: inherit; margin: 0px; padding: 0px; border: 0px; font-style: inherit; font-variant: inherit; font-weight: inherit; font-stretch: inherit; line-height: 21px; font-family: &amp;amp;quot;′trebuchet ms′&amp;amp;quot;, arial; vertical-align: baseline; outline: 0px; color: rgb(0, 0, 0); text-align: justify; max-width: 1152px !important;&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;box-sizing: inherit; margin: 0px; padding: 0px; border: 0px; font-style: inherit; font-variant: inherit; font-weight: inherit; font-stretch: inherit; font-size: inherit; line-height: normal !important; font-family: inherit; vertical-align: baseline; outline: 0px; max-width: 1152px !important;&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;box-sizing: inherit; margin: 0px; padding: 0px; border: 0px; font-style: inherit; font-variant: inherit; font-weight: inherit; font-stretch: inherit; font-size: inherit; line-height: normal !important; font-family: &amp;amp;quot;′trebuchet ms′&amp;amp;quot;, helvetica, sans-serif; vertical-align: baseline; outline: 0px; max-width: 1152px !important;&amp;quot;&amp;gt;4 &amp;amp;nbsp;Adet askı aparatı&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/div&amp;gt;&amp;lt;div style=&amp;quot;box-sizing: inherit; margin: 0px; padding: 0px; border: 0px; font-style: inherit; font-variant: inherit; font-weight: inherit; font-stretch: inherit; line-height: 21px; font-family: &amp;amp;quot;′trebuchet ms′&amp;amp;quot;, arial; vertical-align: baseline; outline: 0px; color: rgb(0, 0, 0); text-align: justify; max-width: 1152px !important;&amp;quot;&amp;gt;&amp;amp;nbsp;&amp;lt;/div&amp;gt;&amp;lt;div style=&amp;quot;box-sizing: inherit; margin: 0px; padding: 0px; border: 0px; font-style: inherit; font-variant: inherit; font-weight: inherit; font-stretch: inherit; line-height: 21px; font-family: &amp;amp;quot;′trebuchet ms′&amp;amp;quot;, arial; vertical-align: baseline; outline: 0px; color: rgb(0, 0, 0); text-align: justify; max-width: 1152px !important;&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;box-sizing: inherit; margin: 0px; padding: 0px; border: 0px; font-style: inherit; font-variant: inherit; font-weight: 700 !important; font-stretch: inherit; font-size: inherit; line-height: normal !important; font-family: inherit; vertical-align: baseline; outline: 0px;&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;box-sizing: inherit; margin: 0px; padding: 0px; border: 0px; font-style: inherit; font-variant: inherit; font-weight: inherit; font-stretch: inherit; font-size: inherit; line-height: normal !important; font-family: inherit; vertical-align: baseline; outline: 0px; max-width: 1152px !important;&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;box-sizing: inherit; margin: 0px; padding: 0px; border: 0px; font-style: inherit; font-variant: inherit; font-weight: inherit; font-stretch: inherit; font-size: inherit; line-height: normal !important; font-family: &amp;amp;quot;′trebuchet ms′&amp;amp;quot;, helvetica, sans-serif; vertical-align: baseline; outline: 0px; max-width: 1152px !important;&amp;quot;&amp;gt;Ürün Ölçüleri:&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/div&amp;gt;&amp;lt;div style=&amp;quot;box-sizing: inherit; margin: 0px; padding: 0px; border: 0px; font-style: inherit; font-variant: inherit; font-weight: inherit; font-stretch: inherit; line-height: 21px; font-family: &amp;amp;quot;′trebuchet ms′&amp;amp;quot;, arial; vertical-align: baseline; outline: 0px; color: rgb(0, 0, 0); text-align: justify; max-width: 1152px !important;&amp;quot;&amp;gt;&amp;amp;nbsp;&amp;lt;/div&amp;gt;&amp;lt;div style=&amp;quot;box-sizing: inherit; margin: 0px; padding: 0px; border: 0px; font-style: inherit; font-variant: inherit; font-weight: inherit; font-stretch: inherit; line-height: 21px; font-family: &amp;amp;quot;′trebuchet ms′&amp;amp;quot;, arial; vertical-align: baseline; outline: 0px; color: rgb(0, 0, 0); text-align: justify; max-width: 1152px !important;&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;box-sizing: inherit; margin: 0px; padding: 0px; border: 0px; font-style: inherit; font-variant: inherit; font-weight: inherit; font-stretch: inherit; font-size: inherit; line-height: normal !important; font-family: inherit; vertical-align: baseline; outline: 0px; max-width: 1152px !important;&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;box-sizing: inherit; margin: 0px; padding: 0px; border: 0px; font-style: inherit; font-variant: inherit; font-weight: inherit; font-stretch: inherit; font-size: inherit; line-height: normal !important; font-family: &amp;amp;quot;′trebuchet ms′&amp;amp;quot;, helvetica, sans-serif; vertical-align: baseline; outline: 0px; max-width: 1152px !important;&amp;quot;&amp;gt;Yükselik: 18cm&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/div&amp;gt;&amp;lt;div style=&amp;quot;box-sizing: inherit; margin: 0px; padding: 0px; border: 0px; font-style: inherit; font-variant: inherit; font-weight: inherit; font-stretch: inherit; line-height: 21px; font-family: &amp;amp;quot;′trebuchet ms′&amp;amp;quot;, arial; vertical-align: baseline; outline: 0px; color: rgb(0, 0, 0); text-align: justify; max-width: 1152px !important;&amp;quot;&amp;gt;&amp;amp;nbsp;&amp;lt;/div&amp;gt;&amp;lt;div style=&amp;quot;box-sizing: inherit; margin: 0px; padding: 0px; border: 0px; font-style: inherit; font-variant: inherit; font-weight: inherit; font-stretch: inherit; line-height: 21px; font-family: &amp;amp;quot;′trebuchet ms′&amp;amp;quot;, arial; vertical-align: baseline; outline: 0px; color: rgb(0, 0, 0); text-align: justify; max-width: 1152px !important;&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;box-sizing: inherit; margin: 0px; padding: 0px; border: 0px; font-style: inherit; font-variant: inherit; font-weight: inherit; font-stretch: inherit; font-size: inherit; line-height: normal !important; font-family: inherit; vertical-align: baseline; outline: 0px; max-width: 1152px !important;&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;box-sizing: inherit; margin: 0px; padding: 0px; border: 0px; font-style: inherit; font-variant: inherit; font-weight: inherit; font-stretch: inherit; font-size: inherit; line-height: normal !important; font-family: &amp;amp;quot;′trebuchet ms′&amp;amp;quot;, helvetica, sans-serif; vertical-align: baseline; outline: 0px; max-width: 1152px !important;&amp;quot;&amp;gt;Genişlik: 10cm&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/div&amp;gt;&amp;lt;div style=&amp;quot;box-sizing: inherit; margin: 0px; padding: 0px; border: 0px; font-style: inherit; font-variant: inherit; font-weight: inherit; font-stretch: inherit; line-height: 21px; font-family: &amp;amp;quot;′trebuchet ms′&amp;amp;quot;, arial; vertical-align: baseline; outline: 0px; color: rgb(0, 0, 0); text-align: justify; max-width: 1152px !important;&amp;quot;&amp;gt;&amp;amp;nbsp;&amp;lt;/div&amp;gt;&amp;lt;div style=&amp;quot;box-sizing: inherit; margin: 0px; padding: 0px; border: 0px; font-style: inherit; font-variant: inherit; font-weight: inherit; font-stretch: inherit; line-height: 21px; font-family: &amp;amp;quot;′trebuchet ms′&amp;amp;quot;, arial; vertical-align: baseline; outline: 0px; color: rgb(0, 0, 0); text-align: justify; max-width: 1152px !important;&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;box-sizing: inherit; margin: 0px; padding: 0px; border: 0px; font-style: inherit; font-variant: inherit; font-weight: inherit; font-stretch: inherit; font-size: inherit; line-height: normal !important; font-family: inherit; vertical-align: baseline; outline: 0px; max-width: 1152px !important;&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;box-sizing: inherit; margin: 0px; padding: 0px; border: 0px; font-style: inherit; font-variant: inherit; font-weight: inherit; font-stretch: inherit; font-size: inherit; line-height: normal !important; font-family: &amp;amp;quot;′trebuchet ms′&amp;amp;quot;, helvetica, sans-serif; vertical-align: baseline; outline: 0px; max-width: 1152px !important;&amp;quot;&amp;gt;&amp;amp;nbsp;Derinlik: &amp;amp;nbsp;4cm&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/div&amp;gt;&amp;lt;div&amp;gt;&amp;lt;span style=&amp;quot;box-sizing: inherit; margin: 0px; padding: 0px; border: 0px; font-style: inherit; font-variant: inherit; font-weight: inherit; font-stretch: inherit; font-size: inherit; line-height: normal !important; font-family: inherit; vertical-align: baseline; outline: 0px; max-width: 1152px !important;&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;box-sizing: inherit; margin: 0px; padding: 0px; border: 0px; font-style: inherit; font-variant: inherit; font-weight: inherit; font-stretch: inherit; font-size: inherit; line-height: normal !important; font-family: &amp;amp;quot;′trebuchet ms′&amp;amp;quot;, helvetica, sans-serif; vertical-align: baseline; outline: 0px; max-width: 1152px !important;&amp;quot;&amp;gt;&amp;lt;br&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/div&amp;gt;&amp;lt;/div&amp;gt;&amp;lt;/td&amp;gt;&amp;lt;/tr&amp;gt;&amp;lt;/tbody&amp;gt;&amp;lt;/table&amp;gt;</t>
         </is>
       </c>
       <c r="F61" s="0" t="n">
         <v>100</v>
       </c>
       <c r="G61" s="0" t="n">
         <v>38383800683</v>
       </c>
       <c r="H61" s="0" t="inlineStr">
         <is>
           <t>diğer</t>
         </is>
       </c>
       <c r="I61" s="0" t="n">
         <v>0</v>
       </c>
       <c r="J61" s="0" t="inlineStr">
         <is>
           <t>https://www.realtoptan.com/image/catalog/pratik-insta-hang-cekicsiz-pratik-civi-cakma-seti-7543.jpg</t>
         </is>
@@ -4316,51 +4316,51 @@
         </is>
       </c>
       <c r="N61" s="0"/>
       <c r="O61" s="0" t="inlineStr">
         <is>
           <t>0.00kg</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="62">
       <c r="A62" s="0" t="n">
         <v>81</v>
       </c>
       <c r="B62" s="0" t="inlineStr">
         <is>
           <t>Rozia Profesyonel Epilatör İpli Tüy Alma Makinesi Epilasyon Aleti</t>
         </is>
       </c>
       <c r="C62" s="0" t="inlineStr">
         <is>
           <t>EV &amp;amp; OFİS ÜRÜNLERİ|MUTFAK ÜRÜNLERİ|TV ÜRÜNLERİ|OTO AKSESUARLARI|Yeni Ürünler</t>
         </is>
       </c>
       <c r="D62" s="0" t="inlineStr">
         <is>
-          <t>OTO AKSESUARLARI</t>
+          <t>EV &amp;amp; OFİS ÜRÜNLERİ</t>
         </is>
       </c>
       <c r="E62" s="0" t="inlineStr">
         <is>
           <t>&amp;lt;p&amp;gt;&amp;lt;font color=&amp;quot;#ff0000&amp;quot; size=&amp;quot;5&amp;quot; style=&amp;quot;font-family: Arial, Helvetica, sans-serif;&amp;quot;&amp;gt;&amp;lt;a style=&amp;quot;margin: 0px; padding: 0px; border: 0px; font-size: 24px; position: relative; outline: 0px; cursor: pointer; color: rgb(0, 102, 204); display: inline-block;&amp;quot;&amp;gt;Rozia Profesyonel Epilatör&amp;lt;/a&amp;gt;&amp;amp;nbsp;İpli Tüy Kıl Alma Makinesi Epilasyon Aleti&amp;lt;/font&amp;gt;&amp;lt;span style=&amp;quot;color: rgb(32, 32, 32); font-family: Arial, Helvetica, sans-serif; font-size: 12px;&amp;quot;&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/p&amp;gt;&amp;lt;div style=&amp;quot;margin: 0px; padding: 0px; border: 0px; font-size: 12px; position: relative; color: rgb(32, 32, 32); font-family: Arial, Helvetica, sans-serif;&amp;quot;&amp;gt;&amp;lt;div style=&amp;quot;margin: 0px; padding: 0px; border: 0px; font-size: 10pt; position: relative;&amp;quot;&amp;gt;&amp;lt;br&amp;gt;&amp;lt;/div&amp;gt;&amp;lt;div style=&amp;quot;margin: 0px; padding: 0px; border: 0px; font-size: 10pt; position: relative;&amp;quot;&amp;gt;&amp;lt;p style=&amp;quot;margin-right: 0px; margin-bottom: 0px; margin-left: 0px; padding: 0px; border: 0px; font-size: 14px; position: relative; line-height: 16.1px; max-width: 100%; color: rgb(102, 102, 102); font-family: source_sans_proregular; width: auto;&amp;quot;&amp;gt;İstenmeyen tüyleri jilet ya da cımbızla aldığınızda, tüyler daha sert ve daha kısa sürede çıkar, ağda yapmaksa oldukça zahmetli bir işlemdir.&amp;lt;br style=&amp;quot;line-height: 16.1px; max-width: 100%; width: auto;&amp;quot;&amp;gt;&amp;lt;/p&amp;gt;&amp;lt;p style=&amp;quot;margin-right: 0px; margin-bottom: 0px; margin-left: 0px; padding: 0px; border: 0px; font-size: 14px; position: relative; line-height: 16.1px; max-width: 100%; color: rgb(102, 102, 102); font-family: source_sans_proregular; width: auto;&amp;quot;&amp;gt;Epilasyon işleminde kullanılan iple tüy alma yöntemi kadınlar tarafından oldukça tercih edilen bir yöntemdir.&amp;lt;br style=&amp;quot;line-height: 16.1px; max-width: 100%; width: auto;&amp;quot;&amp;gt;&amp;lt;/p&amp;gt;&amp;lt;p style=&amp;quot;margin-right: 0px; margin-bottom: 0px; margin-left: 0px; padding: 0px; border: 0px; font-size: 14px; position: relative; line-height: 16.1px; max-width: 100%; color: rgb(102, 102, 102); font-family: source_sans_proregular; width: auto;&amp;quot;&amp;gt;&amp;lt;br style=&amp;quot;line-height: 16.1px; max-width: 100%; width: auto;&amp;quot;&amp;gt;&amp;lt;/p&amp;gt;&amp;lt;p style=&amp;quot;margin-right: 0px; margin-bottom: 0px; margin-left: 0px; padding: 0px; border: 0px; font-size: 14px; position: relative; line-height: 16.1px; max-width: 100%; color: rgb(102, 102, 102); font-family: source_sans_proregular; width: auto;&amp;quot;&amp;gt;Aslında iple tüy alma tekniği eski çin geleneksel güzellik yöntemine dayanır.&amp;lt;br style=&amp;quot;line-height: 16.1px; max-width: 100%; width: auto;&amp;quot;&amp;gt;&amp;lt;/p&amp;gt;&amp;lt;p style=&amp;quot;margin-right: 0px; margin-bottom: 0px; margin-left: 0px; padding: 0px; border: 0px; font-size: 14px; position: relative; line-height: 16.1px; max-width: 100%; color: rgb(102, 102, 102); font-family: source_sans_proregular; width: auto;&amp;quot;&amp;gt;İple yapılan epilasyon işleminde en kısa ve en kalın tüyleri bile kolaylıkla alabilir, cildinizin yumuşak ve pürüzsüz olmasını sağlayabilirsiniz.&amp;lt;br style=&amp;quot;line-height: 16.1px; max-width: 100%; width: auto;&amp;quot;&amp;gt;&amp;lt;/p&amp;gt;&amp;lt;p style=&amp;quot;margin-right: 0px; margin-bottom: 0px; margin-left: 0px; padding: 0px; border: 0px; font-size: 14px; position: relative; line-height: 16.1px; max-width: 100%; color: rgb(102, 102, 102); font-family: source_sans_proregular; width: auto;&amp;quot;&amp;gt;&amp;lt;br style=&amp;quot;line-height: 16.1px; max-width: 100%; width: auto;&amp;quot;&amp;gt;&amp;lt;/p&amp;gt;&amp;lt;p style=&amp;quot;margin-right: 0px; margin-bottom: 0px; margin-left: 0px; padding: 0px; border: 0px; font-size: 14px; position: relative; line-height: 16.1px; max-width: 100%; color: rgb(102, 102, 102); font-family: source_sans_proregular; width: auto;&amp;quot;&amp;gt;Şimdi sizi yepyeni bir yöntemle tanıştıracağız.&amp;lt;br style=&amp;quot;line-height: 16.1px; max-width: 100%; width: auto;&amp;quot;&amp;gt;&amp;lt;/p&amp;gt;&amp;lt;p style=&amp;quot;margin-right: 0px; margin-bottom: 0px; margin-left: 0px; padding: 0px; border: 0px; font-size: 14px; position: relative; line-height: 16.1px; max-width: 100%; color: rgb(102, 102, 102); font-family: source_sans_proregular; width: auto;&amp;quot;&amp;gt;Artık iple yapacağınız epilasyon işleminde başkasına ihtiyacınız olmayacak.&amp;lt;br style=&amp;quot;line-height: 16.1px; max-width: 100%; width: auto;&amp;quot;&amp;gt;&amp;lt;/p&amp;gt;&amp;lt;p style=&amp;quot;margin-right: 0px; margin-bottom: 0px; margin-left: 0px; padding: 0px; border: 0px; font-size: 14px; position: relative; line-height: 16.1px; max-width: 100%; color: rgb(102, 102, 102); font-family: source_sans_proregular; width: auto;&amp;quot;&amp;gt;&amp;lt;br style=&amp;quot;line-height: 16.1px; max-width: 100%; width: auto;&amp;quot;&amp;gt;&amp;lt;/p&amp;gt;&amp;lt;p style=&amp;quot;margin-right: 0px; margin-bottom: 0px; margin-left: 0px; padding: 0px; border: 0px; font-size: 14px; position: relative; line-height: 16.1px; max-width: 100%; color: rgb(102, 102, 102); font-family: source_sans_proregular; width: auto;&amp;quot;&amp;gt;ROZİA İpli Epilasyon ile bu işlemi hızlı ve pratik bir şekilde yapabileceksiniz.&amp;lt;br style=&amp;quot;line-height: 16.1px; max-width: 100%; width: auto;&amp;quot;&amp;gt;&amp;lt;/p&amp;gt;&amp;lt;p style=&amp;quot;margin-right: 0px; margin-bottom: 0px; margin-left: 0px; padding: 0px; border: 0px; font-size: 14px; position: relative; line-height: 16.1px; max-width: 100%; color: rgb(102, 102, 102); font-family: source_sans_proregular; width: auto;&amp;quot;&amp;gt;ROZİA İpli Epilasyon tüyleri güvenle alır, kesmez veya koparmaz. Tüm cilt tiplerine uygundur.&amp;lt;br style=&amp;quot;line-height: 16.1px; max-width: 100%; width: auto;&amp;quot;&amp;gt;&amp;lt;/p&amp;gt;&amp;lt;p style=&amp;quot;margin-right: 0px; margin-bottom: 0px; margin-left: 0px; padding: 0px; border: 0px; font-size: 14px; position: relative; line-height: 16.1px; max-width: 100%; color: rgb(102, 102, 102); font-family: source_sans_proregular; width: auto;&amp;quot;&amp;gt;&amp;lt;b&amp;gt;&amp;lt;br style=&amp;quot;line-height: 16.1px; max-width: 100%; width: auto;&amp;quot;&amp;gt;&amp;lt;/b&amp;gt;&amp;lt;/p&amp;gt;&amp;lt;p style=&amp;quot;margin-right: 0px; margin-bottom: 0px; margin-left: 0px; padding: 0px; border: 0px; font-size: 14px; position: relative; line-height: 16.1px; max-width: 100%; color: rgb(102, 102, 102); font-family: source_sans_proregular; width: auto;&amp;quot;&amp;gt;&amp;lt;b&amp;gt;Dudak üzeri, çene, kaş üstü, yanak ve benzeri hassas yüz bölgelerinde kullanılabilir.&amp;lt;br style=&amp;quot;line-height: 16.1px; max-width: 100%; width: auto;&amp;quot;&amp;gt;&amp;lt;/b&amp;gt;&amp;lt;/p&amp;gt;&amp;lt;p style=&amp;quot;margin-right: 0px; margin-bottom: 0px; margin-left: 0px; padding: 0px; border: 0px; font-size: 14px; position: relative; line-height: 16.1px; max-width: 100%; color: rgb(102, 102, 102); font-family: source_sans_proregular; width: auto;&amp;quot;&amp;gt;&amp;lt;b&amp;gt;Ciltten iple tüy alma size sadece pürüzsüz bir cilt sunmaz ayrıca makyaj içinde ideal bir zemin hazırlar.&amp;lt;/b&amp;gt;&amp;lt;br style=&amp;quot;line-height: 16.1px; max-width: 100%; width: auto;&amp;quot;&amp;gt;&amp;lt;/p&amp;gt;&amp;lt;p style=&amp;quot;margin-right: 0px; margin-bottom: 0px; margin-left: 0px; padding: 0px; border: 0px; font-size: 14px; position: relative; line-height: 16.1px; max-width: 100%; color: rgb(102, 102, 102); font-family: source_sans_proregular; width: auto;&amp;quot;&amp;gt;&amp;lt;b&amp;gt;Ayrıca Rozia özel %100 pamuk iplikten cildinize sanki bir kuş tüyünün değdiği gibi bir his verecek.&amp;lt;/b&amp;gt;&amp;lt;/p&amp;gt;&amp;lt;p style=&amp;quot;margin-right: 0px; margin-bottom: 0px; margin-left: 0px; padding: 0px; border: 0px; font-size: 14px; position: relative; line-height: 16.1px; max-width: 100%; color: rgb(102, 102, 102); font-family: source_sans_proregular; width: auto;&amp;quot;&amp;gt;&amp;lt;br style=&amp;quot;line-height: 16.1px; max-width: 100%; width: auto;&amp;quot;&amp;gt;&amp;lt;/p&amp;gt;&amp;lt;p style=&amp;quot;margin-right: 0px; margin-bottom: 0px; margin-left: 0px; padding: 0px; border: 0px; font-size: 14px; position: relative; line-height: 16.1px; max-width: 100%; color: rgb(102, 102, 102); font-family: source_sans_proregular; width: auto;&amp;quot;&amp;gt;Ayrıca kol ve bacakta oluşan istenmeyen tüylerden kurtulmak içinde kullanım sağlayabilirsiniz.&amp;lt;br style=&amp;quot;line-height: 16.1px; max-width: 100%; width: auto;&amp;quot;&amp;gt;&amp;lt;/p&amp;gt;&amp;lt;p style=&amp;quot;margin-right: 0px; margin-bottom: 0px; margin-left: 0px; padding: 0px; border: 0px; font-size: 14px; position: relative; line-height: 16.1px; max-width: 100%; color: rgb(102, 102, 102); font-family: source_sans_proregular; width: auto;&amp;quot;&amp;gt;ROZİA İpli Epilasyonu erkekler dahi rahatlıkla kullanabilir, elmacık kemiği üzerinde bulunan ince kalmış istenmeyen tüylerden bu işlem sayesinde kurtulabilir.&amp;lt;br style=&amp;quot;line-height: 16.1px; max-width: 100%; width: auto;&amp;quot;&amp;gt;&amp;lt;/p&amp;gt;&amp;lt;p style=&amp;quot;margin-right: 0px; margin-bottom: 0px; margin-left: 0px; padding: 0px; border: 0px; font-size: 14px; position: relative; line-height: 16.1px; max-width: 100%; color: rgb(102, 102, 102); font-family: source_sans_proregular; width: auto;&amp;quot;&amp;gt;&amp;lt;br style=&amp;quot;line-height: 16.1px; max-width: 100%; width: auto;&amp;quot;&amp;gt;&amp;lt;/p&amp;gt;&amp;lt;p style=&amp;quot;margin-right: 0px; margin-bottom: 0px; margin-left: 0px; padding: 0px; border: 0px; font-size: 14px; position: relative; line-height: 16.1px; max-width: 100%; color: rgb(102, 102, 102); font-family: source_sans_proregular; width: auto;&amp;quot;&amp;gt;Güçlü ışık sistemi epilasyon sırasında cildi aydınlatır böylece en küçük ayrıntıyı dahi atlamazsınız.&amp;lt;br style=&amp;quot;line-height: 16.1px; max-width: 100%; width: auto;&amp;quot;&amp;gt;&amp;lt;/p&amp;gt;&amp;lt;p style=&amp;quot;margin-right: 0px; margin-bottom: 0px; margin-left: 0px; padding: 0px; border: 0px; font-size: 14px; position: relative; line-height: 16.1px; max-width: 100%; color: rgb(102, 102, 102); font-family: source_sans_proregular; width: auto;&amp;quot;&amp;gt;İpler çok hızlı bir şekilde hareket ettiğinden tüyleri yakalar ve kökünden alır.&amp;lt;br style=&amp;quot;line-height: 16.1px; max-width: 100%; width: auto;&amp;quot;&amp;gt;&amp;lt;/p&amp;gt;&amp;lt;p style=&amp;quot;margin-right: 0px; margin-bottom: 0px; margin-left: 0px; padding: 0px; border: 0px; font-size: 14px; position: relative; line-height: 16.1px; max-width: 100%; color: rgb(102, 102, 102); font-family: source_sans_proregular; width: auto;&amp;quot;&amp;gt;&amp;lt;br style=&amp;quot;line-height: 16.1px; max-width: 100%; width: auto;&amp;quot;&amp;gt;&amp;lt;/p&amp;gt;&amp;lt;p style=&amp;quot;margin-right: 0px; margin-bottom: 0px; margin-left: 0px; padding: 0px; border: 0px; font-size: 14px; position: relative; line-height: 16.1px; max-width: 100%; color: rgb(102, 102, 102); font-family: source_sans_proregular; width: auto;&amp;quot;&amp;gt;Hiçbir kimyasal madde, ısı, tıbbi malzeme veya metal kullanılmadığından cilde zarar vermez, hiçbir yan etkisi yoktur.&amp;lt;br style=&amp;quot;line-height: 16.1px; max-width: 100%; width: auto;&amp;quot;&amp;gt;&amp;lt;/p&amp;gt;&amp;lt;p style=&amp;quot;margin-right: 0px; margin-bottom: 0px; margin-left: 0px; padding: 0px; border: 0px; font-size: 14px; position: relative; line-height: 16.1px; max-width: 100%; color: rgb(102, 102, 102); font-family: source_sans_proregular; width: auto;&amp;quot;&amp;gt;Vücut ve yüz için en ideal epilasyon makinesidir ve derinize en güvenli şekilde temas eder.&amp;lt;br style=&amp;quot;line-height: 16.1px; max-width: 100%; width: auto;&amp;quot;&amp;gt;&amp;lt;/p&amp;gt;&amp;lt;p style=&amp;quot;margin-right: 0px; margin-bottom: 0px; margin-left: 0px; padding: 0px; border: 0px; font-size: 14px; position: relative; line-height: 16.1px; max-width: 100%; color: rgb(102, 102, 102); font-family: source_sans_proregular; width: auto;&amp;quot;&amp;gt;&amp;lt;br style=&amp;quot;line-height: 16.1px; max-width: 100%; width: auto;&amp;quot;&amp;gt;&amp;lt;/p&amp;gt;&amp;lt;p style=&amp;quot;margin-right: 0px; margin-bottom: 0px; margin-left: 0px; padding: 0px; border: 0px; font-size: 14px; position: relative; line-height: 16.1px; max-width: 100%; color: rgb(102, 102, 102); font-family: source_sans_proregular; width: auto;&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;margin: 0px; padding: 0px; border: 0px; position: relative; line-height: 16.1px; max-width: 100%; font-weight: 700; width: auto;&amp;quot;&amp;gt;Kullanımı çok kolaydır.&amp;lt;/span&amp;gt;&amp;lt;br style=&amp;quot;line-height: 16.1px; max-width: 100%; width: auto;&amp;quot;&amp;gt;&amp;lt;/p&amp;gt;&amp;lt;p style=&amp;quot;margin-right: 0px; margin-bottom: 0px; margin-left: 0px; padding: 0px; border: 0px; font-size: 14px; position: relative; line-height: 16.1px; max-width: 100%; color: rgb(102, 102, 102); font-family: source_sans_proregular; width: auto;&amp;quot;&amp;gt;Pamuk ipliğini uygun alanlara takarak vidaları sıkıştırın.&amp;lt;br style=&amp;quot;line-height: 16.1px; max-width: 100%; width: auto;&amp;quot;&amp;gt;&amp;lt;/p&amp;gt;&amp;lt;p style=&amp;quot;margin-right: 0px; margin-bottom: 0px; margin-left: 0px; padding: 0px; border: 0px; font-size: 14px; position: relative; line-height: 16.1px; max-width: 100%; color: rgb(102, 102, 102); font-family: source_sans_proregular; width: auto;&amp;quot;&amp;gt;Uygulamak istediğiniz bölgeye pudrayı uygulayın ve cildin kuru olduğundan emin olun, tüylerin uzama yönünün tersine doğru işleme başlayın. İşte bu kadar kolay.&amp;lt;br style=&amp;quot;line-height: 16.1px; max-width: 100%; width: auto;&amp;quot;&amp;gt;&amp;lt;/p&amp;gt;&amp;lt;p style=&amp;quot;margin-right: 0px; margin-bottom: 0px; margin-left: 0px; padding: 0px; border: 0px; font-size: 14px; position: relative; line-height: 16.1px; max-width: 100%; color: rgb(102, 102, 102); font-family: source_sans_proregular; width: auto;&amp;quot;&amp;gt;&amp;lt;br style=&amp;quot;line-height: 16.1px; max-width: 100%; width: auto;&amp;quot;&amp;gt;&amp;lt;/p&amp;gt;&amp;lt;p style=&amp;quot;margin-right: 0px; margin-bottom: 0px; margin-left: 0px; padding: 0px; border: 0px; font-size: 14px; position: relative; line-height: 16.1px; max-width: 100%; color: rgb(102, 102, 102); font-family: source_sans_proregular; width: auto;&amp;quot;&amp;gt;Adaptörle çalışan Roazi İpli Epilasyonu uzun süre aktif olarak kullanabilirsiniz.&amp;lt;br style=&amp;quot;line-height: 16.1px; max-width: 100%; width: auto;&amp;quot;&amp;gt;&amp;lt;/p&amp;gt;&amp;lt;p style=&amp;quot;margin-right: 0px; margin-bottom: 0px; margin-left: 0px; padding: 0px; border: 0px; font-size: 14px; position: relative; line-height: 16.1px; max-width: 100%; color: rgb(102, 102, 102); font-family: source_sans_proregular; width: auto;&amp;quot;&amp;gt;İstenmeyen tüylerden kurtulmanın en uygun güvenli ve hızlı yoluyla sizde tanışın.&amp;lt;br style=&amp;quot;line-height: 16.1px; max-width: 100%; width: auto;&amp;quot;&amp;gt;&amp;lt;/p&amp;gt;&amp;lt;p style=&amp;quot;margin-right: 0px; margin-bottom: 0px; margin-left: 0px; padding: 0px; border: 0px; font-size: 14px; position: relative; line-height: 16.1px; max-width: 100%; color: rgb(102, 102, 102); font-family: source_sans_proregular; width: auto;&amp;quot;&amp;gt;&amp;lt;br style=&amp;quot;line-height: 16.1px; max-width: 100%; width: auto;&amp;quot;&amp;gt;&amp;lt;/p&amp;gt;&amp;lt;p style=&amp;quot;margin-right: 0px; margin-bottom: 0px; margin-left: 0px; padding: 0px; border: 0px; font-size: 14px; position: relative; line-height: 16.1px; max-width: 100%; color: rgb(102, 102, 102); font-family: source_sans_proregular; width: auto;&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;margin: 0px; padding: 0px; border: 0px; position: relative; line-height: 16.1px; max-width: 100%; font-weight: 700; width: auto;&amp;quot;&amp;gt;Kutu İçeriği:&amp;lt;/span&amp;gt;&amp;lt;br style=&amp;quot;line-height: 16.1px; max-width: 100%; width: auto;&amp;quot;&amp;gt;&amp;lt;/p&amp;gt;&amp;lt;p style=&amp;quot;margin-right: 0px; margin-bottom: 0px; margin-left: 0px; padding: 0px; border: 0px; font-size: 14px; position: relative; line-height: 16.1px; max-width: 100%; color: rgb(102, 102, 102); font-family: source_sans_proregular; width: auto;&amp;quot;&amp;gt;Rozia Epilatör&amp;lt;/p&amp;gt;&amp;lt;p style=&amp;quot;margin-right: 0px; margin-bottom: 0px; margin-left: 0px; padding: 0px; border: 0px; font-size: 14px; position: relative; line-height: 16.1px; max-width: 100%; color: rgb(102, 102, 102); font-family: source_sans_proregular; width: auto;&amp;quot;&amp;gt;Pamuk İpliği&amp;lt;br style=&amp;quot;line-height: 16.1px; max-width: 100%; width: auto;&amp;quot;&amp;gt;&amp;lt;/p&amp;gt;&amp;lt;p style=&amp;quot;margin-right: 0px; margin-bottom: 0px; margin-left: 0px; padding: 0px; border: 0px; font-size: 14px; position: relative; line-height: 16.1px; max-width: 100%; color: rgb(102, 102, 102); font-family: source_sans_proregular; width: auto;&amp;quot;&amp;gt;Pudra&amp;lt;br style=&amp;quot;line-height: 16.1px; max-width: 100%; width: auto;&amp;quot;&amp;gt;&amp;lt;/p&amp;gt;&amp;lt;p style=&amp;quot;margin-right: 0px; margin-bottom: 0px; margin-left: 0px; padding: 0px; border: 0px; font-size: 14px; position: relative; line-height: 16.1px; max-width: 100%; color: rgb(102, 102, 102); font-family: source_sans_proregular; width: auto;&amp;quot;&amp;gt;Kullanım kılavuzu&amp;lt;br style=&amp;quot;line-height: 16.1px; max-width: 100%; width: auto;&amp;quot;&amp;gt;&amp;lt;/p&amp;gt;&amp;lt;p style=&amp;quot;margin-right: 0px; margin-bottom: 0px; margin-left: 0px; padding: 0px; border: 0px; font-size: 14px; position: relative; line-height: 16.1px; max-width: 100%; color: rgb(102, 102, 102); font-family: source_sans_proregular; width: auto;&amp;quot;&amp;gt;Şarj adaptörü&amp;lt;/p&amp;gt;&amp;lt;p style=&amp;quot;margin-right: 0px; margin-bottom: 0px; margin-left: 0px; padding: 0px; border: 0px; font-size: 14px; position: relative; line-height: 16.1px; max-width: 100%; color: rgb(102, 102, 102); font-family: source_sans_proregular; width: auto;&amp;quot;&amp;gt;&amp;lt;br&amp;gt;&amp;lt;/p&amp;gt;&amp;lt;/div&amp;gt;&amp;lt;span style=&amp;quot;margin: 0px; padding: 0px; border: 0px; font-size: 10pt; position: relative;&amp;quot;&amp;gt;&amp;lt;img src=&amp;quot;https://n11scdn2.akamaized.net/a1/org/kozmetik-kisisel-bakim/agda-makinesi/rozia-profesyonel-epilator-ipli-tuy-alma-makinesi-epilasyon-aleti__1549145448915512.png&amp;quot; class=&amp;quot;lazy&amp;quot; data-original=&amp;quot;https://n11scdn2.akamaized.net/a1/org/kozmetik-kisisel-bakim/agda-makinesi/rozia-profesyonel-epilator-ipli-tuy-alma-makinesi-epilasyon-aleti__1549145448915512.png&amp;quot; data-src=&amp;quot;https://n11scdn2.akamaized.net/a1/org/kozmetik-kisisel-bakim/agda-makinesi/rozia-profesyonel-epilator-ipli-tuy-alma-makinesi-epilasyon-aleti__1549145448915512.png&amp;quot; data-noimage=&amp;quot;false&amp;quot; style=&amp;quot;margin: 0px; padding: 0px; border: 0px; font-size: 13.3333px; position: relative; max-width: 100%;&amp;quot;&amp;gt;&amp;lt;/span&amp;gt;&amp;amp;nbsp;&amp;lt;span style=&amp;quot;margin: 0px; padding: 0px; border: 0px; font-size: 10pt; position: relative;&amp;quot;&amp;gt;&amp;lt;img src=&amp;quot;https://n11scdn1.akamaized.net/a1/org/kozmetik-kisisel-bakim/agda-makinesi/rozia-profesyonel-epilator-ipli-tuy-alma-makinesi-epilasyon-aleti__1212226409055856.png&amp;quot; class=&amp;quot;lazy&amp;quot; data-original=&amp;quot;https://n11scdn1.akamaized.net/a1/org/kozmetik-kisisel-bakim/agda-makinesi/rozia-profesyonel-epilator-ipli-tuy-alma-makinesi-epilasyon-aleti__1212226409055856.png&amp;quot; data-src=&amp;quot;https://n11scdn1.akamaized.net/a1/org/kozmetik-kisisel-bakim/agda-makinesi/rozia-profesyonel-epilator-ipli-tuy-alma-makinesi-epilasyon-aleti__1212226409055856.png&amp;quot; data-noimage=&amp;quot;false&amp;quot; style=&amp;quot;margin: 0px; padding: 0px; border: 0px; font-size: 13.3333px; position: relative; max-width: 100%;&amp;quot;&amp;gt;&amp;lt;/span&amp;gt;&amp;amp;nbsp;&amp;lt;span style=&amp;quot;margin: 0px; padding: 0px; border: 0px; font-size: 10pt; position: relative;&amp;quot;&amp;gt;&amp;lt;img src=&amp;quot;https://n11scdn1.akamaized.net/a1/org/kozmetik-kisisel-bakim/agda-makinesi/rozia-profesyonel-epilator-ipli-tuy-alma-makinesi-epilasyon-aleti__1160221393748136.png&amp;quot; class=&amp;quot;lazy&amp;quot; data-original=&amp;quot;https://n11scdn1.akamaized.net/a1/org/kozmetik-kisisel-bakim/agda-makinesi/rozia-profesyonel-epilator-ipli-tuy-alma-makinesi-epilasyon-aleti__1160221393748136.png&amp;quot; data-src=&amp;quot;https://n11scdn1.akamaized.net/a1/org/kozmetik-kisisel-bakim/agda-makinesi/rozia-profesyonel-epilator-ipli-tuy-alma-makinesi-epilasyon-aleti__1160221393748136.png&amp;quot; data-noimage=&amp;quot;false&amp;quot; style=&amp;quot;margin: 0px; padding: 0px; border: 0px; font-size: 13.3333px; position: relative; max-width: 100%;&amp;quot;&amp;gt;&amp;lt;/span&amp;gt;&amp;amp;nbsp;&amp;lt;span style=&amp;quot;margin: 0px; padding: 0px; border: 0px; font-size: 10pt; position: relative;&amp;quot;&amp;gt;&amp;lt;img src=&amp;quot;https://n11scdn.akamaized.net/a1/org/kozmetik-kisisel-bakim/agda-makinesi/rozia-profesyonel-epilator-ipli-tuy-alma-makinesi-epilasyon-aleti__1422783284158315.png&amp;quot; class=&amp;quot;lazy&amp;quot; data-original=&amp;quot;https://n11scdn.akamaized.net/a1/org/kozmetik-kisisel-bakim/agda-makinesi/rozia-profesyonel-epilator-ipli-tuy-alma-makinesi-epilasyon-aleti__1422783284158315.png&amp;quot; data-src=&amp;quot;https://n11scdn.akamaized.net/a1/org/kozmetik-kisisel-bakim/agda-makinesi/rozia-profesyonel-epilator-ipli-tuy-alma-makinesi-epilasyon-aleti__1422783284158315.png&amp;quot; data-noimage=&amp;quot;false&amp;quot; style=&amp;quot;margin: 0px; padding: 0px; border: 0px; font-size: 13.3333px; position: relative; max-width: 100%;&amp;quot;&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/div&amp;gt;</t>
         </is>
       </c>
       <c r="F62" s="0" t="n">
         <v>400</v>
       </c>
       <c r="G62" s="0" t="n">
         <v>38383800682</v>
       </c>
       <c r="H62" s="0" t="inlineStr">
         <is>
           <t>diğer</t>
         </is>
       </c>
       <c r="I62" s="0" t="n">
         <v>0</v>
       </c>
       <c r="J62" s="0" t="inlineStr">
         <is>
           <t>https://www.realtoptan.com/image/catalog/rozia-profesyonel-epilator-ipli-tuy-alma-makinesi-epilasyon-aleti-9985.jpg</t>
         </is>
@@ -5060,51 +5060,51 @@
       </c>
       <c r="M72" s="0"/>
       <c r="N72" s="0"/>
       <c r="O72" s="0" t="inlineStr">
         <is>
           <t>0.00kg</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="73">
       <c r="A73" s="0" t="n">
         <v>93</v>
       </c>
       <c r="B73" s="0" t="inlineStr">
         <is>
           <t>Spin scrubber şarjlı temizlik makinası</t>
         </is>
       </c>
       <c r="C73" s="0" t="inlineStr">
         <is>
           <t>EV &amp;amp; OFİS ÜRÜNLERİ|MUTFAK ÜRÜNLERİ|TV ÜRÜNLERİ|OTO AKSESUARLARI</t>
         </is>
       </c>
       <c r="D73" s="0" t="inlineStr">
         <is>
-          <t>OTO AKSESUARLARI</t>
+          <t>EV &amp;amp; OFİS ÜRÜNLERİ</t>
         </is>
       </c>
       <c r="E73" s="0" t="inlineStr">
         <is>
           <t>&amp;lt;table style=&amp;quot;box-sizing: inherit; margin: 0px; padding: 0px; border: none; font-variant-numeric: inherit; font-variant-east-asian: inherit; font-stretch: inherit; font-size: 14px; font-family: Helvetica, sans-serif; vertical-align: baseline; outline: 0px; border-collapse: collapse; border-spacing: 0px; width: 1160px; color: rgb(72, 72, 72); line-height: normal !important;&amp;quot;&amp;gt;
 	&amp;lt;tbody style=&amp;quot;box-sizing: inherit; margin: 0px; padding: 0px; border: 0px; font-style: inherit; font-variant: inherit; font-weight: inherit; font-stretch: inherit; font-size: inherit; line-height: normal !important; font-family: inherit; vertical-align: baseline; outline: 0px;&amp;quot;&amp;gt;
 		&amp;lt;tr style=&amp;quot;box-sizing: inherit; margin: 0px; padding: 0px; border: 0px; font-style: inherit; font-variant: inherit; font-weight: inherit; font-stretch: inherit; font-size: inherit; line-height: normal !important; font-family: inherit; vertical-align: baseline; outline: 0px;&amp;quot;&amp;gt;
 			&amp;lt;td class=&amp;quot;no-border&amp;quot; style=&amp;quot;box-sizing: inherit; margin: 0px; padding: 0px; font-style: inherit; font-variant: inherit; font-weight: inherit; font-stretch: inherit; font-family: inherit; vertical-align: baseline; outline: 0px; border: none !important; line-height: normal !important;&amp;quot;&amp;gt;
 			&amp;lt;div id=&amp;quot;productDescriptionContent&amp;quot; style=&amp;quot;box-sizing: inherit; margin: 0px; padding: 0px; border: 0px; font-style: inherit; font-variant: inherit; font-weight: inherit; font-stretch: inherit; font-size: inherit; line-height: normal !important; font-family: inherit; vertical-align: baseline; outline: 0px; max-width: 1152px !important;&amp;quot;&amp;gt;
 			&amp;lt;p style=&amp;quot;box-sizing: inherit; margin: 0px 0px 16px; padding: initial; border: 0px; font-style: inherit; font-variant: inherit; font-weight: inherit; font-stretch: inherit; font-size: inherit; line-height: normal !important; font-family: inherit; vertical-align: baseline; outline: 0px; max-width: 1152px !important;&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;box-sizing: inherit; margin: 0px; padding: 0px; border: 0px; font-style: inherit; font-variant: inherit; font-weight: bold; font-stretch: inherit; font-size: 18px; line-height: normal !important; font-family: helvetica; vertical-align: baseline; outline: 0px; max-width: 1152px !important; letter-spacing: -0.3px;&amp;quot;&amp;gt;&amp;amp;nbsp;Spin Scrubber Şarjlı Temizlik Makinesi Temizleyici Fırça&amp;lt;/span&amp;gt;&amp;lt;/p&amp;gt;
 			&amp;lt;pre style=&amp;quot;box-sizing: inherit; margin-top: 0px; margin-bottom: 0px; padding: 0px; border: 0px; font-style: inherit; font-variant: inherit; font-weight: inherit; font-stretch: inherit; font-size: inherit; font-family: inherit; vertical-align: baseline; outline: 0px; white-space: pre-line; line-height: normal !important;&amp;quot;&amp;gt;
 Şarj edilebilir 
 Dakikada 300 fırçalama yapar
 Aşındırıcı kimyasallar kullanmanıza gerek kalmaz
 Kapalı veya açık alanda kullanılabilir.
 Sabun köpükleri, küf, kir veya kir üzerinde çalışır
 Kıllar çatlaklara ve aralıklara sığacak şekilde temizleme sağlar.&amp;lt;/pre&amp;gt;
 			&amp;lt;/div&amp;gt;
 			&amp;lt;/td&amp;gt;
 		&amp;lt;/tr&amp;gt;
 	&amp;lt;/tbody&amp;gt;
 &amp;lt;/table&amp;gt;</t>
         </is>
       </c>
       <c r="F73" s="0" t="n">
@@ -5134,51 +5134,51 @@
       <c r="L73" s="0"/>
       <c r="M73" s="0"/>
       <c r="N73" s="0"/>
       <c r="O73" s="0" t="inlineStr">
         <is>
           <t>0.00kg</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="74">
       <c r="A74" s="0" t="n">
         <v>94</v>
       </c>
       <c r="B74" s="0" t="inlineStr">
         <is>
           <t>Turbo Pump Portatif Sıvı Aktarım Pompası</t>
         </is>
       </c>
       <c r="C74" s="0" t="inlineStr">
         <is>
           <t>EV &amp;amp; OFİS ÜRÜNLERİ|MUTFAK ÜRÜNLERİ|TV ÜRÜNLERİ|OTO AKSESUARLARI</t>
         </is>
       </c>
       <c r="D74" s="0" t="inlineStr">
         <is>
-          <t>OTO AKSESUARLARI</t>
+          <t>EV &amp;amp; OFİS ÜRÜNLERİ</t>
         </is>
       </c>
       <c r="E74" s="0" t="inlineStr">
         <is>
           <t>&amp;lt;p style=&amp;quot;margin: 0px; padding: 0px; border: 0px; position: relative; color: rgb(32, 32, 32); font-family: Arial, Helvetica, sans-serif;&amp;quot;&amp;gt;&amp;lt;span lang=&amp;quot;tr&amp;quot; style=&amp;quot;margin: 0px; padding: 0px; border: 0px; position: relative;&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;margin: 0px; padding: 0px; border: 0px; position: relative;&amp;quot; title=&amp;quot;&amp;quot;&amp;gt;Otomatik, kablosuz akülü,&amp;amp;nbsp;&amp;lt;b&amp;gt;sıvı transfer pompası.&amp;lt;/b&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/p&amp;gt;
 &amp;lt;p style=&amp;quot;margin: 0px; padding: 0px; border: 0px; position: relative; color: rgb(32, 32, 32); font-family: Arial, Helvetica, sans-serif;&amp;quot;&amp;gt;&amp;lt;span lang=&amp;quot;tr&amp;quot; style=&amp;quot;margin: 0px; padding: 0px; border: 0px; position: relative;&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;margin: 0px; padding: 0px; border: 0px; position: relative;&amp;quot; title=&amp;quot;&amp;quot;&amp;gt;Otomatik durdurma sensörü, tankın dolduğunu algılar&amp;lt;/span&amp;gt;&amp;amp;nbsp;. Zorlanmadan&amp;amp;nbsp;&amp;lt;span style=&amp;quot;margin: 0px; padding: 0px; border: 0px; position: relative;&amp;quot; title=&amp;quot;&amp;quot;&amp;gt;gaz, su, yağ ve daha fazlasını aktarın&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;amp;nbsp;&amp;lt;br /&amp;gt;
 &amp;amp;nbsp;&amp;lt;/p&amp;gt;
 &amp;lt;p style=&amp;quot;margin: 0px; padding: 0px; border: 0px; position: relative; color: rgb(32, 32, 32); font-family: Arial, Helvetica, sans-serif;&amp;quot;&amp;gt;&amp;lt;span lang=&amp;quot;tr&amp;quot; style=&amp;quot;margin: 0px; padding: 0px; border: 0px; position: relative;&amp;quot;&amp;gt;&amp;lt;b&amp;gt;Turbo pompa&amp;lt;/b&amp;gt;, sıvıları kolayca taşımanıza yarayan otomatik, kablosuz, sıvı transfer pompasıdır! Gaz tanklarını doldurmak, ön cam sıvısını tekrar doldurmak ve çok daha fazlası için kulllanılabilecek güçlü emiş gücüne sahiptir. Bu sayede taşırma yayılma ve sızdırma yapmaz.&amp;lt;br /&amp;gt;
 &amp;lt;br /&amp;gt;
 Kullanımı kolaydır - ahizesiz kullanım klipsini emniyete alın ve gaz, su, yağ ve daha fazlasını kolayca aktarmak için açın. Pompalama işlemini durduran ve dolu bir tank tespit ettiğinde bip sesi çıkaran bir otomatik durdurma sensörüne bile sahiptir.&amp;lt;br /&amp;gt;
 &amp;lt;br /&amp;gt;
 İşin sırrı, herhangi bir sıvıyı son damlasına kadar pompalayan turbo aktarım sifon teknolojisidir .&amp;lt;br /&amp;gt;
 &amp;lt;br /&amp;gt;
 Sifonlama tehlikeli olabilir ve her zaman işe yaramaz, ancak Turbo Pompa sifonlamayı sizin için yapar ve çim biçme makineleri, bahçe aletleri, kar küreme makineleri, tekneler, jeneratörler, temizleme sıvıları ve daha fazlasını doldurmak için mükemmeldir. Ve iç mekan işleri için de harika! Tıkanmış lavabo veya küvetleri sadece saniyeler içinde boşaltın. Jakuzinin tamamını sadece birkaç dakika içinde boşaltın. Turbo Pump, motor çevrimlerini, çim biçme makinelerini ve daha fazlasını aktarmak için idealdir.&amp;lt;br /&amp;gt;
 &amp;lt;br /&amp;gt;
 3 adet AAA pil gerektirir (dahil değildir).&amp;lt;/span&amp;gt;&amp;amp;nbsp;&amp;lt;/p&amp;gt;</t>
         </is>
       </c>
       <c r="F74" s="0" t="n">
         <v>40</v>
       </c>
       <c r="G74" s="0" t="n">
         <v>38383800654</v>
       </c>
       <c r="H74" s="0" t="inlineStr">
@@ -6198,51 +6198,51 @@
       <c r="L88" s="0"/>
       <c r="M88" s="0"/>
       <c r="N88" s="0"/>
       <c r="O88" s="0" t="inlineStr">
         <is>
           <t>0.00kg</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="89">
       <c r="A89" s="0" t="n">
         <v>109</v>
       </c>
       <c r="B89" s="0" t="inlineStr">
         <is>
           <t>RUHLARIN KAÇIŞI PARA KUTUSU ELEKTRONİK SESLİ KUMBARA</t>
         </is>
       </c>
       <c r="C89" s="0" t="inlineStr">
         <is>
           <t>EV &amp;amp; OFİS ÜRÜNLERİ|MUTFAK ÜRÜNLERİ|TV ÜRÜNLERİ|OTO AKSESUARLARI</t>
         </is>
       </c>
       <c r="D89" s="0" t="inlineStr">
         <is>
-          <t>OTO AKSESUARLARI</t>
+          <t>EV &amp;amp; OFİS ÜRÜNLERİ</t>
         </is>
       </c>
       <c r="E89" s="0" t="inlineStr">
         <is>
           <t>&amp;lt;p&amp;gt;&amp;lt;img src=&amp;quot;https://www.uygunbence.com/image/data/resimler/kumbara1.jpg&amp;quot; /&amp;gt;​&amp;lt;/p&amp;gt;</t>
         </is>
       </c>
       <c r="F89" s="0" t="n">
         <v>60</v>
       </c>
       <c r="G89" s="0" t="n">
         <v>38383800607</v>
       </c>
       <c r="H89" s="0" t="inlineStr">
         <is>
           <t>diğer</t>
         </is>
       </c>
       <c r="I89" s="0" t="n">
         <v>0</v>
       </c>
       <c r="J89" s="0" t="inlineStr">
         <is>
           <t>https://www.realtoptan.com/image/catalog/ruhlarin-kacisi-para-kutusu-elektronik-sesli-kumbara-4817.jpg</t>
         </is>
@@ -6613,51 +6613,51 @@
       <c r="L94" s="0"/>
       <c r="M94" s="0"/>
       <c r="N94" s="0"/>
       <c r="O94" s="0" t="inlineStr">
         <is>
           <t>0.00kg</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="95">
       <c r="A95" s="0" t="n">
         <v>115</v>
       </c>
       <c r="B95" s="0" t="inlineStr">
         <is>
           <t>Pratik Kulak Temizleme Seti Smart Swab</t>
         </is>
       </c>
       <c r="C95" s="0" t="inlineStr">
         <is>
           <t>EV &amp;amp; OFİS ÜRÜNLERİ|MUTFAK ÜRÜNLERİ|TV ÜRÜNLERİ|OTO AKSESUARLARI</t>
         </is>
       </c>
       <c r="D95" s="0" t="inlineStr">
         <is>
-          <t>OTO AKSESUARLARI</t>
+          <t>EV &amp;amp; OFİS ÜRÜNLERİ</t>
         </is>
       </c>
       <c r="E95" s="0"/>
       <c r="F95" s="0" t="n">
         <v>100</v>
       </c>
       <c r="G95" s="0" t="n">
         <v>38383800571</v>
       </c>
       <c r="H95" s="0" t="inlineStr">
         <is>
           <t>diğer</t>
         </is>
       </c>
       <c r="I95" s="0" t="n">
         <v>0</v>
       </c>
       <c r="J95" s="0" t="inlineStr">
         <is>
           <t>https://www.realtoptan.com/image/catalog/pratik-kulak-temizleme-seti-smart-swab-7019.jpg</t>
         </is>
       </c>
       <c r="K95" s="0"/>
       <c r="L95" s="0"/>
       <c r="M95" s="0"/>
@@ -6845,51 +6845,51 @@
       <c r="L97" s="0"/>
       <c r="M97" s="0"/>
       <c r="N97" s="0"/>
       <c r="O97" s="0" t="inlineStr">
         <is>
           <t>0.00kg</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="98">
       <c r="A98" s="0" t="n">
         <v>118</v>
       </c>
       <c r="B98" s="0" t="inlineStr">
         <is>
           <t>Sihirli Musluk - Magic Faucet Mug</t>
         </is>
       </c>
       <c r="C98" s="0" t="inlineStr">
         <is>
           <t>EV &amp;amp; OFİS ÜRÜNLERİ|MUTFAK ÜRÜNLERİ|TV ÜRÜNLERİ|OTO AKSESUARLARI</t>
         </is>
       </c>
       <c r="D98" s="0" t="inlineStr">
         <is>
-          <t>OTO AKSESUARLARI</t>
+          <t>EV &amp;amp; OFİS ÜRÜNLERİ</t>
         </is>
       </c>
       <c r="E98" s="0" t="inlineStr">
         <is>
           <t>&amp;lt;p&amp;gt;&amp;lt;span style=&amp;quot;overflow: hidden; color: rgb(0, 0, 0); font-family: arial, helvetica, sans-serif; font-size: 10pt;&amp;quot;&amp;gt;&amp;lt;em&amp;gt;&amp;lt;strong&amp;gt;Sihirli Musluk Magic Faucet Mug&amp;lt;/strong&amp;gt;&amp;lt;/em&amp;gt;&amp;amp;nbsp;evinizde yada ofisinizde ilginç bir dekor olacaktır.&amp;lt;/span&amp;gt;&amp;lt;/p&amp;gt;
 &amp;lt;div style=&amp;quot;overflow: hidden; color: rgb(0, 0, 0); font-family: &amp;amp;quot;Trebuchet MS&amp;amp;quot;, Arial, Helvetica, sans-serif;&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;overflow: hidden; font-family: arial, helvetica, sans-serif; font-size: 10pt;&amp;quot;&amp;gt;&amp;amp;nbsp;&amp;lt;/span&amp;gt;&amp;lt;/div&amp;gt;
 &amp;lt;div style=&amp;quot;overflow: hidden; color: rgb(0, 0, 0); font-family: &amp;amp;quot;Trebuchet MS&amp;amp;quot;, Arial, Helvetica, sans-serif;&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;overflow: hidden; font-family: arial, helvetica, sans-serif; font-size: 10pt;&amp;quot;&amp;gt;Evinizde yada ofisinizde musluktan bir bardağa devamlı su aktığını düşünün ve taşıp dökülmediğini de;&amp;lt;/span&amp;gt;&amp;lt;/div&amp;gt;
 &amp;lt;div style=&amp;quot;overflow: hidden; color: rgb(0, 0, 0); font-family: &amp;amp;quot;Trebuchet MS&amp;amp;quot;, Arial, Helvetica, sans-serif;&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;overflow: hidden; font-family: arial, helvetica, sans-serif; font-size: 10pt;&amp;quot;&amp;gt;&amp;amp;nbsp;&amp;lt;/span&amp;gt;&amp;lt;/div&amp;gt;
 &amp;lt;div style=&amp;quot;overflow: hidden; color: rgb(0, 0, 0); font-family: &amp;amp;quot;Trebuchet MS&amp;amp;quot;, Arial, Helvetica, sans-serif;&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;overflow: hidden; font-family: arial, helvetica, sans-serif; font-size: 10pt;&amp;quot;&amp;gt;Evet,sizde şaşırdınız değil mi?&amp;lt;/span&amp;gt;&amp;lt;/div&amp;gt;
 &amp;lt;div style=&amp;quot;overflow: hidden; color: rgb(0, 0, 0); font-family: &amp;amp;quot;Trebuchet MS&amp;amp;quot;, Arial, Helvetica, sans-serif;&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;overflow: hidden; font-family: arial, helvetica, sans-serif; font-size: 10pt;&amp;quot;&amp;gt;&amp;amp;nbsp;&amp;lt;/span&amp;gt;&amp;lt;/div&amp;gt;
 &amp;lt;div style=&amp;quot;overflow: hidden; color: rgb(0, 0, 0); font-family: &amp;amp;quot;Trebuchet MS&amp;amp;quot;, Arial, Helvetica, sans-serif;&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;overflow: hidden; font-family: arial, helvetica, sans-serif; font-size: 10pt;&amp;quot;&amp;gt;Çok farklı bir tasarım ürünü olan&amp;amp;nbsp;Sihirli Musluk Magic Faucet Mug görenleri şaşkına çevirecek.&amp;lt;/span&amp;gt;&amp;lt;/div&amp;gt;
 &amp;lt;div style=&amp;quot;overflow: hidden; color: rgb(0, 0, 0); font-family: &amp;amp;quot;Trebuchet MS&amp;amp;quot;, Arial, Helvetica, sans-serif;&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;overflow: hidden; font-family: arial, helvetica, sans-serif; font-size: 10pt;&amp;quot;&amp;gt;&amp;amp;nbsp;&amp;lt;iframe height=&amp;quot;350&amp;quot; src=&amp;quot;http://www.youtube.com/embed/bl_HeoMgHYw&amp;quot; width=&amp;quot;425&amp;quot;&amp;gt;&amp;lt;/iframe&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/div&amp;gt;
 &amp;lt;div style=&amp;quot;overflow: hidden; color: rgb(0, 0, 0); font-family: &amp;amp;quot;Trebuchet MS&amp;amp;quot;, Arial, Helvetica, sans-serif;&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;overflow: hidden; font-family: arial, helvetica, sans-serif; font-size: 10pt;&amp;quot;&amp;gt;Orjinal ürünleri seviyorsanız bu ürün tam size göre.&amp;lt;/span&amp;gt;&amp;lt;/div&amp;gt;
 &amp;lt;div style=&amp;quot;overflow: hidden; color: rgb(0, 0, 0); font-family: &amp;amp;quot;Trebuchet MS&amp;amp;quot;, Arial, Helvetica, sans-serif;&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;overflow: hidden; font-family: arial, helvetica, sans-serif; font-size: 10pt;&amp;quot;&amp;gt;&amp;amp;nbsp;&amp;lt;/span&amp;gt;&amp;lt;/div&amp;gt;
 &amp;lt;div style=&amp;quot;overflow: hidden; color: rgb(0, 0, 0); font-family: &amp;amp;quot;Trebuchet MS&amp;amp;quot;, Arial, Helvetica, sans-serif;&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;overflow: hidden; font-family: arial, helvetica, sans-serif; font-size: 10pt;&amp;quot;&amp;gt;Renkli yanan led ışıkları ile beraber harika bir görselde sunmaktadır.&amp;lt;/span&amp;gt;&amp;lt;/div&amp;gt;
 &amp;lt;div style=&amp;quot;overflow: hidden; color: rgb(0, 0, 0); font-family: &amp;amp;quot;Trebuchet MS&amp;amp;quot;, Arial, Helvetica, sans-serif;&amp;quot;&amp;gt;&amp;amp;nbsp;&amp;lt;/div&amp;gt;
 &amp;lt;div style=&amp;quot;overflow: hidden; color: rgb(0, 0, 0); font-family: &amp;amp;quot;Trebuchet MS&amp;amp;quot;, Arial, Helvetica, sans-serif;&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;overflow: hidden; font-family: arial, helvetica, sans-serif; font-size: 10pt;&amp;quot;&amp;gt;220 v elektrik enerjisi ile çalışmaktadır.&amp;lt;/span&amp;gt;&amp;lt;/div&amp;gt;
 &amp;lt;div style=&amp;quot;overflow: hidden; color: rgb(0, 0, 0); font-family: &amp;amp;quot;Trebuchet MS&amp;amp;quot;, Arial, Helvetica, sans-serif;&amp;quot;&amp;gt;&amp;amp;nbsp;&amp;lt;/div&amp;gt;
 &amp;lt;div style=&amp;quot;overflow: hidden; color: rgb(0, 0, 0); font-family: &amp;amp;quot;Trebuchet MS&amp;amp;quot;, Arial, Helvetica, sans-serif;&amp;quot;&amp;gt;&amp;lt;strong&amp;gt;&amp;lt;span style=&amp;quot;overflow: hidden; font-family: arial, helvetica, sans-serif; font-size: 10pt;&amp;quot;&amp;gt;Ürün Ölçüleri:&amp;lt;/span&amp;gt;&amp;lt;/strong&amp;gt;&amp;lt;/div&amp;gt;
 &amp;lt;div style=&amp;quot;overflow: hidden; color: rgb(0, 0, 0); font-family: &amp;amp;quot;Trebuchet MS&amp;amp;quot;, Arial, Helvetica, sans-serif;&amp;quot;&amp;gt;&amp;amp;nbsp;&amp;lt;/div&amp;gt;
 &amp;lt;div style=&amp;quot;overflow: hidden; color: rgb(0, 0, 0); font-family: &amp;amp;quot;Trebuchet MS&amp;amp;quot;, Arial, Helvetica, sans-serif;&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;overflow: hidden; font-family: arial, helvetica, sans-serif; font-size: 10pt;&amp;quot;&amp;gt;- Yükseklik 49 cm&amp;lt;/span&amp;gt;&amp;lt;/div&amp;gt;
 &amp;lt;div style=&amp;quot;overflow: hidden; color: rgb(0, 0, 0); font-family: &amp;amp;quot;Trebuchet MS&amp;amp;quot;, Arial, Helvetica, sans-serif;&amp;quot;&amp;gt;&amp;amp;nbsp;&amp;lt;/div&amp;gt;
 &amp;lt;div style=&amp;quot;overflow: hidden; color: rgb(0, 0, 0); font-family: &amp;amp;quot;Trebuchet MS&amp;amp;quot;, Arial, Helvetica, sans-serif;&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;overflow: hidden; font-family: arial, helvetica, sans-serif; font-size: 10pt;&amp;quot;&amp;gt;- Uzunluk 19 cm&amp;lt;/span&amp;gt;&amp;lt;/div&amp;gt;
 &amp;lt;div style=&amp;quot;overflow: hidden; color: rgb(0, 0, 0); font-family: &amp;amp;quot;Trebuchet MS&amp;amp;quot;, Arial, Helvetica, sans-serif;&amp;quot;&amp;gt;&amp;amp;nbsp;&amp;lt;/div&amp;gt;
 &amp;lt;div style=&amp;quot;overflow: hidden; color: rgb(0, 0, 0); font-family: &amp;amp;quot;Trebuchet MS&amp;amp;quot;, Arial, Helvetica, sans-serif;&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;overflow: hidden; font-family: arial, helvetica, sans-serif; font-size: 10pt;&amp;quot;&amp;gt;- Musluk Ebatı 10 cm\'dir.&amp;lt;/span&amp;gt;&amp;lt;/div&amp;gt;</t>
@@ -7729,51 +7729,51 @@
       <c r="L109" s="0"/>
       <c r="M109" s="0"/>
       <c r="N109" s="0"/>
       <c r="O109" s="0" t="inlineStr">
         <is>
           <t>0.00kg</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="110">
       <c r="A110" s="0" t="n">
         <v>130</v>
       </c>
       <c r="B110" s="0" t="inlineStr">
         <is>
           <t>Tobi Steamer Buharlı Pratik Mucize Ütü</t>
         </is>
       </c>
       <c r="C110" s="0" t="inlineStr">
         <is>
           <t>EV &amp;amp; OFİS ÜRÜNLERİ|MUTFAK ÜRÜNLERİ|TV ÜRÜNLERİ|OTO AKSESUARLARI|Yeni Ürünler</t>
         </is>
       </c>
       <c r="D110" s="0" t="inlineStr">
         <is>
-          <t>OTO AKSESUARLARI</t>
+          <t>EV &amp;amp; OFİS ÜRÜNLERİ</t>
         </is>
       </c>
       <c r="E110" s="0" t="inlineStr">
         <is>
           <t>&amp;lt;table style=&amp;quot;border-spacing:0px; border:none; box-sizing:inherit; color:#484848; font-family:Helvetica,sans-serif; font-size:14px; font-stretch:inherit; font-variant-numeric:inherit; line-height:inherit; margin:0px; outline:0px; padding:0px; vertical-align:baseline; width:1160px&amp;quot;&amp;gt;
 	&amp;lt;tbody&amp;gt;
 		&amp;lt;tr&amp;gt;
 			&amp;lt;td style=&amp;quot;border-style:none; vertical-align:baseline&amp;quot;&amp;gt;
 			&amp;lt;div id=&amp;quot;productDescriptionContent&amp;quot; style=&amp;quot;border:0px; box-sizing:inherit; font-family:inherit; font-size:inherit; font-stretch:inherit; font-style:inherit; font-variant:inherit; font-weight:inherit; line-height:inherit; margin-bottom:0; margin-left:0; margin-right:0; margin-top:0; max-width:1152px !important; outline:0px; padding:0px; vertical-align:baseline&amp;quot;&amp;gt;
 			&amp;lt;p style=&amp;quot;margin-left:0; margin-right:0&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;font-family:inherit&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;font-family:tahoma,geneva,sans-serif; font-size:inherit&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;font-family:inherit&amp;quot;&amp;gt;Paranızı kuru temizleyicilere harcamaya bir son verin!&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/p&amp;gt;
 			&amp;lt;p style=&amp;quot;margin-left:0; margin-right:0&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;font-family:inherit&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;font-family:tahoma,geneva,sans-serif; font-size:inherit&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;font-family:inherit&amp;quot;&amp;gt;Tobi&amp;lt;/span&amp;gt;, kırışıklıkları, kuru temizlemecilerdeki ve moda endüstrisindeki profesyonel ütü kalitesinde gidermeniz için tasarlanmış dik duruşlu ve portatif kırışık giderme makinesiyle&amp;amp;nbsp;&amp;lt;span style=&amp;quot;font-family:inherit&amp;quot;&amp;gt;ütü yapmak artık çok kolay.&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/p&amp;gt;
 			&amp;lt;p style=&amp;quot;margin-left:0; margin-right:0&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;font-family:inherit&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;font-family:tahoma,geneva,sans-serif; font-size:inherit&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;font-family:inherit&amp;quot;&amp;gt;Ürün Özellikleri&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/p&amp;gt;
 			&amp;lt;ul style=&amp;quot;margin-left:2px; margin-right:0&amp;quot;&amp;gt;
 				&amp;lt;li&amp;gt;&amp;lt;span style=&amp;quot;font-family:inherit&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;font-family:tahoma,geneva,sans-serif; font-size:inherit&amp;quot;&amp;gt;Her türlü giyside bulunabilecek kırışıklıkları askıda giderir.&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/li&amp;gt;
 				&amp;lt;li&amp;gt;&amp;lt;span style=&amp;quot;font-family:inherit&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;font-family:tahoma,geneva,sans-serif; font-size:inherit&amp;quot;&amp;gt;Düğmeler, cepler, payetler ve baskıların üzerinden kolaylıkla geçer.&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/li&amp;gt;
 				&amp;lt;li&amp;gt;&amp;lt;span style=&amp;quot;font-family:inherit&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;font-family:tahoma,geneva,sans-serif; font-size:inherit&amp;quot;&amp;gt;İstenmeyen kokuların sökülüp atılmasına yardımcı olur.&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/li&amp;gt;
 				&amp;lt;li&amp;gt;&amp;lt;span style=&amp;quot;font-family:inherit&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;font-family:tahoma,geneva,sans-serif; font-size:inherit&amp;quot;&amp;gt;Giysilerinizi yakmaz ya da yanık izi bırakmaz.&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/li&amp;gt;
 				&amp;lt;li&amp;gt;&amp;lt;span style=&amp;quot;font-family:inherit&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;font-family:tahoma,geneva,sans-serif; font-size:inherit&amp;quot;&amp;gt;Tobi en narin ipekten en kalın ve zoruna kadar her türlü kumaş üzerinde etkilidir. Tobi her türlü kırışıklığı giderir, benzerlerine göre beş kat daha hızlıdır.&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/li&amp;gt;
 				&amp;lt;li&amp;gt;&amp;lt;span style=&amp;quot;font-family:inherit&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;font-family:tahoma,geneva,sans-serif; font-size:inherit&amp;quot;&amp;gt;Tobi\'nin portatif kullanımı sayesinde ütü masanıza getirmeniz zor ve imkansız olan her türlü kumaşınıza kendiniz kolayca gidebilirsiniz.&amp;amp;nbsp;&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/li&amp;gt;
 			&amp;lt;/ul&amp;gt;
 			&amp;lt;p style=&amp;quot;margin-left:0; margin-right:0&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;font-family:inherit&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;font-family:tahoma,geneva,sans-serif; font-size:inherit&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;font-family:inherit&amp;quot;&amp;gt;Paket İçeriği&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/p&amp;gt;
 			&amp;lt;ul style=&amp;quot;margin-left:2px; margin-right:0&amp;quot;&amp;gt;
 				&amp;lt;li&amp;gt;&amp;lt;span style=&amp;quot;font-family:inherit&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;font-family:tahoma,geneva,sans-serif; font-size:inherit&amp;quot;&amp;gt;1 adet Tobi Buharlı Seyahat Ütüsü&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/li&amp;gt;
 				&amp;lt;li&amp;gt;&amp;lt;span style=&amp;quot;font-family:inherit&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;font-family:tahoma,geneva,sans-serif; font-size:inherit&amp;quot;&amp;gt;1 adet Fırça Başlığı&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/li&amp;gt;
 				&amp;lt;li&amp;gt;&amp;lt;span style=&amp;quot;font-family:inherit&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;font-family:tahoma,geneva,sans-serif; font-size:inherit&amp;quot;&amp;gt;1 adet Temizleyici Fırça&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/li&amp;gt;
@@ -9617,51 +9617,51 @@
 &amp;lt;/ul&amp;gt;
 &amp;lt;p&amp;gt;&amp;lt;br style=&amp;quot;color: rgb(0, 0, 0); font-family: \'Trebuchet MS\', Arial, Helvetica, sans-serif; line-height: normal; background-color: rgb(241, 241, 241);&amp;quot; /&amp;gt;
 &amp;lt;strong style=&amp;quot;color: rgb(0, 0, 0); font-family: \'Trebuchet MS\', Arial, Helvetica, sans-serif; line-height: normal; background-color: rgb(241, 241, 241);&amp;quot;&amp;gt;Ürün Ölçüleri:&amp;lt;/strong&amp;gt;&amp;lt;/p&amp;gt;
 &amp;lt;ul style=&amp;quot;color: rgb(0, 0, 0); font-family: \'Trebuchet MS\', Arial, Helvetica, sans-serif; line-height: normal; background-color: rgb(241, 241, 241);&amp;quot;&amp;gt;
 	&amp;lt;li&amp;gt;12 cm x 10 cm x 8 cm&amp;lt;/li&amp;gt;
 &amp;lt;/ul&amp;gt;
 &amp;lt;p&amp;gt;&amp;lt;br style=&amp;quot;color: rgb(0, 0, 0); font-family: \'Trebuchet MS\', Arial, Helvetica, sans-serif; line-height: normal; background-color: rgb(241, 241, 241);&amp;quot; /&amp;gt;
 &amp;lt;strong style=&amp;quot;color: rgb(0, 0, 0); font-family: \'Trebuchet MS\', Arial, Helvetica, sans-serif; line-height: normal; background-color: rgb(241, 241, 241);&amp;quot;&amp;gt;Paket İçeriği:&amp;lt;/strong&amp;gt;&amp;lt;/p&amp;gt;
 &amp;lt;ul style=&amp;quot;color: rgb(0, 0, 0); font-family: \'Trebuchet MS\', Arial, Helvetica, sans-serif; line-height: normal; background-color: rgb(241, 241, 241);&amp;quot;&amp;gt;
 	&amp;lt;li&amp;gt;1 adet Crystal Head Kuru Kafa Cam Şişe&amp;lt;/li&amp;gt;
 &amp;lt;/ul&amp;gt;</t>
         </is>
       </c>
       <c r="F133" s="0" t="n">
         <v>200</v>
       </c>
       <c r="G133" s="0" t="n">
         <v>38383800314</v>
       </c>
       <c r="H133" s="0" t="inlineStr">
         <is>
           <t>diğer</t>
         </is>
       </c>
       <c r="I133" s="0" t="n">
-        <v>196</v>
+        <v>195</v>
       </c>
       <c r="J133" s="0" t="inlineStr">
         <is>
           <t>https://www.realtoptan.com/image/catalog/crystal-head-kurukafa.jpg</t>
         </is>
       </c>
       <c r="K133" s="0" t="inlineStr">
         <is>
           <t>https://www.realtoptan.com/image/catalog/crystal-head-kurukafa4.jpg</t>
         </is>
       </c>
       <c r="L133" s="0" t="inlineStr">
         <is>
           <t>https://www.realtoptan.com/image/catalog/crystal-head-kurukafa3.jpg</t>
         </is>
       </c>
       <c r="M133" s="0" t="inlineStr">
         <is>
           <t>https://www.realtoptan.com/image/catalog/crystal-head-kurukafa2.jpg</t>
         </is>
       </c>
       <c r="N133" s="0" t="inlineStr">
         <is>
           <t>https://www.realtoptan.com/image/catalog/crystal-head-kurukafa1.jpg</t>
         </is>
@@ -9737,51 +9737,51 @@
         </is>
       </c>
       <c r="N134" s="0"/>
       <c r="O134" s="0" t="inlineStr">
         <is>
           <t>0.00kg</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="135">
       <c r="A135" s="0" t="n">
         <v>155</v>
       </c>
       <c r="B135" s="0" t="inlineStr">
         <is>
           <t>Pest Guard Elektronik Fare ve Haşere Kovucu</t>
         </is>
       </c>
       <c r="C135" s="0" t="inlineStr">
         <is>
           <t>EV &amp;amp; OFİS ÜRÜNLERİ|MUTFAK ÜRÜNLERİ|TV ÜRÜNLERİ|OTO AKSESUARLARI</t>
         </is>
       </c>
       <c r="D135" s="0" t="inlineStr">
         <is>
-          <t>OTO AKSESUARLARI</t>
+          <t>EV &amp;amp; OFİS ÜRÜNLERİ</t>
         </is>
       </c>
       <c r="E135" s="0" t="inlineStr">
         <is>
           <t>&amp;lt;p style=&amp;quot;margin-left:0; margin-right:0&amp;quot;&amp;gt;Koku, duman ve tehlikeli kimyasallar olmadan, çocuklarınıza ve evcil hayvanlarınıza zarar gelmeden&amp;amp;nbsp;&amp;lt;strong&amp;gt;fare ve haşerelerden korunun&amp;lt;/strong&amp;gt;!&amp;lt;/p&amp;gt;
 &amp;lt;p style=&amp;quot;margin-left:0; margin-right:0&amp;quot;&amp;gt;&amp;lt;strong&amp;gt;HaşerX&amp;lt;/strong&amp;gt;&amp;amp;nbsp;duvar içi tesisatlarda barınan haşere ve fareleri elektronik dalgalarla evinizden uzaklaştırır.&amp;amp;nbsp;&amp;lt;/p&amp;gt;
 &amp;lt;p style=&amp;quot;margin-left:0; margin-right:0&amp;quot;&amp;gt;Ailenizi kimyasallara veya kokuya maruz bırakmaz. Riddex çocuklar, evcil hayvanlar ve elektronik cihazlar açısından da son derece güvenlidir.&amp;lt;/p&amp;gt;
 &amp;lt;p style=&amp;quot;margin-left:0; margin-right:0&amp;quot;&amp;gt;Mobilyalar tarafından kolayca bloke olan ve sadece odalarınızda çalışan sonar ünitelerin aksine, Riddex duvarların içindeki kablolar sayesinde çalışır; buralar haşerelerin üredikleri yerdir. Haşerx&amp;lt;strong&amp;gt;&amp;amp;nbsp;Haşere Kovarı&amp;lt;/strong&amp;gt;&amp;amp;nbsp;fişe takın ve evinizdeki kablo ağını dev bir dijital haşere kovucuya dönüştürün!&amp;lt;/p&amp;gt;
 &amp;lt;p style=&amp;quot;margin-left:0; margin-right:0&amp;quot;&amp;gt;&amp;lt;strong&amp;gt;Ürün Özellikleri:&amp;amp;nbsp;&amp;lt;/strong&amp;gt;&amp;lt;/p&amp;gt;
 &amp;lt;ul style=&amp;quot;margin-left:2px; margin-right:0&amp;quot;&amp;gt;
 	&amp;lt;li&amp;gt;Görünmez bir dijital kalkan yaratıp fareleri, böcekleri, haşereleri evinizden uzaklaştırın.&amp;lt;/li&amp;gt;
 	&amp;lt;li&amp;gt;Yapısında hiçbir kanserojen madde ya da kimyasal bulunmamaktadır.&amp;lt;/li&amp;gt;
 	&amp;lt;li&amp;gt;İnsan sağlığına ve evcil hayvanlara hiçbir zararı ve yan etkisi yoktur.&amp;lt;/li&amp;gt;
 	&amp;lt;li&amp;gt;Yaklaşık 25-150 m2 alanda etkilidir. Daha geniş alanlar için birden fazla cihaz kullanmanız gerekmektedir.&amp;lt;/li&amp;gt;
 	&amp;lt;li&amp;gt;Elektrik tüketimi çok düşüktür. Sürekli kullanıldığında yıllık enerji tüketim maliyeti yaklaşık 21 TL\'dir.&amp;lt;/li&amp;gt;
 &amp;lt;/ul&amp;gt;
 &amp;lt;p style=&amp;quot;margin-left:0; margin-right:0&amp;quot;&amp;gt;&amp;lt;strong&amp;gt;Ürün Kullanımı:&amp;lt;/strong&amp;gt;&amp;lt;/p&amp;gt;
 &amp;lt;p style=&amp;quot;margin-left:0; margin-right:0&amp;quot;&amp;gt;220 Volt bir prize takarak kullanılır. Maksimum verim alabilmek için seçtiğiniz prizin merkezi bir yerde olmasına, karşısında sert yüzeyler bulunmasına, önlerinde koltuk, kanepe gibi engeller olmamasına ve yerden 1-1.5 metre yüksekte bulunmasına özen gösterilmelidir.&amp;lt;/p&amp;gt;
 &amp;lt;p style=&amp;quot;margin-left:0; margin-right:0&amp;quot;&amp;gt;&amp;lt;strong&amp;gt;Paket İçeriği:&amp;lt;/strong&amp;gt;&amp;lt;/p&amp;gt;
 &amp;lt;ul style=&amp;quot;margin-left:2px; margin-right:0&amp;quot;&amp;gt;
 	&amp;lt;li&amp;gt;1 adet Haşerx&amp;amp;nbsp;Elektronik Fare ve Haşere Kovucu&amp;lt;/li&amp;gt;
 &amp;lt;/ul&amp;gt;
 </t>
         </is>
       </c>
@@ -9999,51 +9999,51 @@
 &amp;lt;p style=&amp;quot;color: rgb(0, 0, 0); font-family: Verdana, Arial, Helvetica, sans-serif; font-size: 10px; line-height: normal;&amp;quot;&amp;gt;Ürün Özellikleri:&amp;lt;/p&amp;gt;
 &amp;lt;ul style=&amp;quot;color: rgb(0, 0, 0); font-family: Verdana, Arial, Helvetica, sans-serif; font-size: 10px; line-height: normal;&amp;quot;&amp;gt;
 	&amp;lt;li&amp;gt;El yapımı camdan üretilmiştir.&amp;amp;nbsp;&amp;lt;/li&amp;gt;
 	&amp;lt;li&amp;gt;550&amp;amp;nbsp;ml kapasitelidir.&amp;lt;/li&amp;gt;
 	&amp;lt;li&amp;gt;Cam tasarımı görünüm olarak da son derece estetiktir.&amp;amp;nbsp;&amp;lt;/li&amp;gt;
 &amp;lt;/ul&amp;gt;
 &amp;lt;p style=&amp;quot;color: rgb(0, 0, 0); font-family: Verdana, Arial, Helvetica, sans-serif; font-size: 10px; line-height: normal;&amp;quot;&amp;gt;Paket İçeriği:&amp;lt;/p&amp;gt;
 &amp;lt;ul style=&amp;quot;color: rgb(0, 0, 0); font-family: Verdana, Arial, Helvetica, sans-serif; font-size: 10px; line-height: normal;&amp;quot;&amp;gt;
 	&amp;lt;li&amp;gt;1 adet Crystal Head Kuru Kafa Cam Şişe&amp;lt;/li&amp;gt;
 	&amp;lt;li&amp;gt;&amp;amp;nbsp;&amp;lt;/li&amp;gt;
 &amp;lt;/ul&amp;gt;</t>
         </is>
       </c>
       <c r="F138" s="0" t="n">
         <v>225</v>
       </c>
       <c r="G138" s="0" t="n">
         <v>38383800242</v>
       </c>
       <c r="H138" s="0" t="inlineStr">
         <is>
           <t>diğer</t>
         </is>
       </c>
       <c r="I138" s="0" t="n">
-        <v>197</v>
+        <v>196</v>
       </c>
       <c r="J138" s="0" t="inlineStr">
         <is>
           <t>https://www.realtoptan.com/image/catalog/kurukafasise5505.jpg</t>
         </is>
       </c>
       <c r="K138" s="0" t="inlineStr">
         <is>
           <t>https://www.realtoptan.com/image/catalog/kurukafasise5502.png</t>
         </is>
       </c>
       <c r="L138" s="0" t="inlineStr">
         <is>
           <t>https://www.realtoptan.com/image/catalog/kurukafasise5501.jpg</t>
         </is>
       </c>
       <c r="M138" s="0"/>
       <c r="N138" s="0"/>
       <c r="O138" s="0" t="inlineStr">
         <is>
           <t>0.00kg</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="139">
@@ -11657,88 +11657,88 @@
         <is>
           <t>&amp;lt;p&amp;gt;&amp;lt;img alt=&amp;quot;&amp;quot; src=&amp;quot;https://n11scdn3.akamaized.net/a1/org/01/18/78/28/IMG-8547972989652440313.jpg&amp;quot; style=&amp;quot;height:auto !important; margin:0px; max-width:100%; padding:0px; position:relative&amp;quot; /&amp;gt;&amp;lt;/p&amp;gt;
 &amp;lt;h3 style=&amp;quot;margin-left:0px; margin-right:0px&amp;quot;&amp;gt;&amp;amp;nbsp;&amp;lt;/h3&amp;gt;
 &amp;lt;p&amp;gt;Beyaz led ışıklı ürün çekim çadırı ile çok kısa bir sürede fotoğraf çekimleri için mükemmel bir zemin oluşturabilirsiniz. Fotoğraf meraklısı, sanatçı, online ürün satıcı, profesyonel fotoğrafçı ve ürün reklamı yapan kişi ve firmalar için tasarlanmış özel bir üründür.&amp;lt;br /&amp;gt;
 Takı, aksesuar, oyuncak, saat ve aklınıza gelen diğer nesneler gibi küçük ürünlerin hızlı ve kolay şekilde fotoğrafının çekilmesini sağlar.&amp;lt;br /&amp;gt;
 Katlanır manyetik devre yapısı ve yerleşik beyaz Çift sıra LED ışıkları sayesinde gerekli maksimum aydınlatmayı sağlarsınız. Bu sayede fotoğraflarınızda gölge ve yansımalar önlenir.&amp;lt;br /&amp;gt;
 &amp;lt;br /&amp;gt;
 Ürün Rengine göre farklı 2 Arka panel renklerinden uygun olanı seçebilirsiniz.&amp;lt;/p&amp;gt;
 &amp;lt;h3 style=&amp;quot;margin-left:0px; margin-right:0px&amp;quot;&amp;gt;&amp;lt;br /&amp;gt;
 &amp;lt;strong&amp;gt;Paket İçeriği&amp;lt;/strong&amp;gt;&amp;lt;/h3&amp;gt;
 &amp;lt;p&amp;gt;1 Adet Ana Stüdyo Kutusu&amp;lt;br /&amp;gt;
 2 Adet Arka Panel (Siyah, Beyaz)&amp;lt;br /&amp;gt;
 1 Adet Taşıma Çantası&amp;lt;br /&amp;gt;
 1 Adet USB Micro Kablo&amp;lt;/p&amp;gt;
 </t>
         </is>
       </c>
       <c r="F162" s="0" t="n">
         <v>150</v>
       </c>
       <c r="G162" s="0" t="n">
         <v>221003220424</v>
       </c>
       <c r="H162" s="0"/>
       <c r="I162" s="0" t="n">
-        <v>90</v>
+        <v>89</v>
       </c>
       <c r="J162" s="0" t="inlineStr">
         <is>
           <t>https://www.realtoptan.com/image/catalog/resimler/4.jpg</t>
         </is>
       </c>
       <c r="K162" s="0" t="inlineStr">
         <is>
           <t>https://www.realtoptan.com/image/catalog/resimler/44.jpg</t>
         </is>
       </c>
       <c r="L162" s="0"/>
       <c r="M162" s="0"/>
       <c r="N162" s="0"/>
       <c r="O162" s="0" t="inlineStr">
         <is>
           <t>0.00kg</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="163">
       <c r="A163" s="0" t="n">
         <v>218</v>
       </c>
       <c r="B163" s="0" t="inlineStr">
         <is>
           <t>Profesyonel Elektrikli Saç Düzleştirici Tarak</t>
         </is>
       </c>
       <c r="C163" s="0" t="inlineStr">
         <is>
           <t>EV &amp;amp; OFİS ÜRÜNLERİ|MUTFAK ÜRÜNLERİ|TV ÜRÜNLERİ|OTO AKSESUARLARI</t>
         </is>
       </c>
       <c r="D163" s="0" t="inlineStr">
         <is>
-          <t>OTO AKSESUARLARI</t>
+          <t>EV &amp;amp; OFİS ÜRÜNLERİ</t>
         </is>
       </c>
       <c r="E163" s="0" t="inlineStr">
         <is>
           <t>&amp;lt;ul class=&amp;quot;detail-desc-list&amp;quot; style=&amp;quot;margin-right: 0px; margin-bottom: 0px; margin-left: 0px; padding: 0px; list-style: none; color: rgb(0, 0, 0); font-family: source_sans_proregular;&amp;quot;&amp;gt;&amp;lt;li style=&amp;quot;margin: 0px 0px 10px; padding: 0px; font-size: 14px; color: rgb(102, 102, 102); overflow-wrap: break-word;&amp;quot;&amp;gt;&amp;lt;br&amp;gt;&amp;lt;/li&amp;gt;&amp;lt;li style=&amp;quot;margin: 0px 0px 10px; padding: 0px; font-size: 14px; color: rgb(102, 102, 102); overflow-wrap: break-word;&amp;quot;&amp;gt; saç düzleştirici tarak hızlı saç düzleştirici hqt-906hızlı saç düzleştirici süper pürüzsüz seramik tabak, kolayca kayabilir pro değişken sıcaklık kontrolü, tüm saç tipleri için uygundur. özel termal genleşme plakası teknolojisi uzak kızılötesi termal teknoloji şık, parlak ve ergonomik tasarım düz geçirin, kıvırın, hafifçe vurun ve zahmetsizce döndürün bu ürünün bir saatlik otomatik kapanma işlevi vardır. -3'ü 1 arada tarak düz saç büyüsü mükemmel yeni ve güzel saç stilini sağlamak için sıcaklık kontrolörü: 180- 230 ° c -Güç kablosu: 360 ° dönebilir ürün %100 orijinaldir. Ambalajı açılan ürünlerin iadesi kabul edilmemektedir.&amp;lt;/li&amp;gt;&amp;lt;/ul&amp;gt;</t>
         </is>
       </c>
       <c r="F163" s="0" t="n">
         <v>100</v>
       </c>
       <c r="G163" s="0" t="n">
         <v>221003221245</v>
       </c>
       <c r="H163" s="0"/>
       <c r="I163" s="0" t="n">
         <v>0</v>
       </c>
       <c r="J163" s="0" t="inlineStr">
         <is>
           <t>https://www.realtoptan.com/image/catalog/resimler/tarak.jpg</t>
         </is>
       </c>
       <c r="K163" s="0" t="inlineStr">
         <is>
           <t>https://www.realtoptan.com/image/catalog/resimler/tarakkk.jpg</t>
@@ -11976,51 +11976,51 @@
       <c r="E167" s="0" t="inlineStr">
         <is>
           <t>&amp;lt;table style=&amp;quot;border:none; color:#484848; font-family:-apple-system,BlinkMacSystemFont,Arial,Roboto,Oxygen,Ubuntu,Cantarell,&amp;amp;quot;Fira Sans&amp;amp;quot;,&amp;amp;quot;Droid Sans&amp;amp;quot;,&amp;amp;quot;Helvetica Neue&amp;amp;quot;,sans-serif; font-size:14px; letter-spacing:-0.35px; line-height:normal !important; margin:0px; outline:0px; padding:0px; vertical-align:baseline; width:1158px&amp;quot;&amp;gt;
 	&amp;lt;tbody&amp;gt;
 		&amp;lt;tr&amp;gt;
 			&amp;lt;td style=&amp;quot;border-style:none; vertical-align:baseline&amp;quot;&amp;gt;
 			&amp;lt;div id=&amp;quot;productDescriptionContent&amp;quot; style=&amp;quot;border:0px; letter-spacing:-0.025em !important; line-height:normal !important; margin-bottom:0; margin-left:0; margin-right:0; margin-top:0; max-width:1152px !important; outline:0px; padding:0px; vertical-align:baseline&amp;quot;&amp;gt;
 			&amp;lt;p&amp;gt;SU GEÇİRMEZ KAMP VE&amp;amp;nbsp;OUTDOOR UYKU TULUMU&amp;lt;/p&amp;gt;
 			&amp;lt;p&amp;gt;*DIŞ KUMAŞ :SU GEÇİRMEZ NEFES ALABİLİR.POLYESTER &amp;amp;nbsp;İÇ ZEMİNDE ÇİFT KAPLAMA SU GEÇİRMEZLİK DIŞ YÜZEYİNDE SU İTİCİLİK VARDIR.&amp;lt;/p&amp;gt;
 			&amp;lt;p&amp;gt;İÇ KUMAŞ :m2 240 gr.POLAR KULLANILMIŞTIR. *&amp;lt;/p&amp;gt;
 			&amp;lt;p&amp;gt;İÇ POLAR VE ELYAF ARASINA TUTUCU ÖZELLİKTE TELA KULLANILMIŞTIR&amp;lt;/p&amp;gt;
 			&amp;lt;p&amp;gt;FERMUAR KISMI YAN TARAFTADIR.&amp;lt;/p&amp;gt;
 			&amp;lt;p&amp;gt;DOLGU MALZEMESİ ELYAF VE KAPUTONE&amp;lt;/p&amp;gt;
 			&amp;lt;p&amp;gt;AĞIRLIĞI:,750 GR&amp;lt;/p&amp;gt;
 			&amp;lt;p&amp;gt;30 DERECEDE VE ELDE YIKANMASI ÖNERİLİR.&amp;lt;/p&amp;gt;
 			&amp;lt;p&amp;gt;ÜRÜNÜMÜZ -20 DERECE SICAKLIKTA KULLANILABİLİR.&amp;lt;/p&amp;gt;
 			&amp;lt;/div&amp;gt;
 			&amp;lt;/td&amp;gt;
 		&amp;lt;/tr&amp;gt;
 	&amp;lt;/tbody&amp;gt;
 &amp;lt;/table&amp;gt;
 </t>
         </is>
       </c>
       <c r="F167" s="0" t="n">
-        <v>350</v>
+        <v>400</v>
       </c>
       <c r="G167" s="0" t="n">
         <v>221014155811</v>
       </c>
       <c r="H167" s="0"/>
       <c r="I167" s="0" t="n">
         <v>99</v>
       </c>
       <c r="J167" s="0" t="inlineStr">
         <is>
           <t>https://www.realtoptan.com/image/catalog/resimler/tulum.jpg</t>
         </is>
       </c>
       <c r="K167" s="0" t="inlineStr">
         <is>
           <t>https://www.realtoptan.com/image/catalog/resimler/tulum2.jpg</t>
         </is>
       </c>
       <c r="L167" s="0" t="inlineStr">
         <is>
           <t>https://www.realtoptan.com/image/catalog/kjhj2.jpg</t>
         </is>
       </c>
       <c r="M167" s="0"/>
       <c r="N167" s="0"/>
@@ -13539,58 +13539,58 @@
         <is>
           <t>Şımartan Eğlenceli Basket Atmalı Basketbol Kumbara</t>
         </is>
       </c>
       <c r="C189" s="0" t="inlineStr">
         <is>
           <t>HEDİYELİK EŞYA|Yeni Ürünler</t>
         </is>
       </c>
       <c r="D189" s="0" t="inlineStr">
         <is>
           <t>HEDİYELİK EŞYA</t>
         </is>
       </c>
       <c r="E189" s="0" t="inlineStr">
         <is>
           <t>&amp;lt;h3&amp;gt;Şımartan&amp;amp;nbsp;Eğlenceli Basket Atmalı Basketbol Kumbara Hediyelik&amp;lt;/h3&amp;gt;
 &amp;lt;p&amp;gt;Geri Bildirim Ver&amp;lt;/p&amp;gt;
 &amp;lt;ul&amp;gt;
 	&amp;lt;li&amp;gt;Basketbol Sahası Kumbara ( Shoting Bank ) Eğlenceli Basket Atmalı Basketbol Kumbara Amerika tatilinizi ve anılarınızı size tebessümle hatırlatacak şık bir hediye. İster kendiniz ister sevdikleriniz için güzel bir hatıra hediye. Ürün Özellikleri: Hem eğlenin hem para biriktirin. Paralarınızı basket atarak potadan geçirin. Ürün Ölçüleri: uzunluk: 22cm yükseklik: 14cm&amp;lt;/li&amp;gt;
 &amp;lt;/ul&amp;gt;
 </t>
         </is>
       </c>
       <c r="F189" s="0" t="n">
-        <v>100</v>
+        <v>150</v>
       </c>
       <c r="G189" s="0" t="n">
         <v>230311211354</v>
       </c>
       <c r="H189" s="0"/>
       <c r="I189" s="0" t="n">
-        <v>0</v>
+        <v>100</v>
       </c>
       <c r="J189" s="0" t="inlineStr">
         <is>
           <t>https://www.realtoptan.com/image/catalog/resimler/basket1.jpg</t>
         </is>
       </c>
       <c r="K189" s="0" t="inlineStr">
         <is>
           <t>https://www.realtoptan.com/image/catalog/resimler/basket3.jpeg</t>
         </is>
       </c>
       <c r="L189" s="0" t="inlineStr">
         <is>
           <t>https://www.realtoptan.com/image/catalog/resimler/basket4.jpg</t>
         </is>
       </c>
       <c r="M189" s="0" t="inlineStr">
         <is>
           <t>https://www.realtoptan.com/image/catalog/resimler/basket.jpg</t>
         </is>
       </c>
       <c r="N189" s="0"/>
       <c r="O189" s="0" t="inlineStr">
         <is>
           <t>0.00kg</t>
@@ -13752,51 +13752,51 @@
       </c>
       <c r="E192" s="0" t="inlineStr">
         <is>
           <t>&amp;lt;p&amp;gt;12 V 150 W Araba Soğutma Fanı Sıcak Isıtıcı Ön Cam Buğu Çözücü Buz Çözücü 2’i 1 arada Taşınabilir Araç Araba Kamyonet Isıtıcı&amp;lt;br /&amp;gt;
 ABS malzeme, yüksek ısı dönüşümü, açık ateş yoktur, güvenli ve anında ısıtma sağlar. Rüzgar ve ılık rüzgar için ayrı anahtar düğmesi ile yazın serin, kışın sıcağın tadını çıkarabilirsiniz. Ön camın buzunu çözmek ve buğusunu gidermek için camı kuru tutun ve güvenli sürüş sağlayın. Havayı temizler ve anyon, arabadaki tozu ve dumanı nötralize eder. Çakmak tıkacı, güvenli kullanım için sigorta ile üretilmiştir, otomatik kapanma koruması sağlar. Bu araba kaloriferi buz çözücü, yalnız yapılan sürüşlerde, seyahat ve kamp için pratiktir. Kışın ısıtıcı, yazın soğutucu görevi görebilir, arabadaki havayı temizler. Sabitlemek için yapışkan bant veya vida kullanın (Vida dahil değildir). Kurulumu kolaydır, sadece çakmak soketinize takın, 12 voltajlı araçlar için uygundur. Özellikler: ABS malzeme, yüksek ısı dönüşümü, açık ateş yoktur, güvenli ve anında ısıtma sağlar. Rüzgar ve ılık rüzgar için ayrı anahtar düğmesi ile yazın serin, kışın sıcağın tadını çıkarabilirsiniz. Ön camın buzunu çözmek ve buğusunu gidermek için camı kuru tutun ve güvenli sürüş sağlayın. Havayı temizler ve anyon, arabadaki tozu ve dumanı nötralize eder. Çakmak tıkacı, güvenli kullanım için sigorta ile üretilmiştir, otomatik kapanma koruması sağlar. Ayarlanabilir şaft, fanın 360 derece dönmesini sağlar, bu da daha kullanışlıdır ve geniş uygulama alanı sunar.&amp;lt;/p&amp;gt;
 &amp;lt;p&amp;gt;&amp;lt;strong&amp;gt;Özellikler:&amp;lt;/strong&amp;gt;&amp;lt;/p&amp;gt;
 &amp;lt;p&amp;gt;Malzeme: ABS.&amp;lt;/p&amp;gt;
 &amp;lt;p&amp;gt;Renk: Siyah.&amp;lt;/p&amp;gt;
 &amp;lt;p&amp;gt;Nominal güç: 150 W.&amp;lt;/p&amp;gt;
 &amp;lt;p&amp;gt;Voltaj: 12 V.&amp;lt;/p&amp;gt;
 &amp;lt;p&amp;gt;Ölçüler: Yaklaşık 18 x 13,5 x 6,4 cm.&amp;lt;/p&amp;gt;
 &amp;lt;p&amp;gt;Kablo Uzunluğu: 120 cm (yaklaşık).&amp;lt;/p&amp;gt;
 &amp;lt;p&amp;gt;Paket içeriği: 1 x Araç Isıtıcısı Buz Çözücü. 1 x kablo.&amp;lt;/p&amp;gt;
 &amp;lt;p&amp;gt;Not: 1. Manuel ölçümden dolayı 0-2 cm hata payı bulunabilir. Anlayışınız için teşekkürler.&amp;amp;nbsp;&amp;lt;/p&amp;gt;
 </t>
         </is>
       </c>
       <c r="F192" s="0" t="n">
         <v>450</v>
       </c>
       <c r="G192" s="0" t="n">
         <v>230311213535</v>
       </c>
       <c r="H192" s="0"/>
       <c r="I192" s="0" t="n">
-        <v>49</v>
+        <v>0</v>
       </c>
       <c r="J192" s="0" t="inlineStr">
         <is>
           <t>https://www.realtoptan.com/image/catalog/resimler/cam2.jpg</t>
         </is>
       </c>
       <c r="K192" s="0" t="inlineStr">
         <is>
           <t>https://www.realtoptan.com/image/catalog/resimler/cam3.png</t>
         </is>
       </c>
       <c r="L192" s="0" t="inlineStr">
         <is>
           <t>https://www.realtoptan.com/image/catalog/resimler/cam4.jpg</t>
         </is>
       </c>
       <c r="M192" s="0" t="inlineStr">
         <is>
           <t>https://www.realtoptan.com/image/catalog/resimler/cam.png</t>
         </is>
       </c>
       <c r="N192" s="0"/>
       <c r="O192" s="0" t="inlineStr">
         <is>
           <t>0.00kg</t>
@@ -14176,51 +14176,51 @@
       </c>
       <c r="M197" s="0"/>
       <c r="N197" s="0"/>
       <c r="O197" s="0" t="inlineStr">
         <is>
           <t>0.00kg</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="198">
       <c r="A198" s="0" t="n">
         <v>253</v>
       </c>
       <c r="B198" s="0" t="inlineStr">
         <is>
           <t>Plastik 12 Volt Araç Su Isıtıcı</t>
         </is>
       </c>
       <c r="C198" s="0" t="inlineStr">
         <is>
           <t>EV &amp;amp; OFİS ÜRÜNLERİ|MUTFAK ÜRÜNLERİ|KAMP VE OUTDOOR|Yeni Ürünler</t>
         </is>
       </c>
       <c r="D198" s="0" t="inlineStr">
         <is>
-          <t>Yeni Ürünler</t>
+          <t>EV &amp;amp; OFİS ÜRÜNLERİ</t>
         </is>
       </c>
       <c r="E198" s="0" t="inlineStr">
         <is>
           <t>&amp;lt;p&amp;gt;&amp;lt;strong&amp;gt;Araç İçi Isıtıcılı PlastikTermos Kupa Bardak&amp;lt;/strong&amp;gt;&amp;lt;/p&amp;gt;
 &amp;lt;p&amp;gt;&amp;lt;strong&amp;gt;Araç İçi Su Isıtıcı Termos Kupa Bardak ile Yolculuklar Artık Daha Keyifli ! Araç ile yaptığınız seyahatlerinizde,istediğiniz anda çayınızı, kahvenizi içebileceksiniz.&amp;lt;/strong&amp;gt;&amp;lt;/p&amp;gt;
 &amp;lt;p&amp;gt;&amp;lt;strong&amp;gt;Soğuk suyunuzu normal bir termos gibi soğuk olarak muhafaza eder.&amp;lt;/strong&amp;gt;&amp;lt;/p&amp;gt;
 &amp;lt;p&amp;gt;&amp;lt;strong&amp;gt;Araç çakmak girişinden enerji alır ve suyun kendi ısısını korur.&amp;lt;/strong&amp;gt;&amp;lt;/p&amp;gt;
 &amp;lt;p&amp;gt;&amp;lt;strong&amp;gt;Tüm marka ve model otomobillerde kullanılacak şekilde tasarlanmış ve üretilmiştir. İçeceğinizi almak için kapağını ister tam açabilirsiniz yada kapağın üstündeki klipsi açıp oradan içebilirsiniz.&amp;lt;/strong&amp;gt;&amp;lt;/p&amp;gt;
 &amp;lt;p&amp;gt;&amp;lt;strong&amp;gt;Termos özelliği ile içine koyduğunuz içeçeği hem daha uzun süre sıcak tutacak hem de gerektiğinde ısıtacak. Araç dışında, ofiste yada evde termos bardak olarak da kullanabilirsiniz.&amp;lt;/strong&amp;gt;&amp;lt;/p&amp;gt;
 &amp;lt;p&amp;gt;&amp;lt;strong&amp;gt;Özellikle kamp yapanlar için mükemmel bir çözüm! Ürün Özellikleri: 12V çakmalık girişinden ısıtıcı özeliği Termos özelliğiyle içecekleri uzun süre sıcak ve soğuk tutma özelliği Mükemmel kapak kilitleme sistemi Araç içi bardak tutucularla uyumlu Darbelere karşı dayanıklı malzeme&amp;lt;br /&amp;gt;
 Renk: grİ&amp;lt;br /&amp;gt;
 Teknik Özellikleri:&amp;lt;br /&amp;gt;
 Kapasite: 330 ml Yükseklik: 15 cm, çapı: 8 cm.&amp;lt;br /&amp;gt;
 12 Volt çakmak girişi&amp;lt;br /&amp;gt;
 Plastik malzeme&amp;lt;br /&amp;gt;
 &amp;lt;br /&amp;gt;
 Paket İçeriği:&amp;lt;br /&amp;gt;
 1 adet Araç İçi Su Isıtıcı Termos Kupa Bardak&amp;lt;/strong&amp;gt;&amp;lt;/p&amp;gt;
 </t>
         </is>
       </c>
       <c r="F198" s="0" t="n">
         <v>120</v>
       </c>
@@ -15021,51 +15021,51 @@
 			Besleme portu şekli: yuvarlak&amp;lt;br /&amp;gt;
 			Meyve sıkacağı maksimum hızı: 15001 rpm (dahil) - 18000 rpm (dahil)&amp;lt;br /&amp;gt;
 			Gövde Malzemesi: Plastik&amp;lt;br /&amp;gt;
 			Ambalaj listesi: ev sahibi manuel şarj kablosu&amp;lt;br /&amp;gt;
 			Gıda sınıfı malzeme olup olmadığı: Evet&amp;lt;br /&amp;gt;
 			Kabuk zanaat: püskürtme (UV boya, kauçuk boya, metalik boya, piyano boya, sedefli toz)&amp;lt;br /&amp;gt;
 			Dahili pil olsun: dahili pil&amp;lt;br /&amp;gt;
 			Stil Kategorisi: Meyve Suyu Bardakları&amp;lt;br /&amp;gt;
 			çok işlevli meyve sıkacağı, birden çok işleve sahip bir makine, yüksek meyve suyu verimi, USB şarjı, kablosuz ve taşınabilir, bölünmüş tasarım, sorunsuz ve temizlemesi kolay&amp;lt;/p&amp;gt;
 			&amp;lt;/td&amp;gt;
 		&amp;lt;/tr&amp;gt;
 	&amp;lt;/tbody&amp;gt;
 &amp;lt;/table&amp;gt;
 &amp;lt;p&amp;gt;Ebat: 25 cm&amp;lt;/p&amp;gt;
 </t>
         </is>
       </c>
       <c r="F210" s="0" t="n">
         <v>450</v>
       </c>
       <c r="G210" s="0" t="n">
         <v>230611164226</v>
       </c>
       <c r="H210" s="0"/>
       <c r="I210" s="0" t="n">
-        <v>145</v>
+        <v>0</v>
       </c>
       <c r="J210" s="0" t="inlineStr">
         <is>
           <t>https://www.realtoptan.com/image/catalog/resimler/meyve.jpeg</t>
         </is>
       </c>
       <c r="K210" s="0" t="inlineStr">
         <is>
           <t>https://www.realtoptan.com/image/catalog/resimler/meyve2.jpeg</t>
         </is>
       </c>
       <c r="L210" s="0" t="inlineStr">
         <is>
           <t>https://www.realtoptan.com/image/catalog/resimler/meyve3.jpeg</t>
         </is>
       </c>
       <c r="M210" s="0" t="inlineStr">
         <is>
           <t>https://www.realtoptan.com/image/catalog/resimler/meyve5.jpg</t>
         </is>
       </c>
       <c r="N210" s="0" t="inlineStr">
         <is>
           <t>https://www.realtoptan.com/image/catalog/resimler/meyve6.jpg</t>
         </is>
@@ -16216,58 +16216,58 @@
         </is>
       </c>
       <c r="E226" s="0" t="inlineStr">
         <is>
           <t>&amp;lt;p&amp;gt;Ürün Açıklaması&amp;lt;/p&amp;gt;
 &amp;lt;p&amp;gt;&amp;amp;nbsp;&amp;lt;/p&amp;gt;
 &amp;lt;p&amp;gt;HAREKET SENSÖRLÜ USB ŞARJLI LED IŞIK LAMBA&amp;lt;/p&amp;gt;
 &amp;lt;p&amp;gt;Açıklama:&amp;lt;/p&amp;gt;
 &amp;lt;p&amp;gt;1. Kızılötesi sensör + Fresnel lens, gün boyunca indüksiyon yok&amp;lt;/p&amp;gt;
 &amp;lt;p&amp;gt;2. Geniş algılama aralığı, 0-3 metre algılama mesafesi, 120 ° algılama açısı&amp;lt;/p&amp;gt;
 &amp;lt;p&amp;gt;3. İndüksiyon modu, ışığı manuel olarak kapatmaya gerek yok, otomatik olarak kapanıyor&amp;lt;/p&amp;gt;
 &amp;lt;p&amp;gt;4. 0.6W düşük güç, enerji tasarrufu, uzun ömür&amp;lt;/p&amp;gt;
 &amp;lt;p&amp;gt;5. Rahat yumuşak ışık, yüksek kaliteli LED lamba boncukları&amp;lt;/p&amp;gt;
 &amp;lt;p&amp;gt;Özellikler:&amp;lt;/p&amp;gt;
 &amp;lt;p&amp;gt;Gerilimi: 5V&amp;lt;/p&amp;gt;
 &amp;lt;p&amp;gt;Gücü: 0. 6W&amp;lt;/p&amp;gt;
 &amp;lt;p&amp;gt;Malzeme: abs&amp;lt;/p&amp;gt;
 &amp;lt;p&amp;gt;LED: 6 ADET LED&amp;lt;/p&amp;gt;
 &amp;lt;p&amp;gt;Algılama Mesafesi: yaklaşık 0-3 Metre&amp;lt;/p&amp;gt;
 &amp;lt;p&amp;gt;Ürün boyutu: 8.3 * 8.3 * 2cm&amp;lt;/p&amp;gt;
 &amp;lt;p&amp;gt;Açık renk: Beyaz&amp;lt;/p&amp;gt;
 </t>
         </is>
       </c>
       <c r="F226" s="0" t="n">
-        <v>50</v>
+        <v>150</v>
       </c>
       <c r="G226" s="0" t="n">
         <v>230828153111</v>
       </c>
       <c r="H226" s="0"/>
       <c r="I226" s="0" t="n">
-        <v>0</v>
+        <v>100</v>
       </c>
       <c r="J226" s="0" t="inlineStr">
         <is>
           <t>https://www.realtoptan.com/image/catalog/l4.jpg</t>
         </is>
       </c>
       <c r="K226" s="0" t="inlineStr">
         <is>
           <t>https://www.realtoptan.com/image/catalog/l1.jpg</t>
         </is>
       </c>
       <c r="L226" s="0" t="inlineStr">
         <is>
           <t>https://www.realtoptan.com/image/catalog/l5.jpg</t>
         </is>
       </c>
       <c r="M226" s="0" t="inlineStr">
         <is>
           <t>https://www.realtoptan.com/image/catalog/l3.jpg</t>
         </is>
       </c>
       <c r="N226" s="0" t="inlineStr">
         <is>
           <t>https://www.realtoptan.com/image/catalog/l2.jpg</t>
         </is>
@@ -17489,51 +17489,51 @@
         </is>
       </c>
       <c r="N241" s="0"/>
       <c r="O241" s="0" t="inlineStr">
         <is>
           <t>0.00kg</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="242">
       <c r="A242" s="0" t="n">
         <v>297</v>
       </c>
       <c r="B242" s="0" t="inlineStr">
         <is>
           <t>Çelik 6 Oz 177 Ml İçecek Matarası</t>
         </is>
       </c>
       <c r="C242" s="0" t="inlineStr">
         <is>
           <t>EV &amp;amp; OFİS ÜRÜNLERİ|MUTFAK ÜRÜNLERİ|HEDİYELİK EŞYA|Yeni Ürünler</t>
         </is>
       </c>
       <c r="D242" s="0" t="inlineStr">
         <is>
-          <t>Yeni Ürünler</t>
+          <t>EV &amp;amp; OFİS ÜRÜNLERİ</t>
         </is>
       </c>
       <c r="E242" s="0" t="inlineStr">
         <is>
           <t>&amp;lt;p&amp;gt;&amp;lt;strong&amp;gt;Çelik 6 Oz 177 Ml İçecek Matarası&amp;lt;/strong&amp;gt;&amp;lt;/p&amp;gt;
 &amp;lt;ul&amp;gt;
 	&amp;lt;li&amp;gt;6 oz - 177&amp;amp;nbsp;ml hacim.&amp;lt;/li&amp;gt;
 	&amp;lt;li&amp;gt;304 &amp;amp;nbsp;paslanmaz çelik .&amp;lt;/li&amp;gt;
 	&amp;lt;li&amp;gt;Ürünün kapağı plastiktir.&amp;lt;/li&amp;gt;
 	&amp;lt;li&amp;gt;Boyutları 9&amp;amp;nbsp;cm. x 9,5&amp;amp;nbsp;cm. Kalınlık : 2 cm.&amp;lt;/li&amp;gt;
 	&amp;lt;li&amp;gt;Not: Ürünün içini ilk kullanımda mutlaka su koyup çalkalayarak yıkayınız.&amp;lt;/li&amp;gt;
 &amp;lt;/ul&amp;gt;
 </t>
         </is>
       </c>
       <c r="F242" s="0" t="n">
         <v>100</v>
       </c>
       <c r="G242" s="0" t="n">
         <v>231213175458</v>
       </c>
       <c r="H242" s="0"/>
       <c r="I242" s="0" t="n">
         <v>0</v>
       </c>
@@ -17558,115 +17558,115 @@
         </is>
       </c>
       <c r="N242" s="0"/>
       <c r="O242" s="0" t="inlineStr">
         <is>
           <t>0.00kg</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="243">
       <c r="A243" s="0" t="n">
         <v>298</v>
       </c>
       <c r="B243" s="0" t="inlineStr">
         <is>
           <t> Harley Davidson Matara 8 Oz (240 Ml) İçecek Matarası</t>
         </is>
       </c>
       <c r="C243" s="0" t="inlineStr">
         <is>
           <t>EV &amp;amp; OFİS ÜRÜNLERİ|MUTFAK ÜRÜNLERİ|HEDİYELİK EŞYA|KAMP VE OUTDOOR|Yeni Ürünler</t>
         </is>
       </c>
       <c r="D243" s="0" t="inlineStr">
         <is>
-          <t>KAMP VE OUTDOOR</t>
+          <t>EV &amp;amp; OFİS ÜRÜNLERİ</t>
         </is>
       </c>
       <c r="E243" s="0" t="inlineStr">
         <is>
           <t>&amp;lt;ul&amp;gt;
 	&amp;lt;li&amp;gt;İçecek matarası birinci sınıf paslanmaz çelikten üretilmiştir. Seyahat edenler şişe taşımaktansa bu şık ürünü taşıyabilirler Dekoratif olarak vitrinlerinizi süsleyebilir. İçecek matarası olarak kullanabilirsiniz. Ürün elde yıkama için uygundur. Şık kutusuyla güzel bir hediye alternatifi.&amp;lt;/li&amp;gt;
 	&amp;lt;li&amp;gt;Ürün yaklaşık 240 ml sıvı alır. (8 oz)&amp;lt;/li&amp;gt;
 	&amp;lt;li&amp;gt;Sıcak veya soğuk olarak yaklaşık 8 saat muhafaza eder&amp;lt;/li&amp;gt;
 	&amp;lt;li&amp;gt;Ürün Ölçüleri Kutu Ölçüsü: 14x19x4&amp;lt;/li&amp;gt;
 	&amp;lt;li&amp;gt;Matara Ölçüsü: 10x15x2,5&amp;amp;nbsp;&amp;lt;/li&amp;gt;
 &amp;lt;/ul&amp;gt;
 </t>
         </is>
       </c>
       <c r="F243" s="0" t="n">
         <v>150</v>
       </c>
       <c r="G243" s="0" t="n">
         <v>231213180738</v>
       </c>
       <c r="H243" s="0"/>
       <c r="I243" s="0" t="n">
-        <v>96</v>
+        <v>94</v>
       </c>
       <c r="J243" s="0" t="inlineStr">
         <is>
           <t>https://www.realtoptan.com/image/catalog/resimler/h4.jpg</t>
         </is>
       </c>
       <c r="K243" s="0" t="inlineStr">
         <is>
           <t>https://www.realtoptan.com/image/catalog/resimler/h2.jpg</t>
         </is>
       </c>
       <c r="L243" s="0" t="inlineStr">
         <is>
           <t>https://www.realtoptan.com/image/catalog/resimler/h1.jpg</t>
         </is>
       </c>
       <c r="M243" s="0"/>
       <c r="N243" s="0"/>
       <c r="O243" s="0" t="inlineStr">
         <is>
           <t>0.00kg</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="244">
       <c r="A244" s="0" t="n">
         <v>299</v>
       </c>
       <c r="B244" s="0" t="inlineStr">
         <is>
           <t>6'lı Çelik Metal Kaplama Viski Taşı Soğutma Buz Küpü</t>
         </is>
       </c>
       <c r="C244" s="0" t="inlineStr">
         <is>
           <t>EV &amp;amp; OFİS ÜRÜNLERİ|MUTFAK ÜRÜNLERİ|HEDİYELİK EŞYA|Yeni Ürünler</t>
         </is>
       </c>
       <c r="D244" s="0" t="inlineStr">
         <is>
-          <t>Yeni Ürünler</t>
+          <t>EV &amp;amp; OFİS ÜRÜNLERİ</t>
         </is>
       </c>
       <c r="E244" s="0" t="inlineStr">
         <is>
           <t>&amp;lt;p&amp;gt;6'lı&amp;amp;nbsp; Çelik Metal Gold Kaplama Viski Taşı Soğutma Buz Küpü Çelik Buz Küpleri Metal Soğutma Küpleri Hediyelik Çelik Viski Soğutma Taşı Seti Ürün viski için kullanımı daha yaygın olduğu için viski soğutma küpleri olarak geçse de her türlü soğuk içecek için kullanıma uygundur. · Buz küplerinin içerisi saf su ile doludur. Çelikten üretilmiştir. · Küplerin boyutu yaklaşık 2,7 cm x 2,7 cm ölçülerindedir. · Asla kimyasal zararlı vernik, cila vs kullanılmamıştır. · Ham bez pamuklu soğutma kesesi ile gönderilecektir. Kese buzluğun kokusunu taşlara geçmesini engeller. · Kutu içerisinde 6 adet Metal Soğutma taşı bulunmaktadır. · Kullanmadan önce yıkamanız önerilir. · Küpler buzdolabının buzluk bölümünde kutusunun içerisinden çıkan özel kesesi ile birlikte 3-4 saat kaldıktan sonra kullanmaya başlayabilirsiniz. Bir kadeh içeceğe 2 adet bu soğuk Buz küpünden bırakmanız yeterli olacaktır · Kullandıktan sonra ılık suyla yıkayıp tekrar kullanabilirsiniz. Bulaşık makinasında da yıkabilir. · Ürünlerimiz çok güzel bir hediyelik ürün olarak düşünülebilir. Not: Görseldeki kraf, şişe, bardak , maşa vb. aksesuarlar ürüne dahil olmayıp sadece görsel amaçlıdır. Viski taşı, viski ve diğer soğuk içeceklerinizin ısısını muhafaza eder. Viski taşı 21,6 derece bulunan yani oda sıcaklığındaki bir viskiyi yaklaşık 4 derece kadar soğutabilir. Viski taşı, viskiyi sulandırmadan soğutabilmesine ek olarak, soğutma derecesini belli bir seviyede tuttuğu için viskinin karakterini de bozmamış olur. Viski taşı, viskisini oda sıcaklığının biraz altında içmek isteyen ve bunu yaparken de viskisini sulandırmak istemeyen viski tutkunları için doğru bir tercih olacaktır. Sadece viski için değil, diğer tüm soğuk içeceklerde rahatlıkla kullanılabilir.&amp;lt;/p&amp;gt;
 </t>
         </is>
       </c>
       <c r="F244" s="0" t="n">
         <v>250</v>
       </c>
       <c r="G244" s="0" t="n">
         <v>231213181119</v>
       </c>
       <c r="H244" s="0"/>
       <c r="I244" s="0" t="n">
         <v>97</v>
       </c>
       <c r="J244" s="0" t="inlineStr">
         <is>
           <t>https://www.realtoptan.com/image/catalog/resimler/tas2.jpg</t>
         </is>
       </c>
       <c r="K244" s="0" t="inlineStr">
         <is>
@@ -17684,51 +17684,51 @@
         </is>
       </c>
       <c r="N244" s="0"/>
       <c r="O244" s="0" t="inlineStr">
         <is>
           <t>0.00kg</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="245">
       <c r="A245" s="0" t="n">
         <v>300</v>
       </c>
       <c r="B245" s="0" t="inlineStr">
         <is>
           <t>9 oz (266ml) Çelik Matara Hediye Seti İçecek Matarası 4 Shot Bardaklı</t>
         </is>
       </c>
       <c r="C245" s="0" t="inlineStr">
         <is>
           <t>EV &amp;amp; OFİS ÜRÜNLERİ|MUTFAK ÜRÜNLERİ|HEDİYELİK EŞYA|KAMP VE OUTDOOR|Yeni Ürünler</t>
         </is>
       </c>
       <c r="D245" s="0" t="inlineStr">
         <is>
-          <t>KAMP VE OUTDOOR</t>
+          <t>EV &amp;amp; OFİS ÜRÜNLERİ</t>
         </is>
       </c>
       <c r="E245" s="0" t="inlineStr">
         <is>
           <t>&amp;lt;ul&amp;gt;
 	&amp;lt;li&amp;gt;Çelik Matara Hediye Seti İçecek Matarası 4 Shot Bardaklı Muhteşem bir hediye seti&amp;lt;/li&amp;gt;
 	&amp;lt;li&amp;gt;9 oz luk matara ve bardaklarıyla hediye kutusunda tüm sevdiklerinize hediye edebilirsiniz.&amp;amp;nbsp;&amp;lt;/li&amp;gt;
 	&amp;lt;li&amp;gt;1 Adet 9 oz ( 266 ml ) Çelik Matara&amp;lt;/li&amp;gt;
 	&amp;lt;li&amp;gt;4 Adet çelik shot bardak&amp;lt;/li&amp;gt;
 	&amp;lt;li&amp;gt;1 Adet huni&amp;lt;/li&amp;gt;
 	&amp;lt;li&amp;gt;1 Adet hediye kutusu&amp;lt;/li&amp;gt;
 &amp;lt;/ul&amp;gt;
 </t>
         </is>
       </c>
       <c r="F245" s="0" t="n">
         <v>250</v>
       </c>
       <c r="G245" s="0" t="n">
         <v>231213182123</v>
       </c>
       <c r="H245" s="0"/>
       <c r="I245" s="0" t="n">
         <v>0</v>
       </c>
@@ -18055,51 +18055,51 @@
         <is>
           <t>HEDİYELİK EŞYA</t>
         </is>
       </c>
       <c r="E250" s="0" t="inlineStr">
         <is>
           <t>&amp;lt;ul&amp;gt;
 	&amp;lt;li&amp;gt;Çelik Matara Hediye Seti İçecek Matarası 4 Shot Bardaklı Muhteşem bir hediye seti&amp;lt;/li&amp;gt;
 	&amp;lt;li&amp;gt;9 oz luk matara ve bardaklarıyla hediye kutusunda tüm sevdiklerinize hediye edebilirsiniz.&amp;amp;nbsp;&amp;lt;/li&amp;gt;
 	&amp;lt;li&amp;gt;1 Adet 9 oz ( 266 ml ) Çelik Matara&amp;lt;/li&amp;gt;
 	&amp;lt;li&amp;gt;4 Adet çelik shot bardak&amp;lt;/li&amp;gt;
 	&amp;lt;li&amp;gt;1 Adet huni&amp;lt;/li&amp;gt;
 	&amp;lt;li&amp;gt;1 Adet hediye kutusu&amp;lt;/li&amp;gt;
 &amp;lt;/ul&amp;gt;
 </t>
         </is>
       </c>
       <c r="F250" s="0" t="n">
         <v>300</v>
       </c>
       <c r="G250" s="0" t="n">
         <v>240103142246</v>
       </c>
       <c r="H250" s="0"/>
       <c r="I250" s="0" t="n">
-        <v>98</v>
+        <v>0</v>
       </c>
       <c r="J250" s="0" t="inlineStr">
         <is>
           <t>https://www.realtoptan.com/image/catalog/resimler/matarrraa.png</t>
         </is>
       </c>
       <c r="K250" s="0"/>
       <c r="L250" s="0"/>
       <c r="M250" s="0"/>
       <c r="N250" s="0"/>
       <c r="O250" s="0" t="inlineStr">
         <is>
           <t>0.00kg</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="251">
       <c r="A251" s="0" t="n">
         <v>307</v>
       </c>
       <c r="B251" s="0" t="inlineStr">
         <is>
           <t>Katlanır Bardaklı Matara Set</t>
         </is>
       </c>
@@ -18326,51 +18326,51 @@
         <is>
           <t>EV &amp;amp; OFİS ÜRÜNLERİ|HEDİYELİK EŞYA|Yeni Ürünler</t>
         </is>
       </c>
       <c r="D254" s="0" t="inlineStr">
         <is>
           <t>EV &amp;amp; OFİS ÜRÜNLERİ</t>
         </is>
       </c>
       <c r="E254" s="0" t="inlineStr">
         <is>
           <t>&amp;lt;ul&amp;gt;
 	&amp;lt;li&amp;gt;Mini Ev Dikiş Makinesi Pedallı Sewıng Machine Mini Pratik Ev Dikiş Makinesi Işıklı Pedallı Bu ev tipi dikiş makinesi, çift iplikli, 2 vitesli, çift güçlü bir tasarıma sahiptir. Kolay iplik kesme için bir iplik kesici, çıkarılabilir bir ayak pedalı ve yerleşik Ön iplik geçirme, önceden ayarlanmış tansiyon ve otomatik sarma ile sorunsuz hemen dikiş yapabilmeniz için çok fonksiyonlu mini dikiş makineleri ev dikişinin neredeyse tüm ihtiyaçlarını karşılayabilir. Yeni başlayanlar için bu dikiş makinelerinde iki düğme, bir ayak düğmesi ve bir düğme bulunur. Çift iplikli tasarıma ve otomatik sarmaya sahiptir, bir iplik kesici ve kullanım kılavuzu ile donatılmıştır, ister yeni başlayan ister dikiş meraklısı olun, bu makineyi kolayca çalıştırabilirsiniz. Anneleriniz, büyükanneleriniz, eşleriniz, kızlarınız ve yeğenleriniz için bir hediye olarak uygundur, bu dikiş makinesinin sevimli görünümü onları cezbedecektir. Bu portatif dikiş makinesi sadece 1,6 pound ağırlığında ve gövdesi 7,68&amp;quot;*4,92&amp;quot;*7,87&amp;quot; dir. Hafif ve kompakt, dikişte kolaylık, enerji tasarrufu ve yerden tasarruf sağlamak üzere tasarlanmıştır. Her zaman, her yerde kullanmak için sırt çantanızda. Evde veya seyahat ederken yerinde bakım ve acil durum dikişi için çok uygundur. Pedallı bu mini dikiş makinesi, giysiler, çarşaflar, yastıklar, perdeler veya doğum günü hediyesi giysiler gibi çok kalın olmayan bazı kumaşları dikmek için uygundur. Hafif ve kompakt tasarım, ulaşılması zor yakaları, pantolonları ve daha fazlasını dikmeniz için uygundur. Düşük hız ve yüksek hız olmak üzere iki adet değiştirilebilir hıza sahiptir, dikiş becerilerinize uygun mükemmel dikiş kontrolü sağlar, hızlı dikiş ve tamir için ideal bir seçimdir. Bu küçük dikiş makinesi, güç adaptörü veya pil kaynağı kullanabilir. Evin gücü kapalı, dışarı çıkarken priz yok olsa bile AC/DC adaptör veya dört adet AA pil ile dikiş işlerinizi bitirmeye devam edebilirsiniz. Güvenlik nedeniyle, her iki güç kaynağı yöntemini aynı anda kullanmayın&amp;lt;/li&amp;gt;
 &amp;lt;/ul&amp;gt;
 </t>
         </is>
       </c>
       <c r="F254" s="0" t="n">
         <v>350</v>
       </c>
       <c r="G254" s="0" t="n">
         <v>240103144934</v>
       </c>
       <c r="H254" s="0"/>
       <c r="I254" s="0" t="n">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="J254" s="0" t="inlineStr">
         <is>
           <t>https://www.realtoptan.com/image/catalog/resimler/dikis.jpeg</t>
         </is>
       </c>
       <c r="K254" s="0" t="inlineStr">
         <is>
           <t>https://www.realtoptan.com/image/catalog/resimler/dikis2.jpg</t>
         </is>
       </c>
       <c r="L254" s="0" t="inlineStr">
         <is>
           <t>https://www.realtoptan.com/image/catalog/resimler/dikis3.jpg</t>
         </is>
       </c>
       <c r="M254" s="0" t="inlineStr">
         <is>
           <t>https://www.realtoptan.com/image/catalog/resimler/dikis4.jpg</t>
         </is>
       </c>
       <c r="N254" s="0"/>
       <c r="O254" s="0" t="inlineStr">
         <is>
           <t>0.00kg</t>
@@ -18627,58 +18627,58 @@
 			&amp;lt;p&amp;gt;&amp;lt;img alt=&amp;quot;&amp;quot; src=&amp;quot;https://images.hepsiburada.net/description-assets/description-prod-0/8af141e3-39c4-4580-bbea-514f6d0584c1.jpg&amp;quot; /&amp;gt;&amp;lt;/p&amp;gt;
 			&amp;lt;p&amp;gt;&amp;lt;img alt=&amp;quot;&amp;quot; src=&amp;quot;https://images.hepsiburada.net/description-assets/description-prod-0/deff97ba-954d-4cb8-a642-8e245d846d2f.jpg&amp;quot; /&amp;gt;&amp;lt;/p&amp;gt;
 			&amp;lt;p&amp;gt;&amp;lt;img alt=&amp;quot;&amp;quot; src=&amp;quot;https://images.hepsiburada.net/description-assets/description-prod-0/e47347ff-3291-408f-8305-ff0bbf0c28f8.jpg&amp;quot; /&amp;gt;&amp;lt;/p&amp;gt;
 			&amp;lt;p&amp;gt;&amp;lt;img alt=&amp;quot;&amp;quot; src=&amp;quot;https://images.hepsiburada.net/description-assets/description-prod-0/06942e4a-c2ad-4a14-b3b3-dd8e3b5db1ac.jpg&amp;quot; /&amp;gt;&amp;lt;/p&amp;gt;
 			&amp;lt;p&amp;gt;&amp;lt;img alt=&amp;quot;&amp;quot; src=&amp;quot;https://images.hepsiburada.net/description-assets/description-prod-0/cd20587a-1e6b-4235-9b72-9736900ff10c.jpg&amp;quot; /&amp;gt;&amp;lt;/p&amp;gt;
 			&amp;lt;p&amp;gt;&amp;lt;img alt=&amp;quot;&amp;quot; src=&amp;quot;https://images.hepsiburada.net/description-assets/description-prod-0/7e714f81-39f0-48a9-a7e5-85f74dc52b25.jpg&amp;quot; /&amp;gt;&amp;lt;/p&amp;gt;
 			&amp;lt;p&amp;gt;&amp;lt;img alt=&amp;quot;&amp;quot; src=&amp;quot;https://images.hepsiburada.net/description-assets/description-prod-0/843bca1b-c3d3-46f3-a8cd-0af4f5068909.jpg&amp;quot; /&amp;gt;&amp;lt;/p&amp;gt;
 			&amp;lt;p&amp;gt;&amp;lt;img alt=&amp;quot;&amp;quot; src=&amp;quot;https://images.hepsiburada.net/description-assets/description-prod-0/5983b1dc-5bed-450b-8455-33d97017cd3f.jpg&amp;quot; /&amp;gt;&amp;lt;/p&amp;gt;
 			&amp;lt;p&amp;gt;&amp;lt;img alt=&amp;quot;&amp;quot; src=&amp;quot;https://images.hepsiburada.net/description-assets/description-prod-0/8952164d-1aa6-4367-896d-6059c8f90517.jpg&amp;quot; /&amp;gt;&amp;lt;/p&amp;gt;
 			&amp;lt;p&amp;gt;&amp;lt;img alt=&amp;quot;&amp;quot; src=&amp;quot;https://images.hepsiburada.net/description-assets/description-prod-0/fd8428d3-4656-4bb6-81ed-18122da6b6a8.jpg&amp;quot; /&amp;gt;&amp;lt;/p&amp;gt;
 			&amp;lt;p&amp;gt;&amp;lt;strong&amp;gt;&amp;amp;nbsp;Araba Güneş Gölge Koruyucu Şemsiye Oto Ön Cam Güneşlik(145cm*79cm)&amp;lt;/strong&amp;gt;&amp;lt;/p&amp;gt;
 			&amp;lt;p&amp;gt;Aracınızı güneşin zararlı etkilerinden korumak ve aşırı ısınmayı engellemek için ALLY Güneşlik ideal bir seçim olacaktır.&amp;lt;/p&amp;gt;
 			&amp;lt;p&amp;gt;UPE alaşım materyalden üretilmiştir.&amp;lt;/p&amp;gt;
 			&amp;lt;p&amp;gt;Boyutlar: 145cm*79cm&amp;lt;/p&amp;gt;
 			&amp;lt;p&amp;gt;Sedan, SUV, Hatchback araçlar ile uyumludur.&amp;lt;/p&amp;gt;
 			&amp;lt;p&amp;gt;Şemsiye tasarımıyla saniyeler içinde pratik bir şekilde açıp kullanabilirsiniz.&amp;lt;/p&amp;gt;
 			&amp;lt;p&amp;gt;Güneşi engelleyerek araç iç yüzeylerinin yıpranmasına engel olur.&amp;lt;/p&amp;gt;
 			&amp;lt;/td&amp;gt;
 		&amp;lt;/tr&amp;gt;
 	&amp;lt;/tbody&amp;gt;
 &amp;lt;/table&amp;gt;
 </t>
         </is>
       </c>
       <c r="F258" s="0" t="n">
-        <v>250</v>
+        <v>200</v>
       </c>
       <c r="G258" s="0" t="n">
         <v>240115151415</v>
       </c>
       <c r="H258" s="0"/>
       <c r="I258" s="0" t="n">
-        <v>0</v>
+        <v>100</v>
       </c>
       <c r="J258" s="0" t="inlineStr">
         <is>
           <t>https://www.realtoptan.com/image/catalog/resimler/güneş.jpg</t>
         </is>
       </c>
       <c r="K258" s="0" t="inlineStr">
         <is>
           <t>https://www.realtoptan.com/image/catalog/resimler/güneş2.jpg</t>
         </is>
       </c>
       <c r="L258" s="0" t="inlineStr">
         <is>
           <t>https://www.realtoptan.com/image/catalog/resimler/güneş3.jpg</t>
         </is>
       </c>
       <c r="M258" s="0" t="inlineStr">
         <is>
           <t>https://www.realtoptan.com/image/catalog/resimler/güneş4.jpg</t>
         </is>
       </c>
       <c r="N258" s="0"/>
       <c r="O258" s="0" t="inlineStr">
         <is>
           <t>0.00kg</t>
@@ -18952,51 +18952,51 @@
         </is>
       </c>
       <c r="C262" s="0" t="inlineStr">
         <is>
           <t>MUTFAK ÜRÜNLERİ|HEDİYELİK EŞYA|Yeni Ürünler</t>
         </is>
       </c>
       <c r="D262" s="0" t="inlineStr">
         <is>
           <t>MUTFAK ÜRÜNLERİ</t>
         </is>
       </c>
       <c r="E262" s="0" t="inlineStr">
         <is>
           <t>&amp;lt;ul&amp;gt;
 	&amp;lt;li&amp;gt;Elma yemek ve soymak hiç bu kadar zevkli olmamıştı! Özellikle çocuklu ailelerin kaçırmaması gereken bir ürün. armut, ayva, patates ve turp soymak için de güvenle kullanabilirsiniz. Paslanmaz çelik bıçağı ile elmayı mükemmel incelikte soyar. Kullanımı kolaydır, meyve 3'lü çiviye saplanır, çevirme kolunu çevirince alet çalışır.Meyve yemeyen çocuklarınıza elma armut yemeyi sevdiren bir üründür.Güçlü vakum tabanı ile her yüzeye sabitlenir, kullanım sırasında kaymaz. Tüm bıçakları takıp çıkarılabilir özelliktedir.Ürün dökme demirden yapılmış olup bıçakları paslanmaz çelikten imal edilmiştir.Soyma bıçağı farklı kalınlıkta soymak için ayarlanabilir, oynar başlığı ile her boyda meyveyi rahatça soyar. Bıçak başlıklarını ayarlamak suretiyle dilerseniz sadece soyma, sadece dilimleme ve çekirdek çıkarma yapabilirsiniz.Temizlemesi ve yıkaması kolaydır. Okul kantinlerinde, restoranlarda, otellerde, mutfağınızda, piknikte kısacası her yerde rahatça kullanabilirsiniz.Elmaların kabuğunu kolay ve hızlıca soyar,elmanın çekirdeğini çıkartır, Meyveleri eşit spiral halkalar halinde dilimler, dekoratif bir görüntü oluşturur.Dilimler birbirinden ayrılmadan tek parça halinde çıkar.Kabukları ince ve düzgün bir şekilde soyar.Vakumlu alt kısmı sayesinde zemine kolayca sabitlenir ve kolay kullanım imkanı sunar. Ayrıca, elma turtası, elma mezesi, meyve salatası, kuru meyveler, patates, turp ve daha bir çok meyveyi soymak için idealdir.Soyulacak olan meyvelerin şekline göre otomatik olarak ayarlanır.Altındaki vantuz ile bulunduğu ortama kolayca tutunur. Ürün boyutları: Uzunluk :20 cm&amp;lt;/li&amp;gt;
 	&amp;lt;li&amp;gt;Yükseklik :14 cm&amp;lt;/li&amp;gt;
 	&amp;lt;li&amp;gt;Genişlik : 11 cm&amp;lt;/li&amp;gt;
 	&amp;lt;li&amp;gt;Paket içeriği: 1 adet elma dilimleme ve soyma makinesi&amp;lt;/li&amp;gt;
 	&amp;lt;li&amp;gt;Not : Karışık renklerde gönderilecektir.&amp;lt;/li&amp;gt;
 &amp;lt;/ul&amp;gt;
 </t>
         </is>
       </c>
       <c r="F262" s="0" t="n">
-        <v>300</v>
+        <v>350</v>
       </c>
       <c r="G262" s="0" t="n">
         <v>240115154439</v>
       </c>
       <c r="H262" s="0"/>
       <c r="I262" s="0" t="n">
         <v>100</v>
       </c>
       <c r="J262" s="0" t="inlineStr">
         <is>
           <t>https://www.realtoptan.com/image/catalog/resimler/elmaaaaaa.jpg</t>
         </is>
       </c>
       <c r="K262" s="0" t="inlineStr">
         <is>
           <t>https://www.realtoptan.com/image/catalog/resimler/elmaaaaaa2.jpg</t>
         </is>
       </c>
       <c r="L262" s="0" t="inlineStr">
         <is>
           <t>https://www.realtoptan.com/image/catalog/resimler/elmaaaaaa3.jpg</t>
         </is>
       </c>
       <c r="M262" s="0"/>
       <c r="N262" s="0"/>
@@ -19688,51 +19688,51 @@
       </c>
       <c r="M271" s="0"/>
       <c r="N271" s="0"/>
       <c r="O271" s="0" t="inlineStr">
         <is>
           <t>0.00kg</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="272">
       <c r="A272" s="0" t="n">
         <v>329</v>
       </c>
       <c r="B272" s="0" t="inlineStr">
         <is>
           <t>Sıcak LED sualtı gece lambası banyo yüzme havuz ışığı</t>
         </is>
       </c>
       <c r="C272" s="0" t="inlineStr">
         <is>
           <t>EV &amp;amp; OFİS ÜRÜNLERİ|HEDİYELİK EŞYA|KAMP VE OUTDOOR|Yeni Ürünler</t>
         </is>
       </c>
       <c r="D272" s="0" t="inlineStr">
         <is>
-          <t>Yeni Ürünler</t>
+          <t>EV &amp;amp; OFİS ÜRÜNLERİ</t>
         </is>
       </c>
       <c r="E272" s="0" t="inlineStr">
         <is>
           <t>&amp;lt;table border=&amp;quot;1&amp;quot;&amp;gt;
 	&amp;lt;tbody&amp;gt;
 		&amp;lt;tr&amp;gt;
 			&amp;lt;td&amp;gt;&amp;lt;strong&amp;gt;Ürün adı&amp;lt;/strong&amp;gt;&amp;lt;/td&amp;gt;
 			&amp;lt;td&amp;gt;Sıcak LED sualtı gece lambası banyo yüzme havuz ışığı&amp;amp;nbsp; &amp;amp;nbsp; &amp;amp;nbsp; &amp;amp;nbsp;&amp;lt;/td&amp;gt;
 		&amp;lt;/tr&amp;gt;
 		&amp;lt;tr&amp;gt;
 			&amp;lt;td&amp;gt;&amp;lt;strong&amp;gt;Anahtarı&amp;lt;/strong&amp;gt;&amp;lt;/td&amp;gt;
 			&amp;lt;td&amp;gt;Üst düğme&amp;lt;/td&amp;gt;
 		&amp;lt;/tr&amp;gt;
 		&amp;lt;tr&amp;gt;
 			&amp;lt;td&amp;gt;&amp;lt;strong&amp;gt;Çalışma&amp;lt;/strong&amp;gt;&amp;lt;/td&amp;gt;
 			&amp;lt;td&amp;gt;Kolay açma/kapama fonksiyonu&amp;lt;/td&amp;gt;
 		&amp;lt;/tr&amp;gt;
 		&amp;lt;tr&amp;gt;
 			&amp;lt;td&amp;gt;&amp;lt;strong&amp;gt;Model&amp;lt;/strong&amp;gt;&amp;lt;/td&amp;gt;
 			&amp;lt;td&amp;gt;7 ışık deseni modu&amp;lt;/td&amp;gt;
 		&amp;lt;/tr&amp;gt;
 		&amp;lt;tr&amp;gt;
 			&amp;lt;td&amp;gt;&amp;lt;strong&amp;gt;Ürün boyutu&amp;lt;/strong&amp;gt;&amp;lt;/td&amp;gt;
 			&amp;lt;td&amp;gt;(H) 8.5cm * (L)10.5cm * (W)10.5cm&amp;lt;/td&amp;gt;
@@ -20820,51 +20820,51 @@
       </c>
       <c r="M280" s="0"/>
       <c r="N280" s="0"/>
       <c r="O280" s="0" t="inlineStr">
         <is>
           <t>0.00kg</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="281">
       <c r="A281" s="0" t="n">
         <v>338</v>
       </c>
       <c r="B281" s="0" t="inlineStr">
         <is>
           <t>Koruyucu Su Geçirmez Motosiklet Diz pedi</t>
         </is>
       </c>
       <c r="C281" s="0" t="inlineStr">
         <is>
           <t>HEDİYELİK EŞYA|OTO AKSESUARLARI|KAMP VE OUTDOOR|Yeni Ürünler</t>
         </is>
       </c>
       <c r="D281" s="0" t="inlineStr">
         <is>
-          <t>Yeni Ürünler</t>
+          <t>HEDİYELİK EŞYA</t>
         </is>
       </c>
       <c r="E281" s="0" t="inlineStr">
         <is>
           <t>&amp;lt;h2&amp;gt;Genel Bakış&amp;lt;br /&amp;gt;
 1. Dayanıklı malzeme: gece veya düşük ışık koşullarında görünürlüğünüzü artırın. Bisiklet bacak müşterilerimizle benzersiz yansıtıcı şeritler, maksimum güvenlik sağlar.&amp;lt;br /&amp;gt;
 2. Warm ve polar: bizim bisiklet bacak ısıtıcıları aşınmaya dayanıklı polar ve kalınlaşmış malzeme yumuşak ve rahat yalıtım sağlar. Soğuk rüzgarı etkili bir şekilde engellerler ve daha rahat ve daha sıcak bir yolculuğun keyfini çıkarmanızı sağlar.&amp;lt;br /&amp;gt;
 3. Gelişmiş koruma: hava koşullarına dayanıklı kapsama sunan bisiklet bacak ısıtıcılarımızla bir sonraki bisiklet sürüşünüz için vites. Gelişmiş tekniklerle hazırlanmış, yağmurlu ve karlı havalarda nem penetration syonunu önler, gelişmiş koruma ve ideal konfor sağlar.&amp;lt;br /&amp;gt;
 4. Süper kavrama: bizim bisiklet bacak ısıtıcıları ile soğuk hava bisiklet sırasında güveninizi artırın. Bir fermuar ile sabitlenmiş kaymaz sapan, bacak boyutunuza ve eğrilerinize uyum sağlar ve tüm vücut tipleri için güvenli ve destekleyici bir uyum sağlar. Kaymaya veda et ve endişesiz sürüşlere merhaba.&amp;lt;br /&amp;gt;
 5. Çok fonksiyonlu: yürüyüş, balık tutma veya diğer açık hava aktivitelerinden hoşlanıyorsanız, bu bisiklet bacak ısıtıcıları kış seyahati için bir zorunluluktur. Bisiklet, motosiklet ve diğer araçlarla uyumludur ve farklı sıcaklık ve konfor ihtiyaçlarını karşılayabilir.&amp;lt;/h2&amp;gt;
 &amp;lt;p&amp;gt;&amp;lt;strong&amp;gt;Açıklama:&amp;lt;/strong&amp;gt;&amp;lt;br /&amp;gt;
 Ayrıca sıcak ve kuru tutarken görünürlüğü artırmak için tasarlanan bu bacak ısıtıcıları, yürüyüş, balıkçılık ve daha fazlası sırasında kaymayı önlemek için kaymaz bir askıya sahiptir. Ayrıca, nem penetration syonunu önlemek için mükemmeldir, hava ne olursa olsun rahat kalmanızı sağlar.&amp;lt;br /&amp;gt;
 &amp;lt;br /&amp;gt;
 &amp;lt;strong&amp;gt;Ürün Özellikleri&amp;lt;/strong&amp;gt;&amp;lt;br /&amp;gt;
 Malzeme: kadife&amp;lt;br /&amp;gt;
 Ürün boyutu: 70cm&amp;lt;br /&amp;gt;
 Çevresi: 40-72cm&amp;lt;br /&amp;gt;
 Uygulanabilir yükseklik 165cm&amp;lt;br /&amp;gt;
 Uygulanabilir ağırlık: 100-130kg&amp;lt;/p&amp;gt;
 &amp;lt;p&amp;gt;Paket İçeriği: 1 çift diz pedi&amp;lt;br /&amp;gt;
 &amp;amp;nbsp;&amp;lt;img src=&amp;quot;https://ae01.alicdn.com/kf/S3d61a90a05df41bc9cc90e84cdbaf287p.jpg&amp;quot; /&amp;gt;&amp;amp;nbsp;&amp;lt;img src=&amp;quot;https://ae01.alicdn.com/kf/Sce916ce5952941babd88f76067c5fe32B.jpg&amp;quot; /&amp;gt;&amp;amp;nbsp;&amp;lt;img src=&amp;quot;https://ae01.alicdn.com/kf/S79489b60e4064bd88ed105f0ec4e90beX.jpg&amp;quot; /&amp;gt;&amp;amp;nbsp;&amp;lt;img src=&amp;quot;https://ae01.alicdn.com/kf/S914bc43d0bb640e1acdbc41a322ec2e5e.jpg&amp;quot; /&amp;gt;&amp;amp;nbsp;&amp;lt;img src=&amp;quot;https://ae01.alicdn.com/kf/S121d2045a78149cf97d26e5f4e3fff757.jpg&amp;quot; /&amp;gt;&amp;amp;nbsp;&amp;lt;img src=&amp;quot;https://ae01.alicdn.com/kf/S2684432efa884e2e85851422bb1fc713E.jpg&amp;quot; /&amp;gt;&amp;amp;nbsp;&amp;lt;img src=&amp;quot;https://ae01.alicdn.com/kf/S63f0de9034fd4d7fbafc2addf687d05cJ.jpg&amp;quot; /&amp;gt;&amp;amp;nbsp;&amp;lt;img src=&amp;quot;https://ae01.alicdn.com/kf/S2f5ed1a33d7d45928c43424c7ae51f3cc.jpg&amp;quot; /&amp;gt;&amp;lt;/p&amp;gt;
 </t>
         </is>
       </c>
       <c r="F281" s="0" t="n">
@@ -21620,51 +21620,51 @@
       <c r="L291" s="0"/>
       <c r="M291" s="0"/>
       <c r="N291" s="0"/>
       <c r="O291" s="0" t="inlineStr">
         <is>
           <t>0.00kg</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="292">
       <c r="A292" s="0" t="n">
         <v>350</v>
       </c>
       <c r="B292" s="0" t="inlineStr">
         <is>
           <t>Harley Davidson Matara 6 Oz (177 Ml) İçecek Matarası</t>
         </is>
       </c>
       <c r="C292" s="0" t="inlineStr">
         <is>
           <t>EV &amp;amp; OFİS ÜRÜNLERİ|HEDİYELİK EŞYA|TV ÜRÜNLERİ|Yeni Ürünler</t>
         </is>
       </c>
       <c r="D292" s="0" t="inlineStr">
         <is>
-          <t>Yeni Ürünler</t>
+          <t>EV &amp;amp; OFİS ÜRÜNLERİ</t>
         </is>
       </c>
       <c r="E292" s="0" t="inlineStr">
         <is>
           <t>&amp;lt;ul&amp;gt;
 	&amp;lt;li&amp;gt;İçecek matarası birinci sınıf paslanmaz çelikten üretilmiştir. Seyahat edenler şişe taşımaktansa bu şık ürünü taşıyabilirler Dekoratif olarak vitrinlerinizi süsleyebilir. Konyak matarası, içki matarası olarak kullanabilirsiniz. Ürün elde yıkama için uygundur. Şık kutusuyla güzel bir hediye alternatifi.&amp;lt;/li&amp;gt;
 	&amp;lt;li&amp;gt;Ürün yaklaşık 177&amp;amp;nbsp;ml sıvı alır. (6&amp;amp;nbsp;oz)&amp;lt;/li&amp;gt;
 	&amp;lt;li&amp;gt;Sıcak veya soğuk olarak yaklaşık 8 saat muhafaza eder&amp;lt;/li&amp;gt;
 	&amp;lt;li&amp;gt;Ürün Ölçüleri Kutu Ölçüsü: 14x19x4&amp;lt;/li&amp;gt;
 	&amp;lt;li&amp;gt;Matara Ölçüsü: 9x13x2,5&amp;amp;nbsp;&amp;lt;/li&amp;gt;
 &amp;lt;/ul&amp;gt;
 </t>
         </is>
       </c>
       <c r="F292" s="0" t="n">
         <v>140</v>
       </c>
       <c r="G292" s="0" t="n">
         <v>240805002657</v>
       </c>
       <c r="H292" s="0"/>
       <c r="I292" s="0" t="n">
         <v>0</v>
       </c>
       <c r="J292" s="0" t="inlineStr">
@@ -21680,51 +21680,51 @@
       <c r="L292" s="0"/>
       <c r="M292" s="0"/>
       <c r="N292" s="0"/>
       <c r="O292" s="0" t="inlineStr">
         <is>
           <t>0.00kg</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="293">
       <c r="A293" s="0" t="n">
         <v>351</v>
       </c>
       <c r="B293" s="0" t="inlineStr">
         <is>
           <t>Harley Davidson Matara 7 Oz (207 Ml) İçecek Matarası</t>
         </is>
       </c>
       <c r="C293" s="0" t="inlineStr">
         <is>
           <t>EV &amp;amp; OFİS ÜRÜNLERİ|HEDİYELİK EŞYA|TV ÜRÜNLERİ|KAMP VE OUTDOOR|Yeni Ürünler</t>
         </is>
       </c>
       <c r="D293" s="0" t="inlineStr">
         <is>
-          <t>KAMP VE OUTDOOR</t>
+          <t>EV &amp;amp; OFİS ÜRÜNLERİ</t>
         </is>
       </c>
       <c r="E293" s="0" t="inlineStr">
         <is>
           <t>&amp;lt;ul&amp;gt;
 	&amp;lt;li&amp;gt;&amp;amp;nbsp;İçecek matarası birinci sınıf paslanmaz çelikten üretilmiştir. Seyahat edenler şişe taşımaktansa bu şık ürünü taşıyabilirler Dekoratif olarak vitrinlerinizi süsleyebilir. İçecek&amp;amp;nbsp;matarası olarak kullanabilirsiniz. Ürün elde yıkama için uygundur. Şık kutusuyla güzel bir hediye alternatifi.&amp;lt;/li&amp;gt;
 	&amp;lt;li&amp;gt;Ürün yaklaşık 177&amp;amp;nbsp;ml sıvı alır. (7&amp;amp;nbsp;oz)&amp;lt;/li&amp;gt;
 	&amp;lt;li&amp;gt;Sıcak veya soğuk olarak yaklaşık 8 saat muhafaza eder&amp;lt;/li&amp;gt;
 	&amp;lt;li&amp;gt;Ürün Ölçüleri Kutu Ölçüsü: 14x19x4&amp;lt;/li&amp;gt;
 	&amp;lt;li&amp;gt;Matara Ölçüsü: 10x15x2,5&amp;amp;nbsp;&amp;lt;/li&amp;gt;
 &amp;lt;/ul&amp;gt;
 </t>
         </is>
       </c>
       <c r="F293" s="0" t="n">
         <v>140</v>
       </c>
       <c r="G293" s="0" t="n">
         <v>240805002810</v>
       </c>
       <c r="H293" s="0"/>
       <c r="I293" s="0" t="n">
         <v>100</v>
       </c>
       <c r="J293" s="0" t="inlineStr">
@@ -21740,51 +21740,51 @@
       <c r="L293" s="0"/>
       <c r="M293" s="0"/>
       <c r="N293" s="0"/>
       <c r="O293" s="0" t="inlineStr">
         <is>
           <t>0.00kg</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="294">
       <c r="A294" s="0" t="n">
         <v>352</v>
       </c>
       <c r="B294" s="0" t="inlineStr">
         <is>
           <t>Harley Davidson Matara 9 Oz (270 Ml) İçecek Matarası</t>
         </is>
       </c>
       <c r="C294" s="0" t="inlineStr">
         <is>
           <t>EV &amp;amp; OFİS ÜRÜNLERİ|HEDİYELİK EŞYA|TV ÜRÜNLERİ|Yeni Ürünler</t>
         </is>
       </c>
       <c r="D294" s="0" t="inlineStr">
         <is>
-          <t>Yeni Ürünler</t>
+          <t>EV &amp;amp; OFİS ÜRÜNLERİ</t>
         </is>
       </c>
       <c r="E294" s="0" t="inlineStr">
         <is>
           <t>&amp;lt;ul&amp;gt;
 	&amp;lt;li&amp;gt;&amp;amp;nbsp;İçecek matarası birinci sınıf paslanmaz çelikten üretilmiştir. Seyahat edenler şişe taşımaktansa bu şık ürünü taşıyabilirler Dekoratif olarak vitrinlerinizi süsleyebilir. İçecek matarası olarak kullanabilirsiniz. Ürün elde yıkama için uygundur. Şık kutusuyla güzel bir hediye alternatifi.&amp;lt;/li&amp;gt;
 	&amp;lt;li&amp;gt;Ürün yaklaşık 270 ml sıvı alır. (9&amp;amp;nbsp;oz)&amp;lt;/li&amp;gt;
 	&amp;lt;li&amp;gt;Sıcak veya soğuk olarak yaklaşık 8 saat muhafaza eder&amp;lt;/li&amp;gt;
 	&amp;lt;li&amp;gt;Ürün Ölçüleri Kutu Ölçüsü: 14x19x4&amp;lt;/li&amp;gt;
 	&amp;lt;li&amp;gt;Matara Ölçüsü: 10x15x2,5&amp;amp;nbsp;&amp;lt;/li&amp;gt;
 &amp;lt;/ul&amp;gt;
 </t>
         </is>
       </c>
       <c r="F294" s="0" t="n">
         <v>160</v>
       </c>
       <c r="G294" s="0" t="n">
         <v>240805002933</v>
       </c>
       <c r="H294" s="0"/>
       <c r="I294" s="0" t="n">
         <v>93</v>
       </c>
       <c r="J294" s="0" t="inlineStr">
@@ -21800,120 +21800,120 @@
       <c r="L294" s="0"/>
       <c r="M294" s="0"/>
       <c r="N294" s="0"/>
       <c r="O294" s="0" t="inlineStr">
         <is>
           <t>0.00kg</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="295">
       <c r="A295" s="0" t="n">
         <v>353</v>
       </c>
       <c r="B295" s="0" t="inlineStr">
         <is>
           <t>Çelik 5 Oz 147 Ml İçecek Matarası</t>
         </is>
       </c>
       <c r="C295" s="0" t="inlineStr">
         <is>
           <t>EV &amp;amp; OFİS ÜRÜNLERİ|HEDİYELİK EŞYA|TV ÜRÜNLERİ|KAMP VE OUTDOOR|Yeni Ürünler</t>
         </is>
       </c>
       <c r="D295" s="0" t="inlineStr">
         <is>
-          <t>KAMP VE OUTDOOR</t>
+          <t>EV &amp;amp; OFİS ÜRÜNLERİ</t>
         </is>
       </c>
       <c r="E295" s="0" t="inlineStr">
         <is>
           <t>&amp;lt;p&amp;gt;&amp;lt;strong&amp;gt;Çelik 5 Oz 177 Ml İçecek Matarası&amp;lt;/strong&amp;gt;&amp;lt;/p&amp;gt;
 &amp;lt;ul&amp;gt;
 	&amp;lt;li&amp;gt;5 oz - 147&amp;amp;nbsp;ml hacim.&amp;lt;/li&amp;gt;
 	&amp;lt;li&amp;gt;304 &amp;amp;nbsp;paslanmaz çelik .&amp;lt;/li&amp;gt;
 	&amp;lt;li&amp;gt;Ürünün kapağı plastiktir.&amp;lt;/li&amp;gt;
 	&amp;lt;li&amp;gt;Boyutları 9&amp;amp;nbsp;cm. x 9,5&amp;amp;nbsp;cm. Kalınlık : 2 cm.&amp;lt;/li&amp;gt;
 	&amp;lt;li&amp;gt;Not: Ürünün içini ilk kullanımda mutlaka su koyup çalkalayarak yıkayınız.&amp;lt;/li&amp;gt;
 &amp;lt;/ul&amp;gt;
 </t>
         </is>
       </c>
       <c r="F295" s="0" t="n">
         <v>90</v>
       </c>
       <c r="G295" s="0" t="n">
         <v>240805003046</v>
       </c>
       <c r="H295" s="0"/>
       <c r="I295" s="0" t="n">
-        <v>95</v>
+        <v>0</v>
       </c>
       <c r="J295" s="0" t="inlineStr">
         <is>
           <t>https://www.realtoptan.com/image/catalog/resimler/oz.jpg</t>
         </is>
       </c>
       <c r="K295" s="0" t="inlineStr">
         <is>
           <t>https://www.realtoptan.com/image/catalog/resimler/oz4.jpg</t>
         </is>
       </c>
       <c r="L295" s="0" t="inlineStr">
         <is>
           <t>https://www.realtoptan.com/image/catalog/resimler/oz3.jpg</t>
         </is>
       </c>
       <c r="M295" s="0" t="inlineStr">
         <is>
           <t>https://www.realtoptan.com/image/catalog/resimler/oz2.jpg</t>
         </is>
       </c>
       <c r="N295" s="0"/>
       <c r="O295" s="0" t="inlineStr">
         <is>
           <t>0.00kg</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="296">
       <c r="A296" s="0" t="n">
         <v>354</v>
       </c>
       <c r="B296" s="0" t="inlineStr">
         <is>
           <t>Çelik 7 Oz 207 Ml İçecek Matarası</t>
         </is>
       </c>
       <c r="C296" s="0" t="inlineStr">
         <is>
           <t>EV &amp;amp; OFİS ÜRÜNLERİ|HEDİYELİK EŞYA|KAMP VE OUTDOOR|Yeni Ürünler</t>
         </is>
       </c>
       <c r="D296" s="0" t="inlineStr">
         <is>
-          <t>Yeni Ürünler</t>
+          <t>EV &amp;amp; OFİS ÜRÜNLERİ</t>
         </is>
       </c>
       <c r="E296" s="0" t="inlineStr">
         <is>
           <t>&amp;lt;p&amp;gt;&amp;lt;strong&amp;gt;Çelik 7 Oz 207 Ml İçecek Matarası&amp;lt;/strong&amp;gt;&amp;lt;/p&amp;gt;
 &amp;lt;ul&amp;gt;
 	&amp;lt;li&amp;gt;7 oz - 207&amp;amp;nbsp;ml hacim.&amp;lt;/li&amp;gt;
 	&amp;lt;li&amp;gt;304 &amp;amp;nbsp;paslanmaz çelik .&amp;lt;/li&amp;gt;
 	&amp;lt;li&amp;gt;Ürünün kapağı plastiktir.&amp;lt;/li&amp;gt;
 	&amp;lt;li&amp;gt;Boyutları 9&amp;amp;nbsp;cm. x 9,5&amp;amp;nbsp;cm. Kalınlık : 2 cm.&amp;lt;/li&amp;gt;
 	&amp;lt;li&amp;gt;Not: Ürünün içini ilk kullanımda mutlaka su koyup çalkalayarak yıkayınız.&amp;lt;/li&amp;gt;
 &amp;lt;/ul&amp;gt;
 </t>
         </is>
       </c>
       <c r="F296" s="0" t="n">
         <v>110</v>
       </c>
       <c r="G296" s="0" t="n">
         <v>240805003202</v>
       </c>
       <c r="H296" s="0"/>
       <c r="I296" s="0" t="n">
         <v>0</v>
       </c>
@@ -21938,51 +21938,51 @@
         </is>
       </c>
       <c r="N296" s="0"/>
       <c r="O296" s="0" t="inlineStr">
         <is>
           <t>0.00kg</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="297">
       <c r="A297" s="0" t="n">
         <v>355</v>
       </c>
       <c r="B297" s="0" t="inlineStr">
         <is>
           <t>Çelik 8 Oz 240 Ml İçecek Matarası</t>
         </is>
       </c>
       <c r="C297" s="0" t="inlineStr">
         <is>
           <t>EV &amp;amp; OFİS ÜRÜNLERİ|HEDİYELİK EŞYA|KAMP VE OUTDOOR|Yeni Ürünler</t>
         </is>
       </c>
       <c r="D297" s="0" t="inlineStr">
         <is>
-          <t>Yeni Ürünler</t>
+          <t>EV &amp;amp; OFİS ÜRÜNLERİ</t>
         </is>
       </c>
       <c r="E297" s="0" t="inlineStr">
         <is>
           <t>&amp;lt;p&amp;gt;&amp;lt;strong&amp;gt;Çelik 8 Oz 240 Ml İçecekMatarası&amp;lt;/strong&amp;gt;&amp;lt;/p&amp;gt;
 &amp;lt;ul&amp;gt;
 	&amp;lt;li&amp;gt;8 oz - 240&amp;amp;nbsp;ml hacim.&amp;lt;/li&amp;gt;
 	&amp;lt;li&amp;gt;304 &amp;amp;nbsp;paslanmaz çelik .&amp;lt;/li&amp;gt;
 	&amp;lt;li&amp;gt;Ürünün kapağı plastiktir.&amp;lt;/li&amp;gt;
 	&amp;lt;li&amp;gt;Boyutları 9&amp;amp;nbsp;cm. x 9,5&amp;amp;nbsp;cm. Kalınlık : 2 cm.&amp;lt;/li&amp;gt;
 	&amp;lt;li&amp;gt;Not: Ürünün içini ilk kullanımda mutlaka su koyup çalkalayarak yıkayınız.&amp;lt;/li&amp;gt;
 &amp;lt;/ul&amp;gt;
 </t>
         </is>
       </c>
       <c r="F297" s="0" t="n">
         <v>120</v>
       </c>
       <c r="G297" s="0" t="n">
         <v>240805003351</v>
       </c>
       <c r="H297" s="0"/>
       <c r="I297" s="0" t="n">
         <v>0</v>
       </c>
@@ -22007,51 +22007,51 @@
         </is>
       </c>
       <c r="N297" s="0"/>
       <c r="O297" s="0" t="inlineStr">
         <is>
           <t>0.00kg</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="298">
       <c r="A298" s="0" t="n">
         <v>356</v>
       </c>
       <c r="B298" s="0" t="inlineStr">
         <is>
           <t>Çelik 9 Oz 277 Ml İçecek Matarası</t>
         </is>
       </c>
       <c r="C298" s="0" t="inlineStr">
         <is>
           <t>EV &amp;amp; OFİS ÜRÜNLERİ|HEDİYELİK EŞYA|KAMP VE OUTDOOR|Yeni Ürünler</t>
         </is>
       </c>
       <c r="D298" s="0" t="inlineStr">
         <is>
-          <t>Yeni Ürünler</t>
+          <t>EV &amp;amp; OFİS ÜRÜNLERİ</t>
         </is>
       </c>
       <c r="E298" s="0" t="inlineStr">
         <is>
           <t>&amp;lt;p&amp;gt;&amp;lt;strong&amp;gt;Çelik 9 Oz 277 Ml İçecekMatarası&amp;lt;/strong&amp;gt;&amp;lt;/p&amp;gt;
 &amp;lt;ul&amp;gt;
 	&amp;lt;li&amp;gt;9 oz - 277&amp;amp;nbsp;ml hacim.&amp;lt;/li&amp;gt;
 	&amp;lt;li&amp;gt;304 &amp;amp;nbsp;paslanmaz çelik .&amp;lt;/li&amp;gt;
 	&amp;lt;li&amp;gt;Ürünün kapağı plastiktir.&amp;lt;/li&amp;gt;
 	&amp;lt;li&amp;gt;Boyutları 9&amp;amp;nbsp;cm. x 9,5&amp;amp;nbsp;cm. Kalınlık : 2 cm.&amp;lt;/li&amp;gt;
 	&amp;lt;li&amp;gt;Not: Ürünün içini ilk kullanımda mutlaka su koyup çalkalayarak yıkayınız.&amp;lt;/li&amp;gt;
 &amp;lt;/ul&amp;gt;
 </t>
         </is>
       </c>
       <c r="F298" s="0" t="n">
         <v>130</v>
       </c>
       <c r="G298" s="0" t="n">
         <v>240805003351</v>
       </c>
       <c r="H298" s="0"/>
       <c r="I298" s="0" t="n">
         <v>0</v>
       </c>
@@ -22076,51 +22076,51 @@
         </is>
       </c>
       <c r="N298" s="0"/>
       <c r="O298" s="0" t="inlineStr">
         <is>
           <t>0.00kg</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="299">
       <c r="A299" s="0" t="n">
         <v>357</v>
       </c>
       <c r="B299" s="0" t="inlineStr">
         <is>
           <t>Harley Davidson Matara 5 Oz (147 Ml) İçecek Viski Konyak Matarası</t>
         </is>
       </c>
       <c r="C299" s="0" t="inlineStr">
         <is>
           <t>EV &amp;amp; OFİS ÜRÜNLERİ|HEDİYELİK EŞYA|TV ÜRÜNLERİ|Yeni Ürünler</t>
         </is>
       </c>
       <c r="D299" s="0" t="inlineStr">
         <is>
-          <t>Yeni Ürünler</t>
+          <t>EV &amp;amp; OFİS ÜRÜNLERİ</t>
         </is>
       </c>
       <c r="E299" s="0" t="inlineStr">
         <is>
           <t>&amp;lt;ul&amp;gt;
 	&amp;lt;li&amp;gt;&amp;amp;nbsp;Konyak matarası birinci sınıf paslanmaz çelikten üretilmiştir. Seyahat edenler şişe taşımaktansa bu şık ürünü taşıyabilirler Dekoratif olarak vitrinlerinizi süsleyebilir. İçecek matarası olarak kullanabilirsiniz. Ürün elde yıkama için uygundur. Şık kutusuyla güzel bir hediye alternatifi.&amp;lt;/li&amp;gt;
 	&amp;lt;li&amp;gt;Ürün yaklaşık 147&amp;amp;nbsp;ml sıvı alır. (5&amp;amp;nbsp;oz)&amp;lt;/li&amp;gt;
 	&amp;lt;li&amp;gt;Sıcak veya soğuk olarak yaklaşık 8 saat muhafaza eder&amp;lt;/li&amp;gt;
 	&amp;lt;li&amp;gt;Ürün Ölçüleri Kutu Ölçüsü: 14x19x4&amp;lt;/li&amp;gt;
 	&amp;lt;li&amp;gt;Matara Ölçüsü: 10x15x2,5&amp;amp;nbsp;&amp;lt;/li&amp;gt;
 &amp;lt;/ul&amp;gt;
 </t>
         </is>
       </c>
       <c r="F299" s="0" t="n">
         <v>120</v>
       </c>
       <c r="G299" s="0" t="n">
         <v>240805002933</v>
       </c>
       <c r="H299" s="0"/>
       <c r="I299" s="0" t="n">
         <v>99</v>
       </c>
       <c r="J299" s="0" t="inlineStr">
@@ -22410,51 +22410,51 @@
         </is>
       </c>
       <c r="N303" s="0"/>
       <c r="O303" s="0" t="inlineStr">
         <is>
           <t>0.00kg</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="304">
       <c r="A304" s="0" t="n">
         <v>362</v>
       </c>
       <c r="B304" s="0" t="inlineStr">
         <is>
           <t>Kıyma ve Salça Çekme Makinesi</t>
         </is>
       </c>
       <c r="C304" s="0" t="inlineStr">
         <is>
           <t>EV &amp;amp; OFİS ÜRÜNLERİ|MUTFAK ÜRÜNLERİ|TV ÜRÜNLERİ|Yeni Ürünler</t>
         </is>
       </c>
       <c r="D304" s="0" t="inlineStr">
         <is>
-          <t>Yeni Ürünler</t>
+          <t>EV &amp;amp; OFİS ÜRÜNLERİ</t>
         </is>
       </c>
       <c r="E304" s="0" t="inlineStr">
         <is>
           <t>&amp;lt;p&amp;gt;&amp;lt;strong&amp;gt;Ürün&amp;amp;nbsp;&amp;lt;/strong&amp;gt;&amp;lt;strong&amp;gt;Özellikleri&amp;lt;/strong&amp;gt;:&amp;lt;br /&amp;gt;
 Ev yapımı köfte, sosis vb. için sığır eti kıyabilirsiniz.&amp;lt;br /&amp;gt;
 Tavuk, hindi, balık, geyik eti gibi etleri kıyabilirsiniz.&amp;lt;br /&amp;gt;
 Penne, tagliatelle, fusilli ,spiral ve spagetti vb. makarna yapabilirsiniz.&amp;lt;br /&amp;gt;
 Kompakt ve Taşınabilir.&amp;lt;br /&amp;gt;
 Kolay temizlenir.&amp;lt;/p&amp;gt;
 &amp;lt;p&amp;gt;&amp;lt;strong&amp;gt;Kutu İçeriği:&amp;lt;/strong&amp;gt;&amp;lt;br /&amp;gt;
 Bir sosis hunisi&amp;lt;br /&amp;gt;
 Paslanmaz çelik bıçaklar&amp;lt;br /&amp;gt;
 Kaba kıyma plakası&amp;lt;br /&amp;gt;
 İnce kıyma plakası&amp;lt;/p&amp;gt;
 </t>
         </is>
       </c>
       <c r="F304" s="0" t="n">
         <v>300</v>
       </c>
       <c r="G304" s="0" t="n">
         <v>240930134354</v>
       </c>
       <c r="H304" s="0"/>
@@ -22500,58 +22500,58 @@
       </c>
       <c r="D305" s="0" t="inlineStr">
         <is>
           <t>KİŞİSEL BAKIM</t>
         </is>
       </c>
       <c r="E305" s="0" t="inlineStr">
         <is>
           <t>&amp;lt;p&amp;gt;&amp;lt;strong&amp;gt;Spin Spa Duş ve Vücut Masaj Seti&amp;lt;/strong&amp;gt;&amp;lt;/p&amp;gt;
 &amp;lt;p&amp;gt;-Spin spa elektronik duş fırçası seti Vücudunuzdaki ölü deriyi atmanızı sağlayacak.&amp;lt;br /&amp;gt;
 &amp;lt;br /&amp;gt;
 -Spin spa ile spa merkezlerinde aldığınız hizmeti evinize taşıyacaksınız.&amp;lt;br /&amp;gt;
 &amp;lt;br /&amp;gt;
 -Her gün spa keyfini yaşamanızı sağlayacak setle kusursuz görünüme kavuşacak, günün yorgunluğunu atacaksınız.&amp;lt;br /&amp;gt;
 &amp;lt;br /&amp;gt;
 -Özellikler Günlük temizliğiniz için de kullanabileceğiniz sete, sevdiğiniz sabun ya da jeli doldurabilirsiniz.&amp;lt;br /&amp;gt;
 &amp;lt;br /&amp;gt;
 -Mikro derm cilt soyucu başlığı sayesinde vücudunuzdaki ölü deriden tamamen kurtulacak yepyeni canlı cilde sahip olacaksınız.&amp;lt;br /&amp;gt;
 &amp;lt;br /&amp;gt;
 -Ağlı sünger başlığı sayesinde narin soyma işlemini gerçekleştirecek, ışıltılı bir cilde sahip olacaksınız.&amp;lt;/p&amp;gt;
 &amp;lt;p&amp;gt;-Masaj başlığını kullanarak, yorgun kaslarınızı rahatlatacak, tüm gerginliğinizden kurtulacaksınız.&amp;amp;nbsp;&amp;lt;/p&amp;gt;
 </t>
         </is>
       </c>
       <c r="F305" s="0" t="n">
-        <v>150</v>
+        <v>200</v>
       </c>
       <c r="G305" s="0" t="n">
         <v>240930134744</v>
       </c>
       <c r="H305" s="0"/>
       <c r="I305" s="0" t="n">
-        <v>0</v>
+        <v>10</v>
       </c>
       <c r="J305" s="0" t="inlineStr">
         <is>
           <t>https://www.realtoptan.com/image/catalog/resimler/spin.jpg</t>
         </is>
       </c>
       <c r="K305" s="0" t="inlineStr">
         <is>
           <t>https://www.realtoptan.com/image/catalog/resimler/spin2.jpg</t>
         </is>
       </c>
       <c r="L305" s="0" t="inlineStr">
         <is>
           <t>https://www.realtoptan.com/image/catalog/resimler/spin3.jpg</t>
         </is>
       </c>
       <c r="M305" s="0"/>
       <c r="N305" s="0"/>
       <c r="O305" s="0" t="inlineStr">
         <is>
           <t>0.00kg</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="306">
@@ -23167,51 +23167,51 @@
       </c>
       <c r="M313" s="0"/>
       <c r="N313" s="0"/>
       <c r="O313" s="0" t="inlineStr">
         <is>
           <t>0.00kg</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="314">
       <c r="A314" s="0" t="n">
         <v>372</v>
       </c>
       <c r="B314" s="0" t="inlineStr">
         <is>
           <t>Havai Fişek Pixel Şerit Led</t>
         </is>
       </c>
       <c r="C314" s="0" t="inlineStr">
         <is>
           <t>EV &amp;amp; OFİS ÜRÜNLERİ|HEDİYELİK EŞYA|TV ÜRÜNLERİ|Yeni Ürünler</t>
         </is>
       </c>
       <c r="D314" s="0" t="inlineStr">
         <is>
-          <t>Yeni Ürünler</t>
+          <t>EV &amp;amp; OFİS ÜRÜNLERİ</t>
         </is>
       </c>
       <c r="E314" s="0" t="inlineStr">
         <is>
           <t>&amp;lt;p&amp;gt;&amp;lt;strong&amp;gt;Toplam 650 cm Şerit LED- Uzaktan Kumanda- 213 Çeşit Mod 16 Milyon Renk&amp;lt;/strong&amp;gt;&amp;lt;/p&amp;gt;
 &amp;lt;p&amp;gt;&amp;lt;br /&amp;gt;
 1. Havai LED; oturma odası, yatak odası,oyun odası, sundurma, noel, cadılar bayramı, bar,partiler,festivaller ve yıldönümleri gibi tatil ve etkinlikler için ortamınızı harika bir hale getirir.&amp;lt;/p&amp;gt;
 &amp;lt;p&amp;gt;2. Üç çeşit kontrol sağlayabilirsiniz. Cep telefonu Uygulaması (duoCo StripX) ile uzaktan kumanda veya USB kablo üzerindeki denetleyici düğmeleri ile kontrol edilebilir.Uygulamayı barkodu okutarak indirebilirsiniz.&amp;lt;/p&amp;gt;
 &amp;lt;p&amp;gt;3. Değişim modu seçenekleri 213 çeşit, 16 milyon çeşit renk seçenekleri bulunur.&amp;lt;/p&amp;gt;
 &amp;lt;p&amp;gt;4. Uzaktan kumanda ile 24 tuşlu 10 seviyeli parlaklık, hız ve hassasiyet ayarı yapılabilir.&amp;lt;/p&amp;gt;
 &amp;lt;p&amp;gt;5. Dinamik mod seçimi 21 çeşit (uzaktan kumanda), AUTOA düğmesi (uzaktan kumanda içinde, havai aydınlanma etkisi)&amp;lt;/p&amp;gt;
 &amp;lt;p&amp;gt;6. İsteğe bağlı zamanlama fonksiyonu ile Led leri kontrol edebilirsiniz.&amp;lt;/p&amp;gt;
 &amp;lt;p&amp;gt;7. Müzik fonksiyonu ile telefonunuzdaki ışıklar müzik ritmi ile yanıp söner. Dahili mikrofon ile ortam müziğine göre de ayarlanabilir.&amp;lt;/p&amp;gt;
 &amp;lt;p&amp;gt;&amp;amp;nbsp;&amp;lt;/p&amp;gt;
 &amp;lt;p&amp;gt;&amp;lt;strong&amp;gt;Kurulum Nasıl Yapılır :&amp;lt;/strong&amp;gt;Lütfen kurulumdan önce duvarı silerek temizleyin. Önce yuvarlak hub çoğaltıcıyı yapıştırıcı kısmını sökerek duvara sabitleyin. Ardından 150 cm lik uzun şerit ledin kendinden yapışkanlı şeridi çıkararak aşağı gelecek şekilde sabitleyin. Diğer 10 adet şerit ledi yuvarlak hubın soketlerine tututurup duvara sabitleyin.&amp;lt;/p&amp;gt;
 &amp;lt;p&amp;gt;İç mekan kullanımları için tasarlanmıştır su geçirmez değildir, lütfen evde veya dış mekanlarda nemli yerlerden uzak tutunuz.&amp;lt;/p&amp;gt;
 &amp;lt;p&amp;gt;&amp;amp;nbsp;&amp;lt;/p&amp;gt;
 &amp;lt;p&amp;gt;&amp;lt;strong&amp;gt;Teknik Özellikleri&amp;lt;/strong&amp;gt;&amp;lt;/p&amp;gt;
 &amp;lt;p&amp;gt;Güç Kaynağı: USB 5Volt&amp;lt;br /&amp;gt;
 Uzaktan Kumanda: 24 tuşlu&amp;lt;br /&amp;gt;
 Şerit Led Sayısı: 156 Led (10 Adet 50cm + 1 Adet150cm)&amp;lt;br /&amp;gt;
 LED Modeli: 5050 RGB&amp;lt;br /&amp;gt;
 Uygulama Adı: duoCo StripX&amp;lt;br /&amp;gt;
 Ambalaj Boyutu: 140*115*45mm&amp;lt;br /&amp;gt;
 Ağırlık: 195gr&amp;lt;/p&amp;gt;
@@ -23307,96 +23307,96 @@
 Güçlü ışık sistemi epilasyon sırasında cildi aydınlatır böylece en küçük ayrıntıyı dahi atlamazsınız.&amp;lt;br /&amp;gt;
 İpler çok hızlı bir şekilde hareket ettiğinden tüyle yakalar ve kökünden alır.&amp;lt;br /&amp;gt;
 Hiçbir kimyasal madde, ısı, tıbbi malzeme veya metal kullanılmadığından cilde zarar vermez, hiçbir yan etkisi yoktur.&amp;lt;br /&amp;gt;
 Vücut ve yüz için en ideal&amp;amp;nbsp;&amp;lt;strong&amp;gt;epilasyon aletidir&amp;lt;/strong&amp;gt;&amp;amp;nbsp;ve derinize en güvenli şekilde temas eder.&amp;lt;br /&amp;gt;
 &amp;amp;nbsp;&amp;lt;/p&amp;gt;
 &amp;lt;p&amp;gt;&amp;lt;strong&amp;gt;Kullanımı&amp;lt;/strong&amp;gt;&amp;lt;br /&amp;gt;
 Pamuk ipliğini uygun alanlara takarak vidaları sıkıştırın.&amp;lt;/p&amp;gt;
 &amp;lt;p&amp;gt;Uygulamak bölgeye pudrayı uygulayın ve cildin kuru olduğundan emin olun, tüyle uzama yönün tersine doğru işleme başlayın. İşte bu kadar kolay.&amp;lt;br /&amp;gt;
 &amp;lt;br /&amp;gt;
 &amp;lt;strong&amp;gt;Paket İçeriği&amp;lt;/strong&amp;gt;&amp;lt;/p&amp;gt;
 &amp;lt;p&amp;gt;Pamuk İpliği&amp;lt;br /&amp;gt;
 Pudra&amp;lt;br /&amp;gt;
 Adaptör&amp;lt;br /&amp;gt;
 Kullanım Kılavuzu&amp;lt;/p&amp;gt;
 </t>
         </is>
       </c>
       <c r="F315" s="0" t="n">
         <v>350</v>
       </c>
       <c r="G315" s="0" t="n">
         <v>241013203833</v>
       </c>
       <c r="H315" s="0"/>
       <c r="I315" s="0" t="n">
-        <v>13</v>
+        <v>0</v>
       </c>
       <c r="J315" s="0" t="inlineStr">
         <is>
           <t>https://www.realtoptan.com/image/catalog/resimler/brows4.jpg</t>
         </is>
       </c>
       <c r="K315" s="0" t="inlineStr">
         <is>
           <t>https://www.realtoptan.com/image/catalog/resimler/brows3.jpg</t>
         </is>
       </c>
       <c r="L315" s="0" t="inlineStr">
         <is>
           <t>https://www.realtoptan.com/image/catalog/resimler/brows2.jpg</t>
         </is>
       </c>
       <c r="M315" s="0" t="inlineStr">
         <is>
           <t>https://www.realtoptan.com/image/catalog/resimler/brows.jpg</t>
         </is>
       </c>
       <c r="N315" s="0"/>
       <c r="O315" s="0" t="inlineStr">
         <is>
           <t>0.00kg</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="316">
       <c r="A316" s="0" t="n">
         <v>374</v>
       </c>
       <c r="B316" s="0" t="inlineStr">
         <is>
           <t>Vacuum Sealer Gıda Vakum Ve Mühürleme Makinesi (10 plastik poşet hediyeli)</t>
         </is>
       </c>
       <c r="C316" s="0" t="inlineStr">
         <is>
           <t>EV &amp;amp; OFİS ÜRÜNLERİ|MUTFAK ÜRÜNLERİ|TV ÜRÜNLERİ|Yeni Ürünler</t>
         </is>
       </c>
       <c r="D316" s="0" t="inlineStr">
         <is>
-          <t>Yeni Ürünler</t>
+          <t>EV &amp;amp; OFİS ÜRÜNLERİ</t>
         </is>
       </c>
       <c r="E316" s="0" t="inlineStr">
         <is>
           <t>&amp;lt;ul&amp;gt;
 	&amp;lt;li&amp;gt;Taze meyve ve sebzelerin, kuruyemişlerin, etlerin, tatlıların tadını ve nemini koruyabilirsiniz.&amp;lt;/li&amp;gt;
 	&amp;lt;li&amp;gt;Fotoğraf, mektup, mücevher, antika ve elektronik ürünler gibi değerli eşyalarınızı oksidasyondan koruyabilirsiniz.&amp;lt;/li&amp;gt;
 	&amp;lt;li&amp;gt;Tek tuşla otomatik vakum mühürleme, daha kolay, daha hızlı vakumlamak ve mühürlemek için akıllı led gösterge ışıklarına sahip elle kullanılmayan tasarımın kullanımını kolaylaştırır.&amp;lt;/li&amp;gt;
 	&amp;lt;li&amp;gt;çeşitli ihtiyaçlarınızı karşılayın: Sızdırmazlık ve vakum mühürleyen işlevi ayrı ayrı çalıştırılabilir, yiyecek hava geçirmez olduğunda ve depolamaya hazır olduğunda otomatik olarak durur.&amp;lt;/li&amp;gt;
 	&amp;lt;li&amp;gt;hafif ve yüksek teknolojili tasarım: Dayanıklı, kolay temizlenen abs malzeme ve taşınabilir tasarım, ev ve dış mekan kullanımı için mükemmeldir.&amp;lt;/li&amp;gt;
 	&amp;lt;li&amp;gt;Şok emici pamuklu, sessiz mıknatıslı, kaputu azaltan.&amp;lt;/li&amp;gt;
 	&amp;lt;li&amp;gt;Aşırı ısınma koruma fonksiyonu ve 3'ü 1 arada gürültü azaltma teknolojisi, artık gürültü ve güvenlik endişesi yok.&amp;lt;/li&amp;gt;
 	&amp;lt;li&amp;gt;Yalnızca mühür modunu seçin&amp;amp;nbsp;&amp;lt;/li&amp;gt;
 	&amp;lt;li&amp;gt;cihazı bir güç kaynağına takın, yeşil led yanar&amp;lt;/li&amp;gt;
 	&amp;lt;li&amp;gt;torbanın bir ucunu sızdırmazlık şeridinin üstüne koyun, ancak ucunun vakum odasına girmediğinden emin olun.&amp;lt;/li&amp;gt;
 	&amp;lt;li&amp;gt;kapağı kapatın ve ardından kapağın her iki tarafına bastırın&amp;amp;nbsp;&amp;lt;/li&amp;gt;
 	&amp;lt;li&amp;gt;&amp;quot;yalnızca mühür&amp;quot; düğmesine 3 saniye basın, led kırmızıya döner&amp;lt;/li&amp;gt;
 	&amp;lt;li&amp;gt;kırmızı led tekrar yeşile döner ? mühürleme tamamlanır.&amp;lt;/li&amp;gt;
 	&amp;lt;li&amp;gt;Not: - nemli yiyecekleri vakumlayarak kapatırken, iyi bir sızdırmazlık sağlamaya yardımcı olmak için önceden dondurabilir veya çantada bir kağıt havlu bırakabilirsiniz.&amp;lt;/li&amp;gt;
 	&amp;lt;li&amp;gt;- yeşil gösterge ışığı vakumlama yaptığı anlamına gelir, kırmızı l gösterge ışığı sızdırmazlığı gösterir.&amp;lt;/li&amp;gt;
 	&amp;lt;li&amp;gt;- kek, ekmek gibi kabarık yiyecekleri vakumla kapatırken, pompalama miktarını kontrol etmek için gösterge düğmesine tekrar tekrar basabilirsiniz (bir kez basın, vakumlamaya başlayabilir, tekrar basın, vakumlamayı durdurabilir) ve ardından mühürlemek için mühür düğmesine basın.&amp;lt;/li&amp;gt;
 	&amp;lt;li&amp;gt;- makine sürekli olarak birkaç kez çalıştığında, aşırı ısınma koruması işlevini başlatabilir, lütfen tekrar kullanmadan önce birkaç dakika bekleyin.&amp;lt;/li&amp;gt;
 	&amp;lt;li&amp;gt;- cips poşetleri, bisküvi poşetleri vb.Gibi hemen hemen tüm plastik poşetleri kapatabilir.&amp;lt;/li&amp;gt;
 	&amp;lt;li&amp;gt;- bu cihazı en iyi şekilde kullanmak ve güvenle kullanmak için lütfen talimatları dikkatlice okuyunuz.&amp;lt;/li&amp;gt;
 	&amp;lt;li&amp;gt;Paket içeriği: 1 adet × Profesyonel vakumlama makinesi 1 adet × Fiş 1 adet × Kullanım kılavuzu x&amp;amp;nbsp;10 plastik poşet hediyeli&amp;lt;/li&amp;gt;
@@ -23753,51 +23753,51 @@
       </c>
       <c r="M320" s="0"/>
       <c r="N320" s="0"/>
       <c r="O320" s="0" t="inlineStr">
         <is>
           <t>0.00kg</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="321">
       <c r="A321" s="0" t="n">
         <v>379</v>
       </c>
       <c r="B321" s="0" t="inlineStr">
         <is>
           <t>Elektrikli makyaj fırçası temizleyici</t>
         </is>
       </c>
       <c r="C321" s="0" t="inlineStr">
         <is>
           <t>KİŞİSEL BAKIM|HEDİYELİK EŞYA|TV ÜRÜNLERİ|Yeni Ürünler</t>
         </is>
       </c>
       <c r="D321" s="0" t="inlineStr">
         <is>
-          <t>Yeni Ürünler</t>
+          <t>KİŞİSEL BAKIM</t>
         </is>
       </c>
       <c r="E321" s="0" t="inlineStr">
         <is>
           <t>&amp;lt;ul&amp;gt;
 	&amp;lt;li&amp;gt;【Yeni Elektrikli Makyaj Fırçası Temizleyici】Abnaok elektrikli makyaj fırçası temizleyici, 7000 dönüş/dakika birinci sınıf motor ve silikon kap kompakt doku tasarımı ile yapılmıştır, makyaj artıklarını, yağları ve tozu %99 oranında temizleyebilir. Fırçalarınızı hasarsız temiz tutun.&amp;lt;/li&amp;gt;
 	&amp;lt;li&amp;gt;【İki Stil Modu】Elektrikli Makyaj Fırçası Temizleyicisinin 2 modu vardır. Otomatik mod aynı anda birden fazla fırçayı temizler. El temizleme modu, temel fırçaları, kapatıcı fırçalar için uygundur. Büyük kapasiteli makyaj fırçası temizleme makinesi, her boyutta makyaj fırçası için uygundur ve aynı anda birden fazla fırçayı temizlemenizi destekler.&amp;lt;/li&amp;gt;
 	&amp;lt;li&amp;gt;【USB Şarj Fırçası Temizleyici】USB kablosunu bağlamak için herhangi bir cep telefonu adaptörü veya taşınabilir şarj cihazı ile uyumludur. Ayrıca silikon kabı çıkarabilir ve gerekirse fırçalarınızı elde yıkayabilirsiniz. Çok rahat ve seyahat dostu.&amp;lt;/li&amp;gt;
 	&amp;lt;li&amp;gt;【Mükemmel Hediye Seçimi】Anneler günü, doğum günü, yıl dönümü, kadınlar günü, sevgililer günü için mükemmel hediye. Profesyonel makyaj sanatçıları ve makyaj severler için uygundur.&amp;lt;/li&amp;gt;
 	&amp;lt;li&amp;gt;【Neler Dahil】1* eletric makyaj fırçası temizleyici, 1* silikon temizleme matı, 1* usb şarj kablosu, 1* kullanım kılavuzu.&amp;lt;/li&amp;gt;
 &amp;lt;/ul&amp;gt;
 </t>
         </is>
       </c>
       <c r="F321" s="0" t="n">
         <v>250</v>
       </c>
       <c r="G321" s="0" t="n">
         <v>241013210315</v>
       </c>
       <c r="H321" s="0"/>
       <c r="I321" s="0" t="n">
         <v>0</v>
       </c>
       <c r="J321" s="0" t="inlineStr">
@@ -24602,51 +24602,51 @@
           <t>https://www.realtoptan.com/image/catalog/resimler/kch5.png</t>
         </is>
       </c>
       <c r="O332" s="0" t="inlineStr">
         <is>
           <t>0.00kg</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="333">
       <c r="A333" s="0" t="n">
         <v>391</v>
       </c>
       <c r="B333" s="0" t="inlineStr">
         <is>
           <t>4’lü Solar Köşebent Lamba Gün Işığı </t>
         </is>
       </c>
       <c r="C333" s="0" t="inlineStr">
         <is>
           <t>EV &amp;amp; OFİS ÜRÜNLERİ|HEDİYELİK EŞYA|TV ÜRÜNLERİ|Yeni Ürünler</t>
         </is>
       </c>
       <c r="D333" s="0" t="inlineStr">
         <is>
-          <t>Yeni Ürünler</t>
+          <t>EV &amp;amp; OFİS ÜRÜNLERİ</t>
         </is>
       </c>
       <c r="E333" s="0" t="inlineStr">
         <is>
           <t>&amp;lt;p&amp;gt;&amp;lt;strong&amp;gt;Ürün Özellikleri&amp;lt;/strong&amp;gt;&amp;lt;/p&amp;gt;
 &amp;lt;p&amp;gt;Çalışma Sistemi Karanlık Sensörlü Olup Otomatik Yanar.&amp;lt;br /&amp;gt;
 Güneş Enerjisi Ile Kendini Şarj Edebilmektedir.&amp;lt;br /&amp;gt;
 Ayriyeten Pile Ve Elektriğe Ihtiyacı Yoktur.&amp;lt;br /&amp;gt;
 Vidalarla Istediğiniz Ahşap Yüzeye Monte Edebilirsiniz.&amp;lt;br /&amp;gt;
 Çift Taraflı Bant Kullanarak Metal Ve Mermer Gibi Yüzeylerede Monte Edebilirsiniz. Çift Taraflı Bant Pakede Dahil Değildir.&amp;lt;br /&amp;gt;
 Parlaklık&amp;amp;nbsp;&amp;amp;nbsp;1 Lümendir. Led ışığın Rengi Beyazdır. Güç 5 Watt.Pil 300 Mah Dır.&amp;lt;/p&amp;gt;
 &amp;lt;p&amp;gt;&amp;lt;strong&amp;gt;Ürün Ölçüleri&amp;lt;/strong&amp;gt;&amp;amp;nbsp;:&amp;amp;nbsp;7.5 X 4 X 5 Cm&amp;lt;/p&amp;gt;
 &amp;lt;p&amp;gt;&amp;lt;strong&amp;gt;Paket İçeriği&amp;lt;/strong&amp;gt;&amp;lt;br /&amp;gt;
 4 Adet Solar Güneş Enerjili Köşebent&amp;amp;nbsp;&amp;amp;nbsp;Merdiven Veranda Bahçe Led Lamba&amp;amp;nbsp;&amp;lt;/p&amp;gt;
 </t>
         </is>
       </c>
       <c r="F333" s="0" t="n">
         <v>160</v>
       </c>
       <c r="G333" s="0" t="n">
         <v>241201191656</v>
       </c>
       <c r="H333" s="0"/>
       <c r="I333" s="0" t="n">
@@ -24669,51 +24669,51 @@
       </c>
       <c r="M333" s="0"/>
       <c r="N333" s="0"/>
       <c r="O333" s="0" t="inlineStr">
         <is>
           <t>0.00kg</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="334">
       <c r="A334" s="0" t="n">
         <v>392</v>
       </c>
       <c r="B334" s="0" t="inlineStr">
         <is>
           <t>Şarjlı Mini Yüz Nemlendirici Dezenfektan Cihazı Mist Sprayer</t>
         </is>
       </c>
       <c r="C334" s="0" t="inlineStr">
         <is>
           <t>EV &amp;amp; OFİS ÜRÜNLERİ|HEDİYELİK EŞYA|TV ÜRÜNLERİ|Yeni Ürünler</t>
         </is>
       </c>
       <c r="D334" s="0" t="inlineStr">
         <is>
-          <t>Yeni Ürünler</t>
+          <t>EV &amp;amp; OFİS ÜRÜNLERİ</t>
         </is>
       </c>
       <c r="E334" s="0" t="inlineStr">
         <is>
           <t>&amp;lt;p&amp;gt;&amp;lt;strong&amp;gt;Şarjlı Dezenfektan Makinesi 30 Ml Mist Sprayer Mini Şarjlı Dezenfektan Makinesi &amp;amp;amp; Difüzör Mini Dezenfektan Makinesi İle Anahtarlık, Cüzdan, Cep Telefonu, Elleri Ve Hatta Araç Direksiyonunu Ve Hatta Dezenfekte Etmek İçin İhtiyacınız Olan Her Şeyi Dezenfekte Edebilirsiniz. Ürünün İçine Dezenfektan Alkol, Kolonya Veya Su Koyabilirsiniz. Ayrıca Nebülizör Olarak Kullanabilir Yüz Veya Derinlemesine Temizlemek İçin Su Koyabilirsiniz&amp;lt;/strong&amp;gt;&amp;lt;/p&amp;gt;
 &amp;lt;ul&amp;gt;
 	&amp;lt;li&amp;gt;&amp;lt;strong&amp;gt;Nano Sprey Mini Şarjlı Dezenfektan Makinesi Mini Dezenfektan Makinesi İle Anahtarlık, Cüzdan, Cep Telefonu, Elleri Ve Hatta Araç Direksiyonunu Ve Hatta Dezenfekte Etmek İçin İhtiyacınız Olan Her Şeyi Dezenfekte Edebilirsiniz. Ürünün İçine Dezenfektan Alkol, Kolonya Veya Su Koyabilirsiniz. Ayrıca Nebülizör Olarak Kullanabilir Yüz Veya Derinlemesine Temizlemek İçin Su Koyabilirsiniz.&amp;lt;/strong&amp;gt;&amp;lt;/li&amp;gt;
 	&amp;lt;li&amp;gt;&amp;lt;strong&amp;gt;Nemlendirme Cihazı İçine Koku Koydugunuz Zaman Kısa Sürede Araç İçini Çok Kısa Sürede Ferah Bi Koko İle Kaplar Nemlendirme Cihazı İçine Dezenfektan Korsanız İstediginiz Yeri Virüslerden Arındıra Bilirsiniz&amp;lt;/strong&amp;gt;&amp;lt;/li&amp;gt;
 	&amp;lt;li&amp;gt;&amp;lt;strong&amp;gt;Nemlendirme Cihazı İçine Su Ekleyerek Soğuk Buhar Vererek Yüz Bölgesinde Nemlendirir Nemlendirme Cihazı İçine Dezenfektan Koyarsanız İstediginiz Yeri Virüslerden Arındırabilirsiniz&amp;lt;/strong&amp;gt;&amp;lt;/li&amp;gt;
 &amp;lt;/ul&amp;gt;
 &amp;lt;p&amp;gt;&amp;lt;strong&amp;gt;Mini Dezenfektan Makinesi İle Temas Ettiğimiz Yüzeyleri Dezenfekte Edebilirsiniz. Telefon, Cüzdan, Anahtarlık, Klavye Gibi Eşyalarınızda Kullanabilirsiniz. Ürün İçerisine Dezenfektan, Kolonya Veya Su Koyabilirsiniz.&amp;lt;/strong&amp;gt;&amp;lt;/p&amp;gt;
 &amp;lt;ul&amp;gt;
 	&amp;lt;li&amp;gt;&amp;lt;strong&amp;gt;Teknik Özellikler Kapasitesi : 30 Ml Şarj Süresi : 1 Saatte Tam Dolum Ürün Boyutu : 10 X 3 X 3 Cm Usb Ile Şarj Edilmektedir. Dezenfektan Makinesi Usb İle Şarj Edilir. Telefon Şarj Cihazınız İle İsterseniz Bilgisayardan Veya Arabanız Bile Şarj Edebilirsiniz. 1 Saat İçerisinde Full Şarja Ulaşır.&amp;lt;/strong&amp;gt;&amp;lt;/li&amp;gt;
 	&amp;lt;li&amp;gt;&amp;lt;strong&amp;gt;Mini Dezenfektan Makinesi İle Anahtarlık, Cüzdan, Cep Telefonu, Hatta Araba Direksiyonunu Kısaca Elinizin Temas Ettiği Her Yeri Dezenfekte Edebilirsiniz. Ürün İçerisine Su Ve Alkol Bazlı Dezenfektan, Kolonya Veya Su Koyabilirsiniz. Mini Dezenfektan Cihazı Nasıl Kullanılır? Dezenfaktan Cihazının Kapağını Açarak,Haznesine Dezenfektan Ekleyin Ve Kapatın. Açma Tuşuna Bastığınızda Dezenfektan Püskürtmeye Başlayacaktır. Cihazı Tuşuna Tekrar Basana Kadar Dezenfektan Püskürtmeye Devam Edecektir. Hiç Kapatmadan 15 Dakika Boyunca Sürekli Kullanabilirsiniz. Elinizin Temas Ettiği Tüm Yüzeyleri Mini Dezenfektan Cihazı İle Dezenfekte Edebilirsiniz.&amp;lt;/strong&amp;gt;&amp;lt;/li&amp;gt;
 &amp;lt;/ul&amp;gt;
 </t>
         </is>
       </c>
       <c r="F334" s="0" t="n">
         <v>50</v>
       </c>
       <c r="G334" s="0" t="n">
         <v>241201192105</v>
       </c>
       <c r="H334" s="0"/>
@@ -24741,81 +24741,81 @@
         </is>
       </c>
       <c r="N334" s="0"/>
       <c r="O334" s="0" t="inlineStr">
         <is>
           <t>0.00kg</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="335">
       <c r="A335" s="0" t="n">
         <v>393</v>
       </c>
       <c r="B335" s="0" t="inlineStr">
         <is>
           <t>USB Hava Nemlendirici</t>
         </is>
       </c>
       <c r="C335" s="0" t="inlineStr">
         <is>
           <t>EV &amp;amp; OFİS ÜRÜNLERİ|HEDİYELİK EŞYA|TV ÜRÜNLERİ|Yeni Ürünler</t>
         </is>
       </c>
       <c r="D335" s="0" t="inlineStr">
         <is>
-          <t>Yeni Ürünler</t>
+          <t>EV &amp;amp; OFİS ÜRÜNLERİ</t>
         </is>
       </c>
       <c r="E335" s="0" t="inlineStr">
         <is>
           <t>&amp;lt;p style=&amp;quot;text-align:start&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;font-size:13px&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;color:#666666&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;font-family:Poppins,sans-serif&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;background-color:#ffffff&amp;quot;&amp;gt;&amp;lt;strong&amp;gt;&amp;lt;span style=&amp;quot;font-size:14px&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;background-color:#ffffff&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;color:#000000&amp;quot;&amp;gt;Ürün Özellikleri&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/strong&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/p&amp;gt;
 &amp;lt;p style=&amp;quot;text-align:start&amp;quot;&amp;gt;&amp;amp;nbsp;&amp;lt;/p&amp;gt;
 &amp;lt;p style=&amp;quot;text-align:start&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;font-size:13px&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;color:#666666&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;font-family:Poppins,sans-serif&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;background-color:#ffffff&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;background-color:#ffffff&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;color:#000000&amp;quot;&amp;gt;Nemlendirici uyurken ve çalışırken sizi rahatsız etmez.&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/p&amp;gt;
 &amp;lt;p style=&amp;quot;text-align:start&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;font-size:13px&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;color:#666666&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;font-family:Poppins,sans-serif&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;background-color:#ffffff&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;background-color:#ffffff&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;color:#000000&amp;quot;&amp;gt;Sürekli modda 4 saat, aralıklı modda ise 6 saat çalıştıktan sonra haznesindeki su bitince otomatik olarak kapanır.&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/p&amp;gt;
 &amp;lt;p style=&amp;quot;text-align:start&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;font-size:13px&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;color:#666666&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;font-family:Poppins,sans-serif&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;background-color:#ffffff&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;background-color:#ffffff&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;color:#000000&amp;quot;&amp;gt;Beyaz ve renkli olmak üzere iki ışık modu vardır.&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/p&amp;gt;
 &amp;lt;p style=&amp;quot;text-align:start&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;font-size:13px&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;color:#666666&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;font-family:Poppins,sans-serif&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;background-color:#ffffff&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;background-color:#ffffff&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;color:#000000&amp;quot;&amp;gt;Ayrıca ışıksız olarak da kullanılabilir.&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/p&amp;gt;
 &amp;lt;p style=&amp;quot;text-align:start&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;font-size:13px&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;color:#666666&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;font-family:Poppins,sans-serif&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;background-color:#ffffff&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;background-color:#ffffff&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;color:#000000&amp;quot;&amp;gt;Buhar modu kapatılarak sadece ışığı açık şekilde gece lambası olarak kullanılabilir.&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/p&amp;gt;
 &amp;lt;p style=&amp;quot;text-align:start&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;font-size:13px&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;color:#666666&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;font-family:Poppins,sans-serif&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;background-color:#ffffff&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;background-color:#ffffff&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;color:#000000&amp;quot;&amp;gt;En sevdiğiniz uçucu yağları aromaterapi için nemlendiricinin içindeki suya ekleyerek bulunduğunuz ortamın atmosferini değiştirebilirsiniz.&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/p&amp;gt;
 &amp;lt;p style=&amp;quot;text-align:start&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;font-size:13px&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;color:#666666&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;font-family:Poppins,sans-serif&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;background-color:#ffffff&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;background-color:#ffffff&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;color:#000000&amp;quot;&amp;gt;Evde, ofiste ya da arabada kullanıma uygundur.&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/p&amp;gt;
 &amp;lt;p style=&amp;quot;text-align:start&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;font-size:13px&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;color:#666666&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;font-family:Poppins,sans-serif&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;background-color:#ffffff&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;background-color:#ffffff&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;color:#000000&amp;quot;&amp;gt;Usb kabloya bağlı şekilde çalışır. Herhangi bir cihazın (laptop, powerbank vb.) usb bağlantı noktasıyla uyumludur.&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/p&amp;gt;
 &amp;lt;p style=&amp;quot;text-align:start&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;font-size:13px&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;color:#666666&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;font-family:Poppins,sans-serif&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;background-color:#ffffff&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;font-size:14px&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;background-color:#ffffff&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;color:#000000&amp;quot;&amp;gt;&amp;lt;strong&amp;gt;Paket İçeriği&amp;lt;/strong&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/p&amp;gt;
 &amp;lt;p style=&amp;quot;text-align:start&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;font-size:13px&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;color:#666666&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;font-family:Poppins,sans-serif&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;background-color:#ffffff&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;background-color:#ffffff&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;color:#000000&amp;quot;&amp;gt;1 adet usb hava nemlendirici&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/p&amp;gt;
 &amp;lt;p style=&amp;quot;text-align:start&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;font-size:13px&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;color:#666666&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;font-family:Poppins,sans-serif&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;background-color:#ffffff&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;background-color:#ffffff&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;color:#000000&amp;quot;&amp;gt;1 adet usb kablo, &amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/p&amp;gt;
 &amp;lt;p style=&amp;quot;text-align:start&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;font-size:13px&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;color:#666666&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;font-family:Poppins,sans-serif&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;background-color:#ffffff&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;background-color:#ffffff&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;color:#000000&amp;quot;&amp;gt;2 adet filtre.&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/p&amp;gt;
 </t>
         </is>
       </c>
       <c r="F335" s="0" t="n">
         <v>100</v>
       </c>
       <c r="G335" s="0" t="n">
         <v>241201193118</v>
       </c>
       <c r="H335" s="0"/>
       <c r="I335" s="0" t="n">
-        <v>0</v>
+        <v>1000</v>
       </c>
       <c r="J335" s="0" t="inlineStr">
         <is>
           <t>https://www.realtoptan.com/image/catalog/resimler/hv1.jpg</t>
         </is>
       </c>
       <c r="K335" s="0" t="inlineStr">
         <is>
           <t>https://www.realtoptan.com/image/catalog/resimler/hv2.jpg</t>
         </is>
       </c>
       <c r="L335" s="0" t="inlineStr">
         <is>
           <t>https://www.realtoptan.com/image/catalog/resimler/hv3.jpg</t>
         </is>
       </c>
       <c r="M335" s="0"/>
       <c r="N335" s="0"/>
       <c r="O335" s="0" t="inlineStr">
         <is>
           <t>0.00kg</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="336">
@@ -25113,51 +25113,51 @@
 &amp;lt;p&amp;gt;12 cm çapı vardır. Toplam ağırlığı 400 gramdır. 150 dk yanma süresi mevcuttur. Ürün ebatı 12.5 x 15 cm'dir.&amp;amp;nbsp;&amp;lt;br /&amp;gt;
 &amp;lt;br /&amp;gt;
 Tüm kalite belgelerine sahip İKSA OCAK; kolay, pratik, rahat kullanımı ile kampta, balıkta, piknikte, dostlarınızla geçireceğiniz keyifli anlarda sizin en büyük yardımcınız.&amp;lt;br /&amp;gt;
 Renk seçeneği: Turuncu, Mavi, Yeşil, Kırmızı, Siyah, Krem&amp;lt;/p&amp;gt;
 &amp;lt;p&amp;gt;&amp;lt;br /&amp;gt;
 &amp;lt;strong&amp;gt;Kullanım Talimatı&amp;lt;/strong&amp;gt;&amp;lt;/p&amp;gt;
 &amp;lt;ul&amp;gt;
 	&amp;lt;li&amp;gt;1 tüp çakmak gazını altında bulunan dolum yerinden dolduruyoruz,&amp;lt;/li&amp;gt;
 	&amp;lt;li&amp;gt;Ayarlama düğmesini çevirerek gaz akışını sağlayınız ve ateşleyiniz,&amp;lt;/li&amp;gt;
 	&amp;lt;li&amp;gt;Ayarlama düğmesini kullanarak ateşin şiddetini ayarlayınız,&amp;lt;/li&amp;gt;
 	&amp;lt;li&amp;gt;İster pişirme isterseniz ısıtma ayırını yapınız,&amp;lt;/li&amp;gt;
 	&amp;lt;li&amp;gt;Ateş yanarken ocağı hareket ettirmeyiniz&amp;lt;/li&amp;gt;
 	&amp;lt;li&amp;gt;Kullanım bittiğinde ayarlama düğmesinden tamamen kapatarak ocağınızı kaldırabilirsiniz.&amp;lt;/li&amp;gt;
 &amp;lt;/ul&amp;gt;
 </t>
         </is>
       </c>
       <c r="F340" s="0" t="n">
         <v>350</v>
       </c>
       <c r="G340" s="0" t="n">
         <v>250324130707</v>
       </c>
       <c r="H340" s="0"/>
       <c r="I340" s="0" t="n">
-        <v>100</v>
+        <v>99</v>
       </c>
       <c r="J340" s="0" t="inlineStr">
         <is>
           <t>https://www.realtoptan.com/image/catalog/slayt/mocamp5.png</t>
         </is>
       </c>
       <c r="K340" s="0" t="inlineStr">
         <is>
           <t>https://www.realtoptan.com/image/catalog/slayt/mocamp4.png</t>
         </is>
       </c>
       <c r="L340" s="0" t="inlineStr">
         <is>
           <t>https://www.realtoptan.com/image/catalog/slayt/mocamp2.png</t>
         </is>
       </c>
       <c r="M340" s="0" t="inlineStr">
         <is>
           <t>https://www.realtoptan.com/image/catalog/slayt/mocamp3.png</t>
         </is>
       </c>
       <c r="N340" s="0" t="inlineStr">
         <is>
           <t>https://www.realtoptan.com/image/catalog/slayt/mocamp.png</t>
         </is>
@@ -25541,88 +25541,88 @@
 &amp;lt;p&amp;gt;Hem evinizde hem aracınızda kolayca yatak şişirme ve hava indirme işlemini yerine getirebilirsiniz.&amp;lt;/p&amp;gt;
 &amp;lt;p&amp;gt;Şarjlı Hava Kompresörü 12v Araç Çakmak Çıkışı ile çalışır&amp;lt;/p&amp;gt;
 &amp;lt;p&amp;gt;&amp;amp;nbsp;&amp;lt;/p&amp;gt;
 &amp;lt;p&amp;gt;&amp;lt;strong&amp;gt;Hava Kompresörü&amp;amp;nbsp;çalışma Voltajı:&amp;lt;/strong&amp;gt;&amp;lt;/p&amp;gt;
 &amp;lt;ul&amp;gt;
 	&amp;lt;li&amp;gt;12 Volt&amp;lt;/li&amp;gt;
 &amp;lt;/ul&amp;gt;
 &amp;lt;p&amp;gt;&amp;lt;strong&amp;gt;Paket İçeriği:&amp;lt;/strong&amp;gt;&amp;lt;/p&amp;gt;
 &amp;lt;ul&amp;gt;
 	&amp;lt;li&amp;gt;1 Adet Ana Kompresör&amp;lt;/li&amp;gt;
 	&amp;lt;li&amp;gt;3 Adet Şişirme Aparatı&amp;lt;/li&amp;gt;
 	&amp;lt;li&amp;gt;1 Adet Araç Adaptörü&amp;lt;/li&amp;gt;
 &amp;lt;/ul&amp;gt;
 &amp;lt;p&amp;gt;&amp;amp;nbsp;&amp;lt;/p&amp;gt;
 </t>
         </is>
       </c>
       <c r="F346" s="0" t="n">
         <v>250</v>
       </c>
       <c r="G346" s="0" t="n">
         <v>250527234639</v>
       </c>
       <c r="H346" s="0"/>
       <c r="I346" s="0" t="n">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="J346" s="0" t="inlineStr">
         <is>
           <t>https://www.realtoptan.com/image/catalog/resimler/220v.png</t>
         </is>
       </c>
       <c r="K346" s="0" t="inlineStr">
         <is>
           <t>https://www.realtoptan.com/image/catalog/resimler/220vv.jpg</t>
         </is>
       </c>
       <c r="L346" s="0"/>
       <c r="M346" s="0"/>
       <c r="N346" s="0"/>
       <c r="O346" s="0" t="inlineStr">
         <is>
           <t>0.00kg</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="347">
       <c r="A347" s="0" t="n">
         <v>405</v>
       </c>
       <c r="B347" s="0" t="inlineStr">
         <is>
           <t>48V Şarjlı Çift Bataryalı Taşınabilir Basınçlı Oto Yıkama Bahçe Sulama Tabancası</t>
         </is>
       </c>
       <c r="C347" s="0" t="inlineStr">
         <is>
           <t>TV ÜRÜNLERİ|OTO AKSESUARLARI|KAMP VE OUTDOOR|Yeni Ürünler</t>
         </is>
       </c>
       <c r="D347" s="0" t="inlineStr">
         <is>
-          <t>Yeni Ürünler</t>
+          <t>TV ÜRÜNLERİ</t>
         </is>
       </c>
       <c r="E347" s="0" t="inlineStr">
         <is>
           <t>&amp;lt;p&amp;gt;Ürün Açıklaması&amp;lt;/p&amp;gt;
 &amp;lt;p&amp;gt;&amp;amp;nbsp;&amp;lt;/p&amp;gt;
 &amp;lt;p&amp;gt;Neleri Yıkayabilir?&amp;lt;/p&amp;gt;
 &amp;lt;p&amp;gt;Araba, Bisiklet, Motorsiklet, Makine, Karavan, Bahçe Çitleri, Plastik ve Metal Ürünler&amp;lt;/p&amp;gt;
 &amp;lt;p&amp;gt;Ve daha binlerce farklı alanda kullanılabilir.&amp;lt;/p&amp;gt;
 &amp;lt;p&amp;gt;Özellikler :&amp;lt;/p&amp;gt;
 &amp;lt;p&amp;gt;1. Li-Ion şarj edilebilir pil ile güçlendirilmiştir, Hafif ve kullanışlı, dış mekan çalışmaları için uygundur ..&amp;lt;/p&amp;gt;
 &amp;lt;p&amp;gt;2. Üniversal 1/4 inç; Çeşitli başlık nozzleları için hızlı bağlantı parçası , Esnek kullanım, temizlenmesi kolay.&amp;lt;/p&amp;gt;
 &amp;lt;p&amp;gt;3. Güç temizleme veya sulama için su püskürtme açısını ayarlayan değişken 2 farklı nozzle.&amp;lt;/p&amp;gt;
 &amp;lt;p&amp;gt;4.Kolay kullanım için köpük haznesi, çok işlevli uzun aluminyum gövde, göbek fırçası, 5M hortum püskürtme tabancası eki ile donatılmıştır&amp;lt;/p&amp;gt;
 &amp;lt;p&amp;gt;5. Kova, şişe, dere veya havuz dahil olmak üzere suyun olduğu her yerden su çekebilirsiniz.&amp;lt;/p&amp;gt;
 &amp;lt;p&amp;gt;6. Ayarlanabilir nozul ayarları: 0 °, 40 °, Çok işlevli su tabancası, nozulu döndürerek su türünü isteğe göre değiştirebilir&amp;lt;/p&amp;gt;
 &amp;lt;p&amp;gt;TEKNİK ÖZELLİKLER:&amp;lt;/p&amp;gt;
 &amp;lt;p&amp;gt;Renk: Siyah&amp;lt;/p&amp;gt;
 &amp;lt;p&amp;gt;Malzeme: ASB + PC&amp;lt;/p&amp;gt;
 &amp;lt;p&amp;gt;Voltaj: 48V&amp;lt;/p&amp;gt;
 &amp;lt;p&amp;gt;Sürekli Kullanım Süresi: 40 ~ 50min&amp;lt;/p&amp;gt;
 &amp;lt;p&amp;gt;Motor: Saf bakır motor&amp;lt;/p&amp;gt;
 &amp;lt;p&amp;gt;Yüksüz Hızı: 20000RPM&amp;lt;/p&amp;gt;
 &amp;lt;p&amp;gt;Su Hortumu: 5m&amp;lt;/p&amp;gt;
 &amp;lt;p&amp;gt;Kablosuz Yıkayıcı Boyutu: 44cmx25cmx16cm&amp;lt;/p&amp;gt;
@@ -25832,51 +25832,51 @@
         </is>
       </c>
       <c r="N349" s="0"/>
       <c r="O349" s="0" t="inlineStr">
         <is>
           <t>0.00kg</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="350">
       <c r="A350" s="0" t="n">
         <v>408</v>
       </c>
       <c r="B350" s="0" t="inlineStr">
         <is>
           <t>Yılbaşı Aydınlatması 100 LED Perde Hortum Sıcak Beyaz Işık - 10 Metre Dekoratif Şeffaf Kablolu Süs</t>
         </is>
       </c>
       <c r="C350" s="0" t="inlineStr">
         <is>
           <t>EV &amp;amp; OFİS ÜRÜNLERİ|HEDİYELİK EŞYA|TV ÜRÜNLERİ|Yeni Ürünler</t>
         </is>
       </c>
       <c r="D350" s="0" t="inlineStr">
         <is>
-          <t>Yeni Ürünler</t>
+          <t>EV &amp;amp; OFİS ÜRÜNLERİ</t>
         </is>
       </c>
       <c r="E350" s="0" t="inlineStr">
         <is>
           <t>&amp;lt;p&amp;gt;Ev ve dış mekan dekorasyonunuzu bu 100 LED'li yılbaşı aydınlatması ile tamamlayın!&amp;lt;br /&amp;gt;
 Sıcak beyaz ışık veren perde hortum, 10 metre uzunluğunda olup şeffaf kablo tasarımıyla estetik bir görünüm sunar.&amp;lt;br /&amp;gt;
 Birden fazla setle kolayca birleştirilebilir.&amp;lt;/p&amp;gt;
 &amp;lt;p&amp;gt;&amp;lt;strong&amp;gt;Özellikler:&amp;lt;/strong&amp;gt;&amp;lt;/p&amp;gt;
 &amp;lt;ul&amp;gt;
 	&amp;lt;li&amp;gt;&amp;lt;strong&amp;gt;LED Sayısı:&amp;lt;/strong&amp;gt;&amp;amp;nbsp;100&amp;lt;/li&amp;gt;
 	&amp;lt;li&amp;gt;&amp;lt;strong&amp;gt;Işık Rengi:&amp;lt;/strong&amp;gt;&amp;amp;nbsp;Sıcak Beyaz&amp;lt;/li&amp;gt;
 	&amp;lt;li&amp;gt;&amp;lt;strong&amp;gt;Uzunluk:&amp;lt;/strong&amp;gt;&amp;amp;nbsp;10 metre&amp;lt;/li&amp;gt;
 	&amp;lt;li&amp;gt;&amp;lt;strong&amp;gt;Kablo Türü:&amp;lt;/strong&amp;gt;&amp;amp;nbsp;Şeffaf&amp;lt;/li&amp;gt;
 	&amp;lt;li&amp;gt;&amp;lt;strong&amp;gt;Kullanım Alanı:&amp;lt;/strong&amp;gt;&amp;amp;nbsp;İç mekan&amp;lt;/li&amp;gt;
 	&amp;lt;li&amp;gt;&amp;lt;strong&amp;gt;Eklenebilirlik:&amp;lt;/strong&amp;gt;&amp;amp;nbsp;Birden fazla hortum bağlanabilir&amp;lt;/li&amp;gt;
 &amp;lt;/ul&amp;gt;
 &amp;lt;p&amp;gt;&amp;lt;strong&amp;gt;Avantajları:&amp;lt;/strong&amp;gt;&amp;lt;/p&amp;gt;
 &amp;lt;ul&amp;gt;
 	&amp;lt;li&amp;gt;Enerji tasarruflu LED teknolojisi.&amp;lt;/li&amp;gt;
 	&amp;lt;li&amp;gt;Uzun ömürlü dayanıklılık.&amp;lt;/li&amp;gt;
 	&amp;lt;li&amp;gt;Kolay kurulum ve birleştirme imkanı.&amp;lt;/li&amp;gt;
 &amp;lt;/ul&amp;gt;
 &amp;lt;p&amp;gt;&amp;lt;strong&amp;gt;Teslimat Kapsamı:&amp;lt;/strong&amp;gt;&amp;lt;/p&amp;gt;
 &amp;lt;ul&amp;gt;
 	&amp;lt;li&amp;gt;1 adet 10 metre uzunluğunda LED hortum aydınlatma.&amp;lt;/li&amp;gt;
@@ -25908,51 +25908,51 @@
       <c r="L350" s="0"/>
       <c r="M350" s="0"/>
       <c r="N350" s="0"/>
       <c r="O350" s="0" t="inlineStr">
         <is>
           <t>0.00kg</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="351">
       <c r="A351" s="0" t="n">
         <v>409</v>
       </c>
       <c r="B351" s="0" t="inlineStr">
         <is>
           <t>138 Ledli Yıldız Perde Işık 3 M Yılbaşı Işığı Led Işık Saçak Led Yılbaşı Perde Led</t>
         </is>
       </c>
       <c r="C351" s="0" t="inlineStr">
         <is>
           <t>EV &amp;amp; OFİS ÜRÜNLERİ|HEDİYELİK EŞYA|TV ÜRÜNLERİ|Yeni Ürünler</t>
         </is>
       </c>
       <c r="D351" s="0" t="inlineStr">
         <is>
-          <t>Yeni Ürünler</t>
+          <t>EV &amp;amp; OFİS ÜRÜNLERİ</t>
         </is>
       </c>
       <c r="E351" s="0" t="inlineStr">
         <is>
           <t>&amp;lt;p&amp;gt;3 M YILDIZ PERDE LED IŞIKLARIMIZ İLE SİZ DE İSTER EVİNİZİ DEKORE EDİN, İSTER ÖZEL GÜNLERİNİZİ GÜZELLEŞTİRİN!&amp;lt;/p&amp;gt;
 &amp;lt;p&amp;gt;ÜRÜNÜMÜZ ÇOK AMAÇLI OLUP EV DEKORASYONUNDA, HER TÜRLÜ ORGANİZASYONLARDA, NİŞAN, KINA, SÖZ, DOĞUM GÜNÜ VB. GÜNLER İÇİN ÇOKÇA TERCİH EDİLMEKTEDİR.&amp;lt;/p&amp;gt;
 &amp;lt;p&amp;gt;BÜYÜK SAÇAK UZUNLUĞU 80 CMDİR, KÜÇÜK SAÇAK UZUNLUĞU 60 CMDİR.&amp;lt;/p&amp;gt;
 &amp;lt;p&amp;gt;ÜSTÜNDEKİ KUMANDA İLE KONTROL EDİLİR.&amp;lt;/p&amp;gt;
 &amp;lt;p&amp;gt;PRİZ İLE ÇALIŞMAKTADIRLAR. EKLEMELİ ÜRÜNDÜR.&amp;lt;/p&amp;gt;
 &amp;lt;p&amp;gt;BİRDEN FAZLA LED ALARAK BİRBİRİNE KOLAYCA EKLEYEBİLİRSİNİZ.&amp;lt;/p&amp;gt;
 </t>
         </is>
       </c>
       <c r="F351" s="0" t="n">
         <v>250</v>
       </c>
       <c r="G351" s="0" t="n">
         <v>250903225419</v>
       </c>
       <c r="H351" s="0"/>
       <c r="I351" s="0" t="n">
         <v>0</v>
       </c>
       <c r="J351" s="0" t="inlineStr">
         <is>
@@ -25979,51 +25979,51 @@
           <t>https://www.realtoptan.com/image/catalog/resimler/yıldızzz4.jpg</t>
         </is>
       </c>
       <c r="O351" s="0" t="inlineStr">
         <is>
           <t>0.00kg</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="352">
       <c r="A352" s="0" t="n">
         <v>410</v>
       </c>
       <c r="B352" s="0" t="inlineStr">
         <is>
           <t>10 Led 2 Metre Sarı Kristal Su Damlası Güneş Enerjili Led Işık Solar Bahçe Ağaç Lamba Aydınlatması</t>
         </is>
       </c>
       <c r="C352" s="0" t="inlineStr">
         <is>
           <t>EV &amp;amp; OFİS ÜRÜNLERİ|HEDİYELİK EŞYA|TV ÜRÜNLERİ|Yeni Ürünler</t>
         </is>
       </c>
       <c r="D352" s="0" t="inlineStr">
         <is>
-          <t>Yeni Ürünler</t>
+          <t>EV &amp;amp; OFİS ÜRÜNLERİ</t>
         </is>
       </c>
       <c r="E352" s="0" t="inlineStr">
         <is>
           <t>&amp;lt;p&amp;gt;&amp;lt;strong&amp;gt;Ürün Teknik Özellikleri;&amp;lt;/strong&amp;gt;&amp;lt;/p&amp;gt;
 &amp;lt;p&amp;gt;- Uv'ye Karşı Dayanıklı Plastik Kasa&amp;lt;/p&amp;gt;
 &amp;lt;p&amp;gt;- Darbeye dayanıklı cam&amp;lt;/p&amp;gt;
 &amp;lt;p&amp;gt;- Sınıfına Göre 1nci Kalite Malzeme&amp;lt;/p&amp;gt;
 &amp;lt;p&amp;gt;- Ürünün Boyutları 2 Metre&amp;lt;/p&amp;gt;
 &amp;lt;p&amp;gt;- 7 Farklı Mod&amp;amp;nbsp; &amp;amp;nbsp; &amp;amp;nbsp;&amp;lt;/p&amp;gt;
 &amp;lt;p&amp;gt;- A++ Kalite İthal Smd led&amp;lt;/p&amp;gt;
 &amp;lt;p&amp;gt;- A++ Kalite Sarj Edilebilir Pil 600&amp;amp;nbsp;Mah&amp;lt;/p&amp;gt;
 &amp;lt;p&amp;gt;- İP 67 Su Geçirmez Dış Mekana Uygun&amp;lt;/p&amp;gt;
 &amp;lt;p&amp;gt;- Standart 120° Lens Açısı&amp;lt;/p&amp;gt;
 &amp;lt;p&amp;gt;- Çevre Dostu, Kolay Kurulum&amp;lt;/p&amp;gt;
 &amp;lt;p&amp;gt;- Fotosel / Hava Karardığında Otomatik Devreye Girer&amp;lt;/p&amp;gt;
 &amp;lt;p&amp;gt;- Şarj Süresi 6/12 Saat&amp;lt;/p&amp;gt;
 &amp;lt;p&amp;gt;- Çalışma Süresi 8/12 Saat&amp;lt;/p&amp;gt;
 &amp;lt;p&amp;gt;- Uzaktan Kumanda İle Kontrol Edebilme&amp;lt;/p&amp;gt;
 &amp;lt;p&amp;gt;- 320 Lümen&amp;lt;/p&amp;gt;
 &amp;lt;p&amp;gt;- Işık Renkgi: Günışığı&amp;lt;/p&amp;gt;
 &amp;lt;p&amp;gt;&amp;amp;nbsp;&amp;lt;/p&amp;gt;
 &amp;lt;p&amp;gt;&amp;lt;strong&amp;gt;Kullanım Alanları:&amp;lt;/strong&amp;gt;&amp;lt;/p&amp;gt;
 &amp;lt;p&amp;gt;- Bağ, Bahçe, ağaç aydınlatma,Mağaza, kafe ve otel tarzı yerlerde,&amp;lt;/p&amp;gt;
 &amp;lt;p&amp;gt;- Elektrik Bağlantısı Olmayan Yerlerde, Kamp alanlarında&amp;lt;/p&amp;gt;
@@ -26060,51 +26060,51 @@
       </c>
       <c r="M352" s="0"/>
       <c r="N352" s="0"/>
       <c r="O352" s="0" t="inlineStr">
         <is>
           <t>0.00kg</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="353">
       <c r="A353" s="0" t="n">
         <v>411</v>
       </c>
       <c r="B353" s="0" t="inlineStr">
         <is>
           <t>Ay Yıldız Perde LED</t>
         </is>
       </c>
       <c r="C353" s="0" t="inlineStr">
         <is>
           <t>EV &amp;amp; OFİS ÜRÜNLERİ|HEDİYELİK EŞYA|TV ÜRÜNLERİ|Yeni Ürünler</t>
         </is>
       </c>
       <c r="D353" s="0" t="inlineStr">
         <is>
-          <t>Yeni Ürünler</t>
+          <t>EV &amp;amp; OFİS ÜRÜNLERİ</t>
         </is>
       </c>
       <c r="E353" s="0" t="inlineStr">
         <is>
           <t>&amp;lt;p&amp;gt;Ürünümüz priz girişlidir.&amp;lt;/p&amp;gt;
 &amp;lt;p&amp;gt;Ay Yıldız Perde LED&amp;lt;/p&amp;gt;
 &amp;lt;p&amp;gt;6 ADET AY 90CM UZUNLUK&amp;lt;/p&amp;gt;
 &amp;lt;p&amp;gt;6 ADET YILDIZ 50CM UZUNLUK&amp;lt;/p&amp;gt;
 &amp;lt;p&amp;gt;2.5 METRE ENİNDE PERDE LED&amp;lt;/p&amp;gt;
 &amp;lt;p&amp;gt;FİŞLE ÇALIŞIR&amp;lt;/p&amp;gt;
 &amp;lt;p&amp;gt;ANİMASYONLU VE SABİT YANMA ÖZELLİĞİ İLE TOPLAM 8 MODU VARDIR&amp;lt;/p&amp;gt;
 &amp;lt;p&amp;gt;BİRBİRİNE EKLENME ÖZELLİĞİ MEVCUT OLUP İÇ MEKAN İÇİN UYGUNDUR&amp;lt;/p&amp;gt;
 </t>
         </is>
       </c>
       <c r="F353" s="0" t="n">
         <v>250</v>
       </c>
       <c r="G353" s="0" t="n">
         <v>250903230149</v>
       </c>
       <c r="H353" s="0"/>
       <c r="I353" s="0" t="n">
         <v>0</v>
       </c>
@@ -26133,51 +26133,51 @@
           <t>https://www.realtoptan.com/image/catalog/resimler/Led-Ay-Yildiz-Sarkma-Isik.jpg</t>
         </is>
       </c>
       <c r="O353" s="0" t="inlineStr">
         <is>
           <t>0.00kg</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="354">
       <c r="A354" s="0" t="n">
         <v>412</v>
       </c>
       <c r="B354" s="0" t="inlineStr">
         <is>
           <t>3x3 Metre Perde Led </t>
         </is>
       </c>
       <c r="C354" s="0" t="inlineStr">
         <is>
           <t>EV &amp;amp; OFİS ÜRÜNLERİ|HEDİYELİK EŞYA|TV ÜRÜNLERİ|Yeni Ürünler</t>
         </is>
       </c>
       <c r="D354" s="0" t="inlineStr">
         <is>
-          <t>Yeni Ürünler</t>
+          <t>EV &amp;amp; OFİS ÜRÜNLERİ</t>
         </is>
       </c>
       <c r="E354" s="0" t="inlineStr">
         <is>
           <t>&amp;lt;ul&amp;gt;
 	&amp;lt;li&amp;gt;&amp;lt;strong&amp;gt;KUMANDALI&amp;amp;nbsp;&amp;lt;/strong&amp;gt;: 3x3 peri led ürünümüze bağlı&amp;amp;nbsp;kumanda gönderilmektedir. Kumanda sayesinde ürünün modlarını değiştirebilir, led ışıkların parlaklığını azaltıp çoğaltabilir ve zamanlayıcı kullanabilirsiniz.&amp;lt;/li&amp;gt;
 	&amp;lt;li&amp;gt;&amp;lt;strong&amp;gt;8 MODLU&amp;amp;nbsp;&amp;lt;/strong&amp;gt;: Birbirinden güzel ve farklı 8 moda sahiptir. Yanıp sönme, azalarak yanma, flaş , sıralı yanma gibi bir çok moda sahiptir. Hem kumanda üzerinden hem de USB bağlantı noktasının üzerindeki tuş üzerinden kontrol edilebilir.&amp;lt;/li&amp;gt;
 	&amp;lt;li&amp;gt;&amp;lt;strong&amp;gt;PERDE KANCALARI&amp;lt;/strong&amp;gt;&amp;amp;nbsp;: Her saçağın üzerinde bulunan perde kancaları sayesinde perdenize kolaylıkla asabilirsiniz.&amp;lt;/li&amp;gt;
 	&amp;lt;li&amp;gt;&amp;lt;strong&amp;gt;MÜKEMMEL DEKORASYON:&amp;lt;/strong&amp;gt; Partiler, düğünler, söz, nişan, kına ve tüm özel günlerinizde ortama muhteşem bir hava katacaktır.&amp;lt;/li&amp;gt;
 	&amp;lt;li&amp;gt;&amp;lt;strong&amp;gt;PRİZ BAĞLANTI&amp;amp;nbsp;&amp;lt;/strong&amp;gt;: Ürünümüz priz ile çalışmaktadır.&amp;amp;nbsp;&amp;lt;/li&amp;gt;
 	&amp;lt;li&amp;gt;&amp;lt;strong&amp;gt;AKIM KORUMA VE GÜVENLİK&amp;amp;nbsp;&amp;lt;/strong&amp;gt;: Ürünümüz yüksek akıma karşı dayanıklı şekilde üretilmiştir. Olması muhtemel olmasa da evinizin&amp;amp;nbsp;bağladığınız yerin elektriğinde problem olması durumunda cihaz otomatik olarak güç keser ve kendini korumaya alır. Güvenle kullanabilirsiniz.&amp;lt;/li&amp;gt;
 &amp;lt;/ul&amp;gt;
 </t>
         </is>
       </c>
       <c r="F354" s="0" t="n">
         <v>275</v>
       </c>
       <c r="G354" s="0" t="n">
         <v>250903230614</v>
       </c>
       <c r="H354" s="0"/>
       <c r="I354" s="0" t="n">
         <v>0</v>
       </c>
@@ -26198,51 +26198,51 @@
       </c>
       <c r="M354" s="0"/>
       <c r="N354" s="0"/>
       <c r="O354" s="0" t="inlineStr">
         <is>
           <t>0.00kg</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="355">
       <c r="A355" s="0" t="n">
         <v>413</v>
       </c>
       <c r="B355" s="0" t="inlineStr">
         <is>
           <t>3X2 Metre Perde Led</t>
         </is>
       </c>
       <c r="C355" s="0" t="inlineStr">
         <is>
           <t>EV &amp;amp; OFİS ÜRÜNLERİ|HEDİYELİK EŞYA|TV ÜRÜNLERİ|Yeni Ürünler</t>
         </is>
       </c>
       <c r="D355" s="0" t="inlineStr">
         <is>
-          <t>Yeni Ürünler</t>
+          <t>EV &amp;amp; OFİS ÜRÜNLERİ</t>
         </is>
       </c>
       <c r="E355" s="0" t="inlineStr">
         <is>
           <t>&amp;lt;ul&amp;gt;
 	&amp;lt;li&amp;gt;&amp;lt;strong&amp;gt;KUMANDALI&amp;amp;nbsp;&amp;lt;/strong&amp;gt;: 3x2&amp;amp;nbsp;peri led ürünümüze bağlı&amp;amp;nbsp;kumanda gönderilmektedir. Kumanda sayesinde ürünün modlarını değiştirebilir, led ışıkların parlaklığını azaltıp çoğaltabilir ve zamanlayıcı kullanabilirsiniz.&amp;lt;/li&amp;gt;
 	&amp;lt;li&amp;gt;&amp;lt;strong&amp;gt;8 MODLU&amp;amp;nbsp;&amp;lt;/strong&amp;gt;: Birbirinden güzel ve farklı 8 moda sahiptir. Yanıp sönme, azalarak yanma, flaş , sıralı yanma gibi bir çok moda sahiptir. Hem kumanda üzerinden hem de USB bağlantı noktasının üzerindeki tuş üzerinden kontrol edilebilir.&amp;lt;/li&amp;gt;
 	&amp;lt;li&amp;gt;&amp;lt;strong&amp;gt;PERDE KANCALARI&amp;lt;/strong&amp;gt;&amp;amp;nbsp;: Her saçağın üzerinde bulunan perde kancaları sayesinde perdenize kolaylıkla asabilirsiniz.&amp;lt;/li&amp;gt;
 	&amp;lt;li&amp;gt;&amp;lt;strong&amp;gt;MÜKEMMEL DEKORASYON:&amp;lt;/strong&amp;gt; Partiler, düğünler, söz, nişan, kına ve tüm özel günlerinizde ortama muhteşem bir hava katacaktır.&amp;lt;/li&amp;gt;
 	&amp;lt;li&amp;gt;&amp;lt;strong&amp;gt;PRİZ BAĞLANTI&amp;amp;nbsp;&amp;lt;/strong&amp;gt;: Ürünümüz priz ile çalışmaktadır.&amp;amp;nbsp;&amp;lt;/li&amp;gt;
 	&amp;lt;li&amp;gt;&amp;lt;strong&amp;gt;AKIM KORUMA VE GÜVENLİK&amp;amp;nbsp;&amp;lt;/strong&amp;gt;: Ürünümüz yüksek akıma karşı dayanıklı şekilde üretilmiştir. Olması muhtemel olmasa da evinizin&amp;amp;nbsp;bağladığınız yerin elektriğinde problem olması durumunda cihaz otomatik olarak güç keser ve kendini korumaya alır. Güvenle kullanabilirsiniz.&amp;lt;/li&amp;gt;
 &amp;lt;/ul&amp;gt;
 </t>
         </is>
       </c>
       <c r="F355" s="0" t="n">
         <v>250</v>
       </c>
       <c r="G355" s="0" t="n">
         <v>250903231433</v>
       </c>
       <c r="H355" s="0"/>
       <c r="I355" s="0" t="n">
         <v>0</v>
       </c>
@@ -26263,120 +26263,120 @@
       </c>
       <c r="M355" s="0"/>
       <c r="N355" s="0"/>
       <c r="O355" s="0" t="inlineStr">
         <is>
           <t>0.00kg</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="356">
       <c r="A356" s="0" t="n">
         <v>414</v>
       </c>
       <c r="B356" s="0" t="inlineStr">
         <is>
           <t>Kalp Dekorlu Animasyonlu Perde LED Işık 3 Metre</t>
         </is>
       </c>
       <c r="C356" s="0" t="inlineStr">
         <is>
           <t>EV &amp;amp; OFİS ÜRÜNLERİ|HEDİYELİK EŞYA|TV ÜRÜNLERİ|Yeni Ürünler</t>
         </is>
       </c>
       <c r="D356" s="0" t="inlineStr">
         <is>
-          <t>Yeni Ürünler</t>
+          <t>EV &amp;amp; OFİS ÜRÜNLERİ</t>
         </is>
       </c>
       <c r="E356" s="0" t="inlineStr">
         <is>
           <t>&amp;lt;p&amp;gt;Kalp&amp;amp;nbsp;Perde led ışıklarımız ile siz de ister evinizi dekore edin, ister özel günlerinizi güzelleştirin!&amp;amp;nbsp;&amp;amp;nbsp;Ürünümüz çok amaçlı olup ev dekorasyonunda, her türlü organizasyonlarda, nişan, kına, söz, doğum günü vb. günler için çokça tercih edilmektedir.&amp;lt;br /&amp;gt;
 Ürünümüzün eni&amp;amp;nbsp;3 metredir. 12 saçaktan oluşur.&amp;lt;br /&amp;gt;
 Büyük saçak uzunluğu 80 cmdir, küçük saçak uzunluğu 60 cmdir. Toplam 6 adet Büyük&amp;amp;nbsp;Kalp (20 cm çapında) ve 6 adet küçük&amp;amp;nbsp;Kalp (10 cm çapında) vardır. Ürün kablosu piyasada ucuz satılan tel değildir. Normal kaliteli kablodur. Tel değildir.&amp;amp;nbsp;&amp;lt;br /&amp;gt;
 Işık Rengi: Gün Işığı&amp;lt;br /&amp;gt;
 8 farklı ışık modu vardır.(sabit/sürekli/aralıklı yanma gibi)&amp;lt;br /&amp;gt;
 Üstündeki kumanda ile kontrol edilir.&amp;lt;br /&amp;gt;
 Ürün eklenilebilirdir. Ürün eni kısa geliyorsa çok sayıda alıp fiş ile birleştirme seçeneği bulunmaktadır.&amp;lt;br /&amp;gt;
 Priz ile çalışmaktadırlar. Fiş uzunluğu 1 metredir. (Ürüne perde dahil değildir.&amp;lt;/p&amp;gt;
 </t>
         </is>
       </c>
       <c r="F356" s="0" t="n">
         <v>250</v>
       </c>
       <c r="G356" s="0" t="n">
         <v>250903231641</v>
       </c>
       <c r="H356" s="0"/>
       <c r="I356" s="0" t="n">
-        <v>1000</v>
+        <v>0</v>
       </c>
       <c r="J356" s="0" t="inlineStr">
         <is>
           <t>https://www.realtoptan.com/image/catalog/resimler/kalp.jpg</t>
         </is>
       </c>
       <c r="K356" s="0" t="inlineStr">
         <is>
           <t>https://www.realtoptan.com/image/catalog/resimler/kalp2.jpg</t>
         </is>
       </c>
       <c r="L356" s="0" t="inlineStr">
         <is>
           <t>https://www.realtoptan.com/image/catalog/resimler/kalp3.jpg</t>
         </is>
       </c>
       <c r="M356" s="0" t="inlineStr">
         <is>
           <t>https://www.realtoptan.com/image/catalog/resimler/kalp4.jpg</t>
         </is>
       </c>
       <c r="N356" s="0"/>
       <c r="O356" s="0" t="inlineStr">
         <is>
           <t>0.00kg</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="357">
       <c r="A357" s="0" t="n">
         <v>415</v>
       </c>
       <c r="B357" s="0" t="inlineStr">
         <is>
           <t>Top Led Oda Süsleme Işıklı Top Aydınlatma 1,5 Metre</t>
         </is>
       </c>
       <c r="C357" s="0" t="inlineStr">
         <is>
           <t>EV &amp;amp; OFİS ÜRÜNLERİ|HEDİYELİK EŞYA|TV ÜRÜNLERİ|Yeni Ürünler</t>
         </is>
       </c>
       <c r="D357" s="0" t="inlineStr">
         <is>
-          <t>Yeni Ürünler</t>
+          <t>EV &amp;amp; OFİS ÜRÜNLERİ</t>
         </is>
       </c>
       <c r="E357" s="0" t="inlineStr">
         <is>
           <t>&amp;lt;h2&amp;gt;Dekoratif Pamuk Top Işık Süsleme&amp;lt;br /&amp;gt;
 1,5 Metre 10 Top&amp;lt;/h2&amp;gt;
 &amp;lt;p&amp;gt;&amp;lt;strong&amp;gt;IŞIK RENGİ: Günışığı&amp;lt;/strong&amp;gt;&amp;lt;/p&amp;gt;
 &amp;lt;p&amp;gt;&amp;lt;br /&amp;gt;
 Uzunluk: 1,5 metre&amp;lt;br /&amp;gt;
 Işık Top Sayısı: 10&amp;lt;/p&amp;gt;
 &amp;lt;p&amp;gt;Toplar ipten yapılmıştır&amp;lt;br /&amp;gt;
 &amp;lt;br /&amp;gt;
 Ürün 2 adet kalem pil ile çalışır&amp;lt;br /&amp;gt;
 Fiyatımıza pil dahil değildir&amp;lt;br /&amp;gt;
 &amp;lt;br /&amp;gt;
 Genç odaları yada bebek odalarında, objelerin içinde,&amp;lt;br /&amp;gt;
 Kokteyl ve kısa süreli davetlerde, masalarda&amp;lt;br /&amp;gt;
 Yılbaşı süslemelerinde, Mağaza Vitrinlerde, Evlerde, Ofislerde&amp;lt;br /&amp;gt;
 Alışveriş merkezlerinde, Eğlence, Oyun parklarında&amp;lt;br /&amp;gt;
 İç mekanlarda kullanıma uygundur&amp;lt;/p&amp;gt;
 &amp;lt;h3&amp;gt;GÜNIŞIĞI SARISI IŞIK PİLLİ LED PUMUK TOP IŞIK&amp;lt;/h3&amp;gt;
 </t>
         </is>
       </c>
       <c r="F357" s="0" t="n">
@@ -26406,51 +26406,51 @@
       </c>
       <c r="M357" s="0"/>
       <c r="N357" s="0"/>
       <c r="O357" s="0" t="inlineStr">
         <is>
           <t>0.00kg</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="358">
       <c r="A358" s="0" t="n">
         <v>416</v>
       </c>
       <c r="B358" s="0" t="inlineStr">
         <is>
           <t>Kalpli Perde LED Işıklar, Sevgililer Günü Romantik LED Aydınlatma</t>
         </is>
       </c>
       <c r="C358" s="0" t="inlineStr">
         <is>
           <t>EV &amp;amp; OFİS ÜRÜNLERİ|HEDİYELİK EŞYA|TV ÜRÜNLERİ|Yeni Ürünler</t>
         </is>
       </c>
       <c r="D358" s="0" t="inlineStr">
         <is>
-          <t>Yeni Ürünler</t>
+          <t>EV &amp;amp; OFİS ÜRÜNLERİ</t>
         </is>
       </c>
       <c r="E358" s="0" t="inlineStr">
         <is>
           <t>&amp;lt;ul&amp;gt;
 	&amp;lt;li&amp;gt;&amp;amp;nbsp;Kalpli LED Işıklandırma&amp;lt;/li&amp;gt;
 	&amp;lt;li&amp;gt;3 Metre Kalpli PERDE LED Işık&amp;lt;/li&amp;gt;
 	&amp;lt;li&amp;gt;8 Adet LED KALP vardır.&amp;lt;/li&amp;gt;
 	&amp;lt;li&amp;gt;Fişle çalışır. Günışığı renklidir.&amp;lt;/li&amp;gt;
 	&amp;lt;li&amp;gt;
 	&amp;lt;div style=&amp;quot;border:0px solid #e1e1e1; margin-bottom:11px&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;font-size:16pt&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;font-family:Calibri&amp;quot;&amp;gt;Çalışma Şekli: Fişli 220 V&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/div&amp;gt;
 	&amp;lt;/li&amp;gt;
 	&amp;lt;li&amp;gt;
 	&amp;lt;div style=&amp;quot;border:0px solid #e1e1e1; margin-bottom:11px&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;font-size:16pt&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;font-family:Calibri&amp;quot;&amp;gt;Genişlik: 260 cm / Yükseklik: 80 cm&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/div&amp;gt;
 	&amp;lt;/li&amp;gt;
 	&amp;lt;li&amp;gt;
 	&amp;lt;div style=&amp;quot;border:0px solid #e1e1e1; margin-bottom:11px&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;font-size:16pt&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;font-family:Calibri&amp;quot;&amp;gt;Sarkıt Aralıkları: 20 cm&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/div&amp;gt;
 	&amp;lt;/li&amp;gt;
 	&amp;lt;li&amp;gt;
 	&amp;lt;div style=&amp;quot;border:0px solid #e1e1e1; margin-bottom:11px&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;font-size:16pt&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;font-family:Calibri&amp;quot;&amp;gt;Uzun Kalp Sarkıt: 80 cm&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/div&amp;gt;
 	&amp;lt;/li&amp;gt;
 	&amp;lt;li&amp;gt;
 	&amp;lt;div style=&amp;quot;border:0px solid #e1e1e1; margin-bottom:11px&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;font-size:16pt&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;font-family:Calibri&amp;quot;&amp;gt;Kısa Kalp Sarkıt: 50 cm&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/div&amp;gt;
 	&amp;lt;/li&amp;gt;
 	&amp;lt;li&amp;gt;
@@ -26504,51 +26504,51 @@
       <c r="L358" s="0"/>
       <c r="M358" s="0"/>
       <c r="N358" s="0"/>
       <c r="O358" s="0" t="inlineStr">
         <is>
           <t>0.00kg</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="359">
       <c r="A359" s="0" t="n">
         <v>417</v>
       </c>
       <c r="B359" s="0" t="inlineStr">
         <is>
           <t>5 Metre Sabit Yanan Modlu 10 Ampul Parti Organizasyon Iç &amp;amp; Dış Mekan 2700K LED Aydınlatma Uzatma Fişli</t>
         </is>
       </c>
       <c r="C359" s="0" t="inlineStr">
         <is>
           <t>EV &amp;amp; OFİS ÜRÜNLERİ|HEDİYELİK EŞYA|TV ÜRÜNLERİ|Yeni Ürünler</t>
         </is>
       </c>
       <c r="D359" s="0" t="inlineStr">
         <is>
-          <t>Yeni Ürünler</t>
+          <t>EV &amp;amp; OFİS ÜRÜNLERİ</t>
         </is>
       </c>
       <c r="E359" s="0" t="inlineStr">
         <is>
           <t>&amp;lt;h3&amp;gt;5 Metre Sabit Mod 10 Ampul Parti Organizasyon Iç &amp;amp;amp; Dış Mekan 2700K LED Aydınlatma Uzatma Fişli&amp;lt;/h3&amp;gt;
 &amp;lt;h2&amp;gt;&amp;lt;strong&amp;gt;5 Metre Sabit Mod 10 Ampul Parti Organizasyon İç &amp;amp;amp; Dış Mekan 2700k Led Aydınlatma Uzatma Fişli&amp;lt;/strong&amp;gt;&amp;lt;/h2&amp;gt;
 &amp;lt;p&amp;gt;Bu IP65 sertifikalı konsept süsleme, parti organizasyonlarınızı iç ve dış mekanlarda aydınlatmak için idealdir. 5 metre uzunluğunda, 10 adet 2700K LED ampulle donatılmıştır. Sabit modda çalışır ve suya dayanıklıdır. Uzatma fişli eklemeli kablo ile istediğiniz uzunlukta genişletebilirsiniz.&amp;lt;/p&amp;gt;
 &amp;lt;p&amp;gt;&amp;lt;strong&amp;gt;Ürün Özellikleri:&amp;lt;/strong&amp;gt;&amp;lt;/p&amp;gt;
 &amp;lt;p&amp;gt;&amp;lt;strong&amp;gt;Parti Organizasyonları İçin İdeal:&amp;lt;/strong&amp;gt;&amp;amp;nbsp;Partiler, etkinlikler ve kutlamalar için mükemmel bir aydınlatma çözümüdür.&amp;lt;/p&amp;gt;
 &amp;lt;p&amp;gt;&amp;lt;strong&amp;gt;IP65 Sertifikalı Su Geçirmezlik:&amp;lt;/strong&amp;gt;&amp;amp;nbsp;Dış mekanlarda kullanım için uygun olan IP65 sertifikalı su geçirmez tasarımıyla dayanıklıdır.&amp;lt;/p&amp;gt;
 &amp;lt;p&amp;gt;&amp;lt;strong&amp;gt;5 Metre Uzunluk:&amp;lt;/strong&amp;gt;&amp;amp;nbsp;5 metrelik uzunluk, geniş bir alana yayılmak için idealdir.&amp;lt;/p&amp;gt;
 &amp;lt;p&amp;gt;&amp;lt;strong&amp;gt;10 Ampul ve 2700K LED Aydınlatma:&amp;lt;/strong&amp;gt;&amp;amp;nbsp;10 adet ampul, 2700K sıcak beyaz LED aydınlatma ile atmosferi aydınlatır.&amp;lt;/p&amp;gt;
 &amp;lt;p&amp;gt;&amp;lt;strong&amp;gt;Sabit Mod:&amp;lt;/strong&amp;gt;&amp;amp;nbsp;Sabit modda çalışarak istikrarlı bir aydınlatma sunar.&amp;lt;/p&amp;gt;
 &amp;lt;p&amp;gt;&amp;lt;strong&amp;gt;Uzatma Fişli Eklemeli Kablo:&amp;lt;/strong&amp;gt;&amp;amp;nbsp;Uzatma fişli eklemeli kablo ile istediğiniz uzunlukta genişletebilirsiniz.&amp;lt;/p&amp;gt;
 &amp;lt;p&amp;gt;Bu konsept süsleme, partilerinizi iç ve dış mekanlarda aydınlatmak için ideal bir seçenektir. Su geçirmez tasarımıyla dış mekanlarda güvenle kullanabilir ve genişletilebilir yapısıyla istediğiniz uzunluğa ulaşabilirsiniz.&amp;lt;/p&amp;gt;
 &amp;lt;p&amp;gt;Paket İçeriği: 1 x 10 Ampul Dış Mekan Led Aydınlatma&amp;amp;nbsp;&amp;lt;/p&amp;gt;
 </t>
         </is>
       </c>
       <c r="F359" s="0" t="n">
         <v>400</v>
       </c>
       <c r="G359" s="0" t="n">
         <v>250904232142</v>
       </c>
@@ -26577,51 +26577,51 @@
         </is>
       </c>
       <c r="N359" s="0"/>
       <c r="O359" s="0" t="inlineStr">
         <is>
           <t>0.00kg</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="360">
       <c r="A360" s="0" t="n">
         <v>418</v>
       </c>
       <c r="B360" s="0" t="inlineStr">
         <is>
           <t>Rustik Ampul İkili Solar Duvar Aplik Güneş Enerjili Hareket Sensörlü</t>
         </is>
       </c>
       <c r="C360" s="0" t="inlineStr">
         <is>
           <t>EV &amp;amp; OFİS ÜRÜNLERİ|HEDİYELİK EŞYA|TV ÜRÜNLERİ|KAMP VE OUTDOOR|Yeni Ürünler</t>
         </is>
       </c>
       <c r="D360" s="0" t="inlineStr">
         <is>
-          <t>KAMP VE OUTDOOR</t>
+          <t>EV &amp;amp; OFİS ÜRÜNLERİ</t>
         </is>
       </c>
       <c r="E360" s="0" t="inlineStr">
         <is>
           <t>&amp;lt;ul style=&amp;quot;margin-left:18px&amp;quot;&amp;gt;
 	&amp;lt;li&amp;gt;&amp;lt;span style=&amp;quot;color:#0f1111&amp;quot;&amp;gt;Yenilikçi Tasarım: Bu güneş enerjili ışık etkileşimli duvar lambası, her mekana zarafet katan benzersiz ve şık bir tasarıma sahiptir.&amp;lt;/span&amp;gt;&amp;lt;/li&amp;gt;
 	&amp;lt;li&amp;gt;&amp;lt;span style=&amp;quot;color:#0f1111&amp;quot;&amp;gt;Enerji Tasarrufu: 1800mAh şarj edilebilir pille çalışan bu lamba, güneşin gücünden yararlanarak çevre dostu ve uygun maliyetli bir aydınlatma çözümüdür.&amp;lt;/span&amp;gt;&amp;lt;/li&amp;gt;
 	&amp;lt;li&amp;gt;&amp;lt;span style=&amp;quot;color:#0f1111&amp;quot;&amp;gt;Çift LED Işık: İki adet enerji tasarruflu LED ışıkla donatılan bu lamba, iç veya dış mekanlarınız için yeterli aydınlatma sağlar.&amp;lt;/span&amp;gt;&amp;lt;/li&amp;gt;
 	&amp;lt;li&amp;gt;&amp;lt;span style=&amp;quot;color:#0f1111&amp;quot;&amp;gt;Çok Yönlü Kullanım: 5V voltaj ve 2W güç çıkışı ile bu lamba, vurgu aydınlatması, görev aydınlatması veya dekoratif amaçlar gibi çeşitli amaçlar için kullanılabilir.&amp;lt;/span&amp;gt;&amp;lt;/li&amp;gt;
 	&amp;lt;li&amp;gt;&amp;lt;span style=&amp;quot;color:#0f1111&amp;quot;&amp;gt;2 LED'li Güneş Enerjili Etkileşimli Duvar Lambası, 5.5V, 2W, 1800mAh&amp;lt;/span&amp;gt;&amp;lt;/li&amp;gt;
 &amp;lt;/ul&amp;gt;
 </t>
         </is>
       </c>
       <c r="F360" s="0" t="n">
         <v>150</v>
       </c>
       <c r="G360" s="0" t="n">
         <v>250904232804</v>
       </c>
       <c r="H360" s="0"/>
       <c r="I360" s="0" t="n">
         <v>1000</v>
       </c>
       <c r="J360" s="0" t="inlineStr">
@@ -26641,51 +26641,51 @@
       </c>
       <c r="M360" s="0"/>
       <c r="N360" s="0"/>
       <c r="O360" s="0" t="inlineStr">
         <is>
           <t>0.00kg</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="361">
       <c r="A361" s="0" t="n">
         <v>419</v>
       </c>
       <c r="B361" s="0" t="inlineStr">
         <is>
           <t>20 Ledli Hareket Sensörlü Dış Mekan Solar Lamba</t>
         </is>
       </c>
       <c r="C361" s="0" t="inlineStr">
         <is>
           <t>EV &amp;amp; OFİS ÜRÜNLERİ|HEDİYELİK EŞYA|TV ÜRÜNLERİ|KAMP VE OUTDOOR|Yeni Ürünler</t>
         </is>
       </c>
       <c r="D361" s="0" t="inlineStr">
         <is>
-          <t>KAMP VE OUTDOOR</t>
+          <t>EV &amp;amp; OFİS ÜRÜNLERİ</t>
         </is>
       </c>
       <c r="E361" s="0" t="inlineStr">
         <is>
           <t>&amp;lt;p&amp;gt;&amp;lt;strong&amp;gt;Solar Hareket Sensörlü Dış Mekan için Uygun Lamba&amp;lt;/strong&amp;gt;&amp;lt;/p&amp;gt;
 &amp;lt;p&amp;gt;Bahçe balkon teras gibi dış mekanlarınız aydınlık ve dekoratif olması için güneş enerjili solar bahçe aydınlatma – solar lamba. Solar güneş enerjili bahçe aydınlatmanız sabahleyin güneş enerjisi ile kendini şarj eder, gece olunca sensörü sayesinde otomatik yanar. Balkonda , bahçede , pencerede , terasta kabloya gereksinim duymadan kolayca kullanabilirsiniz. Ürün Özellikleri Hareket sensörlüdür. Açma kapama tuşu vardır. Güneş enerjisi ile şarj olur. 20 adet led ışığı vardır.&amp;lt;/p&amp;gt;
 &amp;lt;p&amp;gt;Paket İçeriği : 1 Adet Hareket Sensörlü Solar Dış Mekan Lambası&amp;lt;/p&amp;gt;
 </t>
         </is>
       </c>
       <c r="F361" s="0" t="n">
         <v>125</v>
       </c>
       <c r="G361" s="0" t="n">
         <v>250904233140</v>
       </c>
       <c r="H361" s="0"/>
       <c r="I361" s="0" t="n">
         <v>1000</v>
       </c>
       <c r="J361" s="0" t="inlineStr">
         <is>
           <t>https://www.realtoptan.com/image/catalog/resimler/kose.jpeg</t>
         </is>
       </c>
@@ -26701,51 +26701,51 @@
       </c>
       <c r="M361" s="0"/>
       <c r="N361" s="0"/>
       <c r="O361" s="0" t="inlineStr">
         <is>
           <t>0.00kg</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="362">
       <c r="A362" s="0" t="n">
         <v>420</v>
       </c>
       <c r="B362" s="0" t="inlineStr">
         <is>
           <t>100 Led DIŞ Mekan Solar Aydınlatma Fotoselli Solar Lamba Hareket Sensörlü</t>
         </is>
       </c>
       <c r="C362" s="0" t="inlineStr">
         <is>
           <t>EV &amp;amp; OFİS ÜRÜNLERİ|HEDİYELİK EŞYA|TV ÜRÜNLERİ|Yeni Ürünler</t>
         </is>
       </c>
       <c r="D362" s="0" t="inlineStr">
         <is>
-          <t>Yeni Ürünler</t>
+          <t>EV &amp;amp; OFİS ÜRÜNLERİ</t>
         </is>
       </c>
       <c r="E362" s="0" t="inlineStr">
         <is>
           <t>&amp;lt;p&amp;gt;&amp;lt;strong&amp;gt;&amp;lt;em&amp;gt;100 LED güneş lambası :&amp;lt;/em&amp;gt;&amp;lt;/strong&amp;gt;&amp;lt;strong&amp;gt;dış mekan güneş lambası, mükemmel aydınlatma sağlayan 100 ultra-parlak LED boncuk ile donatılmıştır. Lamba doğrudan güneş ışığında 8-12 saat şarj edilebilir ve verilen vida ile monte edilebilir.&amp;lt;/strong&amp;gt;&amp;lt;/p&amp;gt;
 &amp;lt;p&amp;gt;&amp;lt;em&amp;gt;&amp;lt;strong&amp;gt;270 ° geniş açı :&amp;lt;/strong&amp;gt;&amp;lt;/em&amp;gt;&amp;lt;strong&amp;gt;güneş güvenlik lambalarımız üç yerine dört tarafta tasarlanmıştır. Yükseltilmiş gece ışıklarımız yaklaşık üç kat daha fazla alanı kaplayacak. Aydınlatma açısı 270 ° 'ye kadar ulaşabilir.&amp;lt;/strong&amp;gt;&amp;lt;/p&amp;gt;
 &amp;lt;p&amp;gt;&amp;lt;em&amp;gt;&amp;lt;strong&amp;gt;120 ° sensör aralığı :&amp;lt;/strong&amp;gt;&amp;lt;/em&amp;gt;&amp;lt;strong&amp;gt;yükseltilmiş hareket sensörü 120 ° aralığına kadar algılayabilir ve sensör uzunluğu size daha uzun bir indüksiyon mesafesi sağlamak için 26 feet'dir. Gece yürürken lamba size güvenlik ve kolaylık sağlayacaktır.&amp;lt;/strong&amp;gt;&amp;lt;/p&amp;gt;
 &amp;lt;p&amp;gt;&amp;lt;strong&amp;gt;&amp;lt;em&amp;gt;3 aydınlatma modu :&amp;lt;/em&amp;gt;&amp;lt;/strong&amp;gt;&amp;lt;strong&amp;gt;üç farklı mod seçebilirsiniz&amp;lt;/strong&amp;gt;&amp;lt;strong&amp;gt;. Mod 1: İnsan indüksiyon modu. Mod 2: İnsan etkileşimi + hafif mod. Mod 3: hafif mod. 1 saniye boyunca üstteki düğmeye basarak modu değiştirebilirsiniz.&amp;lt;/strong&amp;gt;&amp;lt;/p&amp;gt;
 &amp;lt;p&amp;gt;&amp;lt;em&amp;gt;&amp;lt;strong&amp;gt;Su geçirmez IP65 ve enerji tasarrufu&amp;lt;/strong&amp;gt;&amp;lt;/em&amp;gt;&amp;amp;nbsp;:&amp;amp;nbsp;&amp;lt;strong&amp;gt;lamba yüksek mukavemetli abs'den yapılmıştır ve kar, yağmur ve diğer aşırı hava koşullarına dayanabilir. IP65 su geçirmez ve ısı geçirmez tasarım açık, bahçe, teras avlu, güverte, şerit, vb için uygun hale getirir.&amp;lt;/strong&amp;gt;&amp;lt;/p&amp;gt;
 &amp;lt;p&amp;gt;&amp;lt;strong&amp;gt;Kablosuz hareket sensörü ışıkları güneş ışığı PIR hareket sensörüne sahiptir, kablo gerektirmez. Hareket 10-26 ft içinde algılandığında ışık aktive edilir. Işığın açık olduğu 30 saniye boyunca başka bir hareket algılanmazsa, ışık söner. Sağlanan vidalarla güneş enerjili duvar ışıklarını takın ve 7-9 saat boyunca doğrudan güneş ışığı altında tamamen şarj edin. Önerilen optimum kurulum yüksekliği: 6-14 ft.&amp;lt;/strong&amp;gt;&amp;lt;/p&amp;gt;
 &amp;lt;p&amp;gt;&amp;lt;em&amp;gt;&amp;lt;strong&amp;gt;Çeşitli avantajlar:&amp;lt;/strong&amp;gt;&amp;lt;/em&amp;gt;&amp;lt;strong&amp;gt;100LEDs güneş su geçirmez dört taraflı insan vücudu indüksiyon duvar lambası kullanımı kolaydır. Gösterge lambası görüntüleme fonksiyonu eklenir. Enerji tasarrufu, çevre koruma, dayanıklı, kullanımı kolaydır. Buna ek olarak, uzun ömürlü, düşük arıza onarım oranı, yüksek radyasyonsuz stabilite, basit kurulum (ürünü açık güneş parlayan duvarda sabitlemek için sadece iki vida), akıllı ışık indüksiyon kontrolü, ayar yok, vb.&amp;lt;/strong&amp;gt;&amp;lt;/p&amp;gt;
 &amp;lt;p&amp;gt;&amp;lt;img src=&amp;quot;https://cdn03.ciceksepeti.com/images/product/kcm48590804/57513aef-21ba-4aca-81e4-e3de87b0122d.jpg&amp;quot; /&amp;gt;&amp;lt;/p&amp;gt;
 </t>
         </is>
       </c>
       <c r="F362" s="0" t="n">
         <v>150</v>
       </c>
       <c r="G362" s="0" t="n">
         <v>250904233501</v>
       </c>
       <c r="H362" s="0"/>
       <c r="I362" s="0" t="n">
         <v>1000</v>
       </c>