--- v1 (2025-12-17)
+++ v2 (2026-02-12)
@@ -107,51 +107,51 @@
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" indent="0" shrinkToFit="false"/>
       <protection locked="true" hidden="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="6">
     <cellStyle builtinId="0" customBuiltin="false" name="Normal" xfId="0"/>
     <cellStyle builtinId="3" customBuiltin="false" name="Comma" xfId="15"/>
     <cellStyle builtinId="6" customBuiltin="false" name="Comma [0]" xfId="16"/>
     <cellStyle builtinId="4" customBuiltin="false" name="Currency" xfId="17"/>
     <cellStyle builtinId="7" customBuiltin="false" name="Currency [0]" xfId="18"/>
     <cellStyle builtinId="5" customBuiltin="false" name="Percent" xfId="19"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
-  <dimension ref="A1:O369"/>
+  <dimension ref="A1:O370"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="true" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <selection activeCell="A1" activeCellId="0" pane="topLeft" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1024" min="1" style="0" customWidth="false" width="11.5"/>
   </cols>
   <sheetData>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="0" t="inlineStr">
         <is>
           <t>urun_kodu</t>
         </is>
       </c>
       <c r="B1" s="0" t="inlineStr">
         <is>
           <t>urun_adi</t>
         </is>
       </c>
       <c r="C1" s="0" t="inlineStr">
         <is>
           <t>kategori</t>
         </is>
       </c>
@@ -670,51 +670,51 @@
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="0" t="n">
         <v>26</v>
       </c>
       <c r="B8" s="0" t="inlineStr">
         <is>
           <t>4 Kişilik Kamuflaj Desenli Kolay Kurulumlu Kamp Çadırı</t>
         </is>
       </c>
       <c r="C8" s="0" t="inlineStr">
         <is>
           <t>KAMP VE OUTDOOR</t>
         </is>
       </c>
       <c r="D8" s="0" t="inlineStr">
         <is>
           <t>KAMP VE OUTDOOR</t>
         </is>
       </c>
       <c r="E8" s="0" t="inlineStr">
         <is>
           <t>&amp;lt;div class=&amp;quot;h1&amp;quot; style=&amp;quot;font-family: Verdana, Arial, Tahoma; line-height: normal; color: rgb(0, 0, 0); font-size: 10.6667px;&amp;quot;&amp;gt;Doğa\'nın konuğu olmaya hazır mısınız?&amp;lt;/div&amp;gt;&amp;lt;p style=&amp;quot;margin-bottom: 20px; line-height: normal; font-family: Verdana, Arial, Tahoma; font-size: 8pt;&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;font-weight: bolder;&amp;quot;&amp;gt;Festivaller yaklaşıyor! Kamp alanınızda yerinizi şimdiden ayırın!&amp;lt;/span&amp;gt;&amp;lt;/p&amp;gt;&amp;lt;p style=&amp;quot;margin-bottom: 20px; line-height: normal; font-family: Verdana, Arial, Tahoma; font-size: 8pt;&amp;quot;&amp;gt;Toplandığında etkileyici derecede küçülmektedir, bu sayede istediğiniz yere götürebilirsiniz!&amp;lt;/p&amp;gt;&amp;lt;p style=&amp;quot;margin-bottom: 20px; line-height: normal; font-family: Verdana, Arial, Tahoma; font-size: 8pt;&amp;quot;&amp;gt;Aracınızın bagajında çok az yer kaplayacak!&amp;lt;/p&amp;gt;&amp;lt;p style=&amp;quot;margin-bottom: 20px; line-height: normal; font-family: Verdana, Arial, Tahoma; font-size: 8pt;&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;font-weight: bolder;&amp;quot;&amp;gt;Ürün tarafımızca kontrol ve test edilmiş, oldukça memnun edici bulunmuştur.&amp;lt;/span&amp;gt;&amp;lt;/p&amp;gt;&amp;lt;p style=&amp;quot;margin-bottom: 20px; line-height: normal; font-family: Verdana, Arial, Tahoma; font-size: 8pt;&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;font-weight: bolder;&amp;quot;&amp;gt;Ürün Özellikleri:&amp;lt;/span&amp;gt;&amp;lt;/p&amp;gt;&amp;lt;ul style=&amp;quot;line-height: normal; font-family: Verdana, Arial, Tahoma; font-size: 10.6667px;&amp;quot;&amp;gt;&amp;lt;li&amp;gt;Kolay kurulumu ile dakikalar içerisinde kullanıma hazır&amp;lt;/li&amp;gt;&amp;lt;li&amp;gt;4 kişilik konaklama&amp;lt;/li&amp;gt;&amp;lt;li&amp;gt;Özel su geçirmez kumaş&amp;lt;/li&amp;gt;&amp;lt;li&amp;gt;Çadır tepesinde havalandırma bacası&amp;lt;/li&amp;gt;&amp;lt;li&amp;gt;Kapı sineklik tülü&amp;lt;/li&amp;gt;&amp;lt;li&amp;gt;Dayanıklı kumaşı ile yıllarca kullanabilirsiniz&amp;lt;/li&amp;gt;&amp;lt;li&amp;gt;Özel çantası ile kolay taşıma&amp;lt;/li&amp;gt;&amp;lt;/ul&amp;gt;&amp;lt;p style=&amp;quot;margin-bottom: 20px; line-height: normal; font-family: Verdana, Arial, Tahoma; font-size: 8pt;&amp;quot;&amp;gt;&amp;lt;br&amp;gt;&amp;lt;span style=&amp;quot;font-weight: bolder;&amp;quot;&amp;gt;Kurulu Çadır Boyutu:&amp;amp;nbsp;&amp;lt;/span&amp;gt;200 &amp;amp;nbsp;x &amp;amp;nbsp;200 &amp;amp;nbsp;x &amp;amp;nbsp;140 Cm&amp;lt;/p&amp;gt;&amp;lt;p style=&amp;quot;margin-bottom: 20px; line-height: normal; font-family: Verdana, Arial, Tahoma; font-size: 8pt;&amp;quot;&amp;gt;&amp;lt;br&amp;gt;&amp;lt;span style=&amp;quot;font-weight: bolder;&amp;quot;&amp;gt;Toplu Çadır Boyutu (Çanta Boyutu):&amp;amp;nbsp;&amp;lt;/span&amp;gt;60 cm x 14 cm x 8 cm&amp;lt;/p&amp;gt;</t>
         </is>
       </c>
       <c r="F8" s="0" t="n">
-        <v>650</v>
+        <v>750</v>
       </c>
       <c r="G8" s="0" t="n">
         <v>38383800764</v>
       </c>
       <c r="H8" s="0" t="inlineStr">
         <is>
           <t>diğer</t>
         </is>
       </c>
       <c r="I8" s="0" t="n">
         <v>100</v>
       </c>
       <c r="J8" s="0" t="inlineStr">
         <is>
           <t>https://www.realtoptan.com/image/catalog/4-kisilik-kamuflaj-desenli-kolay-kurulumlu-kamp-cadiri-365.jpg</t>
         </is>
       </c>
       <c r="K8" s="0" t="inlineStr">
         <is>
           <t>https://www.realtoptan.com/image/catalog/4-kisilik-kamuflaj-desenli-kolay-kurulumlu-kamp-cadiri-1391.jpg</t>
         </is>
       </c>
       <c r="L8" s="0" t="inlineStr">
         <is>
           <t>https://www.realtoptan.com/image/catalog/4-kisilik-kamuflaj-desenli-kolay-kurulumlu-kamp-cadiri-5449.jpg</t>
@@ -1840,60 +1840,68 @@
       <c r="E26" s="0" t="inlineStr">
         <is>
           <t>&amp;lt;ul style=&amp;quot;margin-left:0px; margin-right:0px&amp;quot;&amp;gt;
 	&amp;lt;li&amp;gt;0 Derece Mevsimlik Uyku Tulumu Genel kullanım için üretilmiştir, açılarak battaniye olarak da kullanılabilir. Polyester malzemeden üretilmiştir, Hafif ve düşük hacim ile taşınması son derece rahat ve kolaydır, Ürün ebatları: 190 * 72 cm, Ürün ağırlığı: 1000 gr, Baş kısmı açık olarak tasarlanmıştır. Kolayca taşınabilir çantasıyla kullanıcıya kolaylık sağlar,0 Derece Mevsimlik Uyku Tulumu: Ergonomik ve şık tasarımıyla dikkat çeker. Mevsimlik, 0 dereceye kadar rahat kullanım sağlar.&amp;lt;/li&amp;gt;
 	&amp;lt;li&amp;gt;Renk seçeneği : Kırmızı, Haki Yeşil, Siyah, Mavi&amp;lt;/li&amp;gt;
 &amp;lt;/ul&amp;gt;
 </t>
         </is>
       </c>
       <c r="F26" s="0" t="n">
         <v>350</v>
       </c>
       <c r="G26" s="0" t="n">
         <v>38383800746</v>
       </c>
       <c r="H26" s="0" t="inlineStr">
         <is>
           <t>diğer</t>
         </is>
       </c>
       <c r="I26" s="0" t="n">
         <v>986</v>
       </c>
       <c r="J26" s="0" t="inlineStr">
         <is>
-          <t>https://www.realtoptan.com/image/catalog/resimler/tulum.jpg</t>
+          <t>https://www.realtoptan.com/image/catalog/site_resimler/SİTE RESİMLERİ/uyku_tulumu1.png</t>
         </is>
       </c>
       <c r="K26" s="0" t="inlineStr">
         <is>
-          <t>https://www.realtoptan.com/image/catalog/resimler/tulum2.jpg</t>
-[...3 lines deleted...]
-      <c r="M26" s="0"/>
+          <t>https://www.realtoptan.com/image/catalog/site_resimler/SİTE RESİMLERİ/uyku_tulumu_2.png</t>
+        </is>
+      </c>
+      <c r="L26" s="0" t="inlineStr">
+        <is>
+          <t>https://www.realtoptan.com/image/catalog/site_resimler/SİTE RESİMLERİ/uyku_tulumu_3.png</t>
+        </is>
+      </c>
+      <c r="M26" s="0" t="inlineStr">
+        <is>
+          <t>https://www.realtoptan.com/image/catalog/site_resimler/SİTE RESİMLERİ/uyku_tulumu4.png</t>
+        </is>
+      </c>
       <c r="N26" s="0"/>
       <c r="O26" s="0" t="inlineStr">
         <is>
           <t>0.00kg</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
       <c r="A27" s="0" t="n">
         <v>45</v>
       </c>
       <c r="B27" s="0" t="inlineStr">
         <is>
           <t>Starmaster Klc-03 3 X Kalem Pilli + 5 Volt Yıldız Yansıtmalı Küre Tip Gece Lambası</t>
         </is>
       </c>
       <c r="C27" s="0" t="inlineStr">
         <is>
           <t>HEDİYELİK EŞYA|Yeni Ürünler</t>
         </is>
       </c>
       <c r="D27" s="0" t="inlineStr">
         <is>
           <t>HEDİYELİK EŞYA</t>
         </is>
@@ -2044,51 +2052,51 @@
       <c r="D29" s="0" t="inlineStr">
         <is>
           <t>EV &amp;amp; OFİS ÜRÜNLERİ</t>
         </is>
       </c>
       <c r="E29" s="0" t="inlineStr">
         <is>
           <t>&amp;lt;ul style=&amp;quot;margin-left:0px; margin-right:0px&amp;quot;&amp;gt;
 	&amp;lt;li&amp;gt;Uzun Tüylü Büyük Irk Köpekler İçin Tüy Toplayıcı L Long Hair Büyük boy Köpekler İçin Furminator ürünleri , evcil hayvanlarınızın dökülmek üzere olan ve ölü tüy ve deri tabakalarını kesmeden temizler.. Kedi ve köpeklerinizde keyifli bir masaj etkisi ile genel tüy bakımını sağlar.Normal bakım sürecinde evcil hayvanınız üzerinde bulunan toz , akar , partiküller ile sağlıklı tüylerinin uzamasını engelleyen ölü tüyleri toplayarak, deri üzerindeki kan dolaşımını kuvetlendirir ve sağlıklı canlı parlak tüylerin gelişimine yardımcı olur. 15 günde bir kullanılmalıdır. Kullanımı: Evcil hayvanların tüylerinin tamamen kuru olduğundan emin olunuz En iyi sonuç banyo sonrası kurullanan tüylere uygulanması, keçelenme dolaşma olmadığı için nazik uygulanır. Uzama ve büyüme yönüne doğru yapılmalıdır. Aynı bölgeye sürekli uygulanmamalıdır. Cildine zarar verir. Temizleme esnasında çok fazla tüy çıkacağı için temizlenmesi kolay alanda uygulayın. Kullanma sonrasında kızarma olursa bekleyip daha sonra uygulayın.&amp;lt;/li&amp;gt;
 &amp;lt;/ul&amp;gt;
 </t>
         </is>
       </c>
       <c r="F29" s="0" t="n">
         <v>100</v>
       </c>
       <c r="G29" s="0" t="n">
         <v>38383800743</v>
       </c>
       <c r="H29" s="0" t="inlineStr">
         <is>
           <t>diğer</t>
         </is>
       </c>
       <c r="I29" s="0" t="n">
-        <v>97</v>
+        <v>0</v>
       </c>
       <c r="J29" s="0" t="inlineStr">
         <is>
           <t>https://www.realtoptan.com/image/catalog/furminator-uzun-tuylu-kopek-tuy-toplayici-tarak-longhair-10.16cm-495.jpg</t>
         </is>
       </c>
       <c r="K29" s="0" t="inlineStr">
         <is>
           <t>https://www.realtoptan.com/image/catalog/furminator-uzun-tuylu-kopek-tuy-toplayici-tarak-longhair-10.16cm-2451.jpg</t>
         </is>
       </c>
       <c r="L29" s="0" t="inlineStr">
         <is>
           <t>https://www.realtoptan.com/image/catalog/furminator-uzun-tuylu-kopek-tuy-toplayici-tarak-longhair-10.16cm-2288.jpg</t>
         </is>
       </c>
       <c r="M29" s="0" t="inlineStr">
         <is>
           <t>https://www.realtoptan.com/image/catalog/furminator-uzun-tuylu-kopek-tuy-toplayici-tarak-longhair-10.16cm-6740.jpg</t>
         </is>
       </c>
       <c r="N29" s="0"/>
       <c r="O29" s="0" t="inlineStr">
         <is>
           <t>0.00kg</t>
@@ -2845,71 +2853,71 @@
 	&amp;lt;li&amp;gt;&amp;amp;nbsp;&amp;lt;strong&amp;gt;Paket İçeriği:&amp;lt;/strong&amp;gt;&amp;lt;/li&amp;gt;
 	&amp;lt;li&amp;gt;&amp;amp;nbsp;&amp;lt;strong&amp;gt;Araba Taşınabilir 2'si 1 Arada Seramik Isıtma Soğutma Isıtıcı Fan Buz Çözücü Demister Universal&amp;lt;/strong&amp;gt;&amp;lt;/li&amp;gt;
 	&amp;lt;li&amp;gt;&amp;amp;nbsp;&amp;lt;strong&amp;gt;360 Derece Dönebilen Braket&amp;lt;/strong&amp;gt;&amp;lt;/li&amp;gt;
 	&amp;lt;li&amp;gt;&amp;amp;nbsp;&amp;lt;strong&amp;gt;Kendinden yapışkanlı pedler veya vidalarla monte edilebilen taban&amp;lt;/strong&amp;gt;&amp;lt;/li&amp;gt;
 	&amp;lt;li&amp;gt;&amp;amp;nbsp;&amp;lt;strong&amp;gt;Araba Taşınabilir 2'si 1 Arada Seramik Isıtma Soğutma Isıtıcı Fan Buz Çözücü Demister Universal ile arabanızda konforlu bir sürüş deneyimi yaşayın!&amp;lt;/strong&amp;gt;&amp;lt;/li&amp;gt;
 &amp;lt;/ul&amp;gt;
 </t>
         </is>
       </c>
       <c r="F41" s="0" t="n">
         <v>400</v>
       </c>
       <c r="G41" s="0" t="n">
         <v>38383800728</v>
       </c>
       <c r="H41" s="0" t="inlineStr">
         <is>
           <t>diğer</t>
         </is>
       </c>
       <c r="I41" s="0" t="n">
         <v>0</v>
       </c>
       <c r="J41" s="0" t="inlineStr">
         <is>
-          <t>https://www.realtoptan.com/image/catalog/oto-isitici-sogutucu-fan-cam-bugu-cozucu-fan-arac-ici-isitici-sogutucu-fan-12v-cakmaklik-girisli-1284.jpg</t>
+          <t>https://www.realtoptan.com/image/catalog/site_resimler/SİTE RESİMLERİ/bugu7.jpeg</t>
         </is>
       </c>
       <c r="K41" s="0" t="inlineStr">
         <is>
-          <t>https://www.realtoptan.com/image/catalog/oto-isitici-sogutucu-fan-cam-bugu-cozucu-fan-arac-ici-isitici-sogutucu-fan-12v-cakmaklik-girisli-876.jpg</t>
+          <t>https://www.realtoptan.com/image/catalog/site_resimler/SİTE RESİMLERİ/bugu-10.png</t>
         </is>
       </c>
       <c r="L41" s="0" t="inlineStr">
         <is>
-          <t>https://www.realtoptan.com/image/catalog/oto-isitici-sogutucu-fan-cam-bugu-cozucu-fan-arac-ici-isitici-sogutucu-fan-12v-cakmaklik-girisli-7230.jpg</t>
+          <t>https://www.realtoptan.com/image/catalog/site_resimler/SİTE RESİMLERİ/bugu1.jpeg</t>
         </is>
       </c>
       <c r="M41" s="0" t="inlineStr">
         <is>
-          <t>https://www.realtoptan.com/image/catalog/oto-isitici-sogutucu-fan-cam-bugu-cozucu-fan-arac-ici-isitici-sogutucu-fan-12v-cakmaklik-girisli-8501.jpg</t>
+          <t>https://www.realtoptan.com/image/catalog/site_resimler/SİTE RESİMLERİ/bugu2.jpeg</t>
         </is>
       </c>
       <c r="N41" s="0" t="inlineStr">
         <is>
-          <t>https://www.realtoptan.com/image/catalog/oto-isitici-sogutucu-fan-cam-bugu-cozucu-fan-arac-ici-isitici-sogutucu-fan-12v-cakmaklik-girisli-2531.jpg</t>
+          <t>https://www.realtoptan.com/image/catalog/site_resimler/SİTE RESİMLERİ/bugu4.png</t>
         </is>
       </c>
       <c r="O41" s="0" t="inlineStr">
         <is>
           <t>0.00kg</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
       <c r="A42" s="0" t="n">
         <v>60</v>
       </c>
       <c r="B42" s="0" t="inlineStr">
         <is>
           <t>XN 8030 Beautiful Skin Care Expert Şarjlı Vakumlu Siyah Nokta Akne Cilt Temizleyici Yüz Temizleme Cihazı</t>
         </is>
       </c>
       <c r="C42" s="0" t="inlineStr">
         <is>
           <t>KİŞİSEL BAKIM</t>
         </is>
       </c>
       <c r="D42" s="0" t="inlineStr">
         <is>
           <t>KİŞİSEL BAKIM</t>
@@ -3033,51 +3041,51 @@
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
       <c r="A44" s="0" t="n">
         <v>62</v>
       </c>
       <c r="B44" s="0" t="inlineStr">
         <is>
           <t>22.5 Metre Uzayan Bahçe Sulama Araç Yıkama Hortumu 7 Kademeli Başlık Tabanca</t>
         </is>
       </c>
       <c r="C44" s="0" t="inlineStr">
         <is>
           <t>HEDİYELİK EŞYA|TV ÜRÜNLERİ</t>
         </is>
       </c>
       <c r="D44" s="0" t="inlineStr">
         <is>
           <t>HEDİYELİK EŞYA</t>
         </is>
       </c>
       <c r="E44" s="0" t="inlineStr">
         <is>
           <t>&amp;amp;nbsp;Uzayan Hortum&amp;amp;nbsp; 22,5 Metre&amp;lt;br&amp;gt;&amp;lt;br&amp;gt;&amp;amp;nbsp;&amp;amp;nbsp;&amp;amp;nbsp; Uzayan orijinal Hortum – Golden Hose bahçelerde rahatça kullanabileceğiniz, yerden tasarruf edebileceğiniz fonksiyonel başlıklı mükemmel bir üründür.&amp;lt;br&amp;gt;&amp;lt;br&amp;gt;&amp;amp;nbsp;&amp;amp;nbsp;&amp;amp;nbsp; Bahçede kullandığınız hortumlar çok yer işgal ediyor ve karışmış hortumlarla uğraşmakta pek çok zaman can sıkıcı oluyor.&amp;lt;br&amp;gt;&amp;lt;br&amp;gt;&amp;amp;nbsp;&amp;amp;nbsp;&amp;amp;nbsp; Hortum sorununa çare olan, son teknoloji ürünü dayanıklı, pratik, hafif kendi uzunluğunun 3 katı uzunluğa erişebilen Golden Hose artık Türkiye’de.&amp;lt;br&amp;gt;&amp;lt;br&amp;gt;&amp;amp;nbsp;&amp;amp;nbsp;&amp;amp;nbsp; Golden Hose\'un kendi uzunluğunun 3 katı uzamasını bekledikten sonra park, bahçe, araç, balkon, yat, tekne gibi yerlerde rahatlık ile kullanabilir.&amp;lt;br&amp;gt;&amp;lt;br&amp;gt;&amp;amp;nbsp;&amp;amp;nbsp;&amp;amp;nbsp; Standart tip hortumların yaratmış olduğu dağınıklık, karışıklık gibi sorunlar ile karşı karşıya olanlar için özel olarak tasarlanan esnek yapıya sahip bu hortum çileden çıkartan bahçe hortumlarından sizi kurtaracak.&amp;lt;br&amp;gt;&amp;lt;br&amp;gt;&amp;amp;nbsp;&amp;amp;nbsp;&amp;amp;nbsp; Golden Hose uzayan hortum dayanıklı, sağlam, hafif malzemeden imal edilmiştir&amp;lt;br&amp;gt;&amp;lt;br&amp;gt;&amp;amp;nbsp;&amp;amp;nbsp;&amp;amp;nbsp; Golden Hose kendi uzunluğunun 3 katı uzunluğa erişebilen kıvrılmaz, dolaşmaz, dayanıklı, pratik, esnek yapıya sahip son teknoloji sulama hortumudur.&amp;lt;br&amp;gt;&amp;lt;br&amp;gt;&amp;amp;nbsp;&amp;amp;nbsp;&amp;amp;nbsp; Golden Hose uzayan hortum eski hortumunuzun yaratmış olduğu dağınıklık, karışıklık gibi duramlardan kurtulmanızda en pratik yardımcınız olacaktır.&amp;lt;br&amp;gt;&amp;lt;br&amp;gt;&amp;amp;nbsp;&amp;amp;nbsp;&amp;amp;nbsp; Tek yapmanız gereken Golden Hose uzayan hortumun su giriş ucunu musluğa takmak.&amp;lt;br&amp;gt;&amp;lt;br&amp;gt;&amp;amp;nbsp;&amp;amp;nbsp;&amp;amp;nbsp; Golden Hose ile işiniz bittiğinde ise tek yapmanız gereken musluğu kapatıp Golden Hose\'un kendi kendine kısalmasını bekleyip evinizin, deponuzun bir köşesini saklamak olacaktır.&amp;lt;br&amp;gt;&amp;amp;nbsp;&amp;amp;nbsp;&amp;amp;nbsp; Ürün Ölçüleri:&amp;lt;br&amp;gt;&amp;amp;nbsp;&amp;amp;nbsp;&amp;amp;nbsp; Küçük Hali: 7,5 metre&amp;lt;br&amp;gt;&amp;lt;br&amp;gt;&amp;amp;nbsp;&amp;amp;nbsp;&amp;amp;nbsp; Uzun Hali: 22,5 metre&amp;lt;br&amp;gt;</t>
         </is>
       </c>
       <c r="F44" s="0" t="n">
-        <v>200</v>
+        <v>220</v>
       </c>
       <c r="G44" s="0" t="n">
         <v>38383800725</v>
       </c>
       <c r="H44" s="0" t="inlineStr">
         <is>
           <t>diğer</t>
         </is>
       </c>
       <c r="I44" s="0" t="n">
         <v>77</v>
       </c>
       <c r="J44" s="0" t="inlineStr">
         <is>
           <t>https://www.realtoptan.com/image/catalog/22.5-metre-uzayan-bahce-sulama-arac-yikama-hortumu-7-kademeli-baslik-tabanca-4865.jpg</t>
         </is>
       </c>
       <c r="K44" s="0" t="inlineStr">
         <is>
           <t>https://www.realtoptan.com/image/catalog/22.5-metre-uzayan-bahce-sulama-arac-yikama-hortumu-7-kademeli-baslik-tabanca-1426.jpg</t>
         </is>
       </c>
       <c r="L44" s="0" t="inlineStr">
         <is>
           <t>https://www.realtoptan.com/image/catalog/22.5-metre-uzayan-bahce-sulama-arac-yikama-hortumu-7-kademeli-baslik-tabanca-4644.jpg</t>
@@ -3217,51 +3225,51 @@
           <t>KİŞİSEL BAKIM</t>
         </is>
       </c>
       <c r="D46" s="0" t="inlineStr">
         <is>
           <t>KİŞİSEL BAKIM</t>
         </is>
       </c>
       <c r="E46" s="0" t="inlineStr">
         <is>
           <t>&amp;lt;p style=&amp;quot;margin-right: 0px; margin-bottom: 16px; margin-left: 0px; padding: initial; border: 0px; font-variant-numeric: inherit; font-variant-east-asian: inherit; font-stretch: inherit; font-size: 14px; line-height: inherit; font-family: -apple-system, BlinkMacSystemFont, Arial, Roboto, Oxygen, Ubuntu, Cantarell, &amp;amp;quot;Fira Sans&amp;amp;quot;, &amp;amp;quot;Droid Sans&amp;amp;quot;, &amp;amp;quot;Helvetica Neue&amp;amp;quot;, sans-serif; vertical-align: baseline; outline: 0px; color: rgb(72, 72, 72); max-width: 1152px !important;&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;font-family: Roboto, Roboto; margin: 0px; padding: 0px; color: rgb(51, 51, 51); font-size: 12px;&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;margin: 0px; padding: 0px;&amp;quot;&amp;gt;&amp;lt;span open=&amp;quot;&amp;quot; sans=&amp;quot;&amp;quot; style=&amp;quot;margin: 0px; padding: 0px;&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;margin: 0px; padding: 0px;&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;margin: 0px; padding: 0px;&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;margin: 0px; padding: 0px;&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;margin: 0px; padding: 0px;&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;margin: 0px; padding: 0px;&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;margin: 0px; padding: 0px;&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;margin: 0px; padding: 0px;&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;margin: 0px; padding: 0px;&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;margin: 0px; padding: 0px;&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;margin: 0px; padding: 0px;&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;margin: 0px; padding: 0px;&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;margin: 0px; padding: 0px;&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;margin: 0px; padding: 0px; position: relative;&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;margin: 0px; padding: 0px; color: rgb(32, 32, 32);&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;margin: 0px; padding: 0px; background-image: initial;&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;margin: 0px; padding: 0px; background-position: initial;&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;margin: 0px; padding: 0px; background-size: initial;&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;margin: 0px; padding: 0px; background-repeat: initial;&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;margin: 0px; padding: 0px; background-attachment: initial;&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;margin: 0px; padding: 0px; background-origin: initial;&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;margin: 0px; padding: 0px; background-clip: initial;&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;margin: 0px; padding: 0px; line-height: normal;&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;margin: 0px; padding: 0px; border: 0px; font-size: 14px;&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;margin: 0px; padding: 0px;&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;margin: 0px; padding: 0px; position: relative;&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;margin: 0px; padding: 0px; color: black;&amp;quot;&amp;gt;&amp;lt;font style=&amp;quot;margin: 0px; padding: 0px;&amp;quot;&amp;gt;&amp;lt;font style=&amp;quot;margin: 0px; padding: 0px;&amp;quot;&amp;gt;Fascial Gun KH-320 Masaj Aleti, kas ağrısını azaltmak, kan dolaşımını artırmak ve sert bir çalışmadan veya uzun süreli bir egzersizden sonra eklem ağrısını azaltmak için kullanılır.&amp;amp;nbsp;&amp;lt;/font&amp;gt;&amp;lt;/font&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;br style=&amp;quot;font-family: Roboto, Roboto; margin: 0px; padding: 0px; color: rgb(51, 51, 51);&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;font-family: Roboto, Roboto; margin: 0px; padding: 0px; color: rgb(51, 51, 51); font-size: 12px;&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;margin: 0px; padding: 0px;&amp;quot;&amp;gt;&amp;lt;span open=&amp;quot;&amp;quot; sans=&amp;quot;&amp;quot; style=&amp;quot;margin: 0px; padding: 0px;&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;margin: 0px; padding: 0px;&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;margin: 0px; padding: 0px;&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;margin: 0px; padding: 0px;&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;margin: 0px; padding: 0px;&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;margin: 0px; padding: 0px;&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;margin: 0px; padding: 0px;&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;margin: 0px; padding: 0px;&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;margin: 0px; padding: 0px;&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;margin: 0px; padding: 0px;&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;margin: 0px; padding: 0px;&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;margin: 0px; padding: 0px;&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;margin: 0px; padding: 0px;&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;margin: 0px; padding: 0px; position: relative;&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;margin: 0px; padding: 0px; color: rgb(32, 32, 32);&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;margin: 0px; padding: 0px; background-image: initial;&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;margin: 0px; padding: 0px; background-position: initial;&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;margin: 0px; padding: 0px; background-size: initial;&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;margin: 0px; padding: 0px; background-repeat: initial;&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;margin: 0px; padding: 0px; background-attachment: initial;&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;margin: 0px; padding: 0px; background-origin: initial;&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;margin: 0px; padding: 0px; background-clip: initial;&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;margin: 0px; padding: 0px; line-height: normal;&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;margin: 0px; padding: 0px; border: 0px; font-size: 14px;&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;margin: 0px; padding: 0px;&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;margin: 0px; padding: 0px; position: relative;&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;margin: 0px; padding: 0px; color: black;&amp;quot;&amp;gt;&amp;lt;font style=&amp;quot;margin: 0px; padding: 0px;&amp;quot;&amp;gt;&amp;lt;font style=&amp;quot;margin: 0px; padding: 0px;&amp;quot;&amp;gt;&amp;amp;nbsp;&amp;lt;/font&amp;gt;&amp;lt;/font&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;br style=&amp;quot;font-family: Roboto, Roboto; margin: 0px; padding: 0px; color: rgb(51, 51, 51);&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;font-family: Roboto, Roboto; margin: 0px; padding: 0px; color: rgb(51, 51, 51); font-size: 12px;&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;margin: 0px; padding: 0px;&amp;quot;&amp;gt;&amp;lt;span open=&amp;quot;&amp;quot; sans=&amp;quot;&amp;quot; style=&amp;quot;margin: 0px; padding: 0px;&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;margin: 0px; padding: 0px;&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;margin: 0px; padding: 0px;&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;margin: 0px; padding: 0px;&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;margin: 0px; padding: 0px;&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;margin: 0px; padding: 0px;&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;margin: 0px; padding: 0px;&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;margin: 0px; padding: 0px;&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;margin: 0px; padding: 0px;&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;margin: 0px; padding: 0px;&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;margin: 0px; padding: 0px;&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;margin: 0px; padding: 0px;&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;margin: 0px; padding: 0px;&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;margin: 0px; padding: 0px; position: relative;&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;margin: 0px; padding: 0px; color: rgb(32, 32, 32);&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;margin: 0px; padding: 0px; background-image: initial;&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;margin: 0px; padding: 0px; background-position: initial;&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;margin: 0px; padding: 0px; background-size: initial;&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;margin: 0px; padding: 0px; background-repeat: initial;&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;margin: 0px; padding: 0px; background-attachment: initial;&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;margin: 0px; padding: 0px; background-origin: initial;&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;margin: 0px; padding: 0px; background-clip: initial;&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;margin: 0px; padding: 0px; line-height: normal;&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;margin: 0px; padding: 0px; border: 0px; font-size: 14px;&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;margin: 0px; padding: 0px;&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;margin: 0px; padding: 0px; position: relative;&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;margin: 0px; padding: 0px; color: black;&amp;quot;&amp;gt;&amp;lt;font style=&amp;quot;margin: 0px; padding: 0px;&amp;quot;&amp;gt;&amp;lt;font style=&amp;quot;margin: 0px; padding: 0px;&amp;quot;&amp;gt;Fascial Gun KH-320 kas masaj aleti, masaj elemanının belirli bir genlik, titreşim frekansı ve torkunu birleştiren bir titreşim terapisi yöntemi kullanır.&amp;amp;nbsp;Etki, ağrıya neden olmayan tendonların, kas dokusunun ve fasyaların iç katmanlarına etki ederek elde edilir.&amp;amp;nbsp;Masaj tabanca şeklinde ergonomik bir şekilde yapılır, elde rahatça oturur, kullanımı uygundur.&amp;amp;nbsp;Kitte bacakların, kasların, göğsün, bileklerin ve bileklerin belli kas gruplarını etkileyen 4 başlık vardır.&amp;amp;nbsp;Seansın optimal süresi 15 dakikadır, dahili batarya ile çalışır.&amp;lt;/font&amp;gt;&amp;lt;/font&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;br style=&amp;quot;font-family: Roboto, Roboto; margin: 0px; padding: 0px; color: rgb(51, 51, 51);&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;font-family: Roboto, Roboto; margin: 0px; padding: 0px; color: rgb(51, 51, 51); font-size: 12px;&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;margin: 0px; padding: 0px;&amp;quot;&amp;gt;&amp;lt;span open=&amp;quot;&amp;quot; sans=&amp;quot;&amp;quot; style=&amp;quot;margin: 0px; padding: 0px;&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;margin: 0px; padding: 0px;&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;margin: 0px; padding: 0px;&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;margin: 0px; padding: 0px;&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;margin: 0px; padding: 0px;&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;margin: 0px; padding: 0px;&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;margin: 0px; padding: 0px;&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;margin: 0px; padding: 0px;&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;margin: 0px; padding: 0px;&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;margin: 0px; padding: 0px;&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;margin: 0px; padding: 0px;&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;margin: 0px; padding: 0px;&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;margin: 0px; padding: 0px;&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;margin: 0px; padding: 0px; position: relative;&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;margin: 0px; padding: 0px; color: rgb(32, 32, 32);&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;margin: 0px; padding: 0px; background-image: initial;&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;margin: 0px; padding: 0px; background-position: initial;&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;margin: 0px; padding: 0px; background-size: initial;&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;margin: 0px; padding: 0px; background-repeat: initial;&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;margin: 0px; padding: 0px; background-attachment: initial;&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;margin: 0px; padding: 0px; background-origin: initial;&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;margin: 0px; padding: 0px; background-clip: initial;&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;margin: 0px; padding: 0px; line-height: normal;&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;margin: 0px; padding: 0px; border: 0px; font-size: 14px;&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;margin: 0px; padding: 0px;&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;margin: 0px; padding: 0px; position: relative;&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;margin: 0px; padding: 0px; color: black;&amp;quot;&amp;gt;&amp;lt;font style=&amp;quot;margin: 0px; padding: 0px;&amp;quot;&amp;gt;&amp;lt;font style=&amp;quot;margin: 0px; padding: 0px;&amp;quot;&amp;gt;&amp;amp;nbsp;&amp;lt;/font&amp;gt;&amp;lt;/font&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;br style=&amp;quot;font-family: Roboto, Roboto; margin: 0px; padding: 0px; color: rgb(51, 51, 51);&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;font-family: Roboto, Roboto; margin: 0px; padding: 0px; color: rgb(51, 51, 51); font-size: 12px;&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;margin: 0px; padding: 0px;&amp;quot;&amp;gt;&amp;lt;span open=&amp;quot;&amp;quot; sans=&amp;quot;&amp;quot; style=&amp;quot;margin: 0px; padding: 0px;&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;margin: 0px; padding: 0px;&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;margin: 0px; padding: 0px;&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;margin: 0px; padding: 0px;&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;margin: 0px; padding: 0px;&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;margin: 0px; padding: 0px;&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;margin: 0px; padding: 0px;&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;margin: 0px; padding: 0px;&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;margin: 0px; padding: 0px;&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;margin: 0px; padding: 0px;&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;margin: 0px; padding: 0px;&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;margin: 0px; padding: 0px;&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;margin: 0px; padding: 0px;&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;margin: 0px; padding: 0px; position: relative;&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;margin: 0px; padding: 0px; color: rgb(32, 32, 32);&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;margin: 0px; padding: 0px; background-image: initial;&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;margin: 0px; padding: 0px; background-position: initial;&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;margin: 0px; padding: 0px; background-size: initial;&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;margin: 0px; padding: 0px; background-repeat: initial;&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;margin: 0px; padding: 0px; background-attachment: initial;&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;margin: 0px; padding: 0px; background-origin: initial;&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;margin: 0px; padding: 0px; background-clip: initial;&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;margin: 0px; padding: 0px; line-height: normal;&amp;quot;&amp;gt;&amp;lt;b style=&amp;quot;margin: 0px; padding: 0px; font-weight: bold;&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;margin: 0px; padding: 0px; border: 0px; font-size: 18px;&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;margin: 0px; padding: 0px;&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;margin: 0px; padding: 0px; position: relative;&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;margin: 0px; padding: 0px; color: black;&amp;quot;&amp;gt;&amp;lt;font style=&amp;quot;margin: 0px; padding: 0px;&amp;quot;&amp;gt;&amp;lt;font style=&amp;quot;margin: 0px; padding: 0px;&amp;quot;&amp;gt;Özellikler:&amp;lt;/font&amp;gt;&amp;lt;/font&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/b&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;br style=&amp;quot;font-family: Roboto, Roboto; margin: 0px; padding: 0px; color: rgb(51, 51, 51);&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;font-family: Roboto, Roboto; margin: 0px; padding: 0px; color: rgb(51, 51, 51); font-size: 12px;&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;margin: 0px; padding: 0px;&amp;quot;&amp;gt;&amp;lt;span open=&amp;quot;&amp;quot; sans=&amp;quot;&amp;quot; style=&amp;quot;margin: 0px; padding: 0px;&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;margin: 0px; padding: 0px;&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;margin: 0px; padding: 0px;&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;margin: 0px; padding: 0px;&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;margin: 0px; padding: 0px;&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;margin: 0px; padding: 0px;&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;margin: 0px; padding: 0px;&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;margin: 0px; padding: 0px;&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;margin: 0px; padding: 0px;&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;margin: 0px; padding: 0px;&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;margin: 0px; padding: 0px;&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;margin: 0px; padding: 0px;&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;margin: 0px; padding: 0px;&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;margin: 0px; padding: 0px; position: relative;&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;margin: 0px; padding: 0px; color: rgb(32, 32, 32);&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;margin: 0px; padding: 0px; background-image: initial;&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;margin: 0px; padding: 0px; background-position: initial;&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;margin: 0px; padding: 0px; background-size: initial;&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;margin: 0px; padding: 0px; background-repeat: initial;&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;margin: 0px; padding: 0px; background-attachment: initial;&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;margin: 0px; padding: 0px; background-origin: initial;&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;margin: 0px; padding: 0px; background-clip: initial;&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;margin: 0px; padding: 0px; line-height: normal;&amp;quot;&amp;gt;&amp;lt;font style=&amp;quot;margin: 0px; padding: 0px;&amp;quot;&amp;gt;&amp;lt;font style=&amp;quot;margin: 0px; padding: 0px;&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;margin: 0px; padding: 0px; border: 0px; font-size: 14px;&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;margin: 0px; padding: 0px;&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;margin: 0px; padding: 0px; position: relative;&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;margin: 0px; padding: 0px; background-image: initial;&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;margin: 0px; padding: 0px; background-position: initial;&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;margin: 0px; padding: 0px; background-size: initial;&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;margin: 0px; padding: 0px; background-repeat: initial;&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;margin: 0px; padding: 0px; background-attachment: initial;&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;margin: 0px; padding: 0px; background-origin: initial;&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;margin: 0px; padding: 0px; background-clip: initial;&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;margin: 0px; padding: 0px; color: black;&amp;quot;&amp;gt;Malzeme: ABS&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;br style=&amp;quot;margin: 0px; padding: 0px;&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;margin: 0px; padding: 0px; border: 0px; font-size: 14pt;&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;margin: 0px; padding: 0px;&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;margin: 0px; padding: 0px; position: relative;&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;margin: 0px; padding: 0px; color: black;&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;margin: 0px; padding: 0px; border: 0px; font-size: 14px;&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;margin: 0px; padding: 0px;&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;margin: 0px; padding: 0px; position: relative;&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;margin: 0px; padding: 0px; background-image: initial;&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;margin: 0px; padding: 0px; background-position: initial;&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;margin: 0px; padding: 0px; background-size: initial;&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;margin: 0px; padding: 0px; background-repeat: initial;&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;margin: 0px; padding: 0px; background-attachment: initial;&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;margin: 0px; padding: 0px; background-origin: initial;&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;margin: 0px; padding: 0px; background-clip: initial;&amp;quot;&amp;gt;Voltaj: AC 110-220 V, 50/60Hz&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;br style=&amp;quot;margin: 0px; padding: 0px;&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;margin: 0px; padding: 0px; border: 0px; font-size: 14px;&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;margin: 0px; padding: 0px;&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;margin: 0px; padding: 0px; position: relative;&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;margin: 0px; padding: 0px; background-image: initial;&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;margin: 0px; padding: 0px; background-position: initial;&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;margin: 0px; padding: 0px; background-size: initial;&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;margin: 0px; padding: 0px; background-repeat: initial;&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;margin: 0px; padding: 0px; background-attachment: initial;&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;margin: 0px; padding: 0px; background-origin: initial;&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;margin: 0px; padding: 0px; background-clip: initial;&amp;quot;&amp;gt;Güç: 20 ~ 30 W&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;br style=&amp;quot;margin: 0px; padding: 0px;&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;margin: 0px; padding: 0px; border: 0px; font-size: 14px;&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;margin: 0px; padding: 0px;&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;margin: 0px; padding: 0px; position: relative;&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;margin: 0px; padding: 0px; background-image: initial;&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;margin: 0px; padding: 0px; background-position: initial;&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;margin: 0px; padding: 0px; background-size: initial;&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;margin: 0px; padding: 0px; background-repeat: initial;&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;margin: 0px; padding: 0px; background-attachment: initial;&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;margin: 0px; padding: 0px; background-origin: initial;&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;margin: 0px; padding: 0px; background-clip: initial;&amp;quot;&amp;gt;Renk: Siyah/Gri&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;br style=&amp;quot;margin: 0px; padding: 0px;&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;margin: 0px; padding: 0px; border: 0px; font-size: 14px;&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;margin: 0px; padding: 0px;&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;margin: 0px; padding: 0px; position: relative;&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;margin: 0px; padding: 0px; background-image: initial;&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;margin: 0px; padding: 0px; background-position: initial;&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;margin: 0px; padding: 0px; background-size: initial;&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;margin: 0px; padding: 0px; background-repeat: initial;&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;margin: 0px; padding: 0px; background-attachment: initial;&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;margin: 0px; padding: 0px; background-origin: initial;&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;margin: 0px; padding: 0px; background-clip: initial;&amp;quot;&amp;gt;Masaj Başlıları: 4&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;br style=&amp;quot;margin: 0px; padding: 0px;&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;margin: 0px; padding: 0px; border: 0px; font-size: 14px;&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;margin: 0px; padding: 0px;&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;margin: 0px; padding: 0px; position: relative;&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;margin: 0px; padding: 0px; background-image: initial;&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;margin: 0px; padding: 0px; background-position: initial;&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;margin: 0px; padding: 0px; background-size: initial;&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;margin: 0px; padding: 0px; background-repeat: initial;&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;margin: 0px; padding: 0px; background-attachment: initial;&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;margin: 0px; padding: 0px; background-origin: initial;&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;margin: 0px; padding: 0px; background-clip: initial;&amp;quot;&amp;gt;Pil kapasitesi: 2500 mAh&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;br style=&amp;quot;margin: 0px; padding: 0px;&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;margin: 0px; padding: 0px; border: 0px; font-size: 14px;&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;margin: 0px; padding: 0px;&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;margin: 0px; padding: 0px; position: relative;&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;margin: 0px; padding: 0px; background-image: initial;&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;margin: 0px; padding: 0px; background-position: initial;&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;margin: 0px; padding: 0px; background-size: initial;&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;margin: 0px; padding: 0px; background-repeat: initial;&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;margin: 0px; padding: 0px; background-attachment: initial;&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;margin: 0px; padding: 0px; background-origin: initial;&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;margin: 0px; padding: 0px; background-clip: initial;&amp;quot;&amp;gt;Dayanıklılık süresi: 2 saat&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;br style=&amp;quot;margin: 0px; padding: 0px;&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;margin: 0px; padding: 0px; border: 0px; font-size: 14px;&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;margin: 0px; padding: 0px;&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;margin: 0px; padding: 0px; position: relative;&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;margin: 0px; padding: 0px; background-image: initial;&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;margin: 0px; padding: 0px; background-position: initial;&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;margin: 0px; padding: 0px; background-size: initial;&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;margin: 0px; padding: 0px; background-repeat: initial;&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;margin: 0px; padding: 0px; background-attachment: initial;&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;margin: 0px; padding: 0px; background-origin: initial;&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;margin: 0px; padding: 0px; background-clip: initial;&amp;quot;&amp;gt;Vites Ayarı : 6&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;br style=&amp;quot;margin: 0px; padding: 0px;&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;margin: 0px; padding: 0px; border: 0px; font-size: 14px;&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;margin: 0px; padding: 0px;&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;margin: 0px; padding: 0px; position: relative;&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;margin: 0px; padding: 0px; background-image: initial;&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;margin: 0px; padding: 0px; background-position: initial;&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;margin: 0px; padding: 0px; background-size: initial;&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;margin: 0px; padding: 0px; background-repeat: initial;&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;margin: 0px; padding: 0px; background-attachment: initial;&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;margin: 0px; padding: 0px; background-origin: initial;&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;margin: 0px; padding: 0px; background-clip: initial;&amp;quot;&amp;gt;Boyut: 220x218x50mm&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/font&amp;gt;&amp;lt;/font&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;br style=&amp;quot;font-family: Roboto, Roboto; margin: 0px; padding: 0px; color: rgb(51, 51, 51);&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;font-family: Roboto, Roboto; margin: 0px; padding: 0px; color: rgb(51, 51, 51); font-size: 12px;&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;margin: 0px; padding: 0px;&amp;quot;&amp;gt;&amp;lt;span open=&amp;quot;&amp;quot; sans=&amp;quot;&amp;quot; style=&amp;quot;margin: 0px; padding: 0px;&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;margin: 0px; padding: 0px;&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;margin: 0px; padding: 0px;&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;margin: 0px; padding: 0px;&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;margin: 0px; padding: 0px;&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;margin: 0px; padding: 0px;&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;margin: 0px; padding: 0px;&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;margin: 0px; padding: 0px;&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;margin: 0px; padding: 0px;&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;margin: 0px; padding: 0px;&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;margin: 0px; padding: 0px;&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;margin: 0px; padding: 0px;&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;margin: 0px; padding: 0px;&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;margin: 0px; padding: 0px; position: relative;&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;margin: 0px; padding: 0px; color: rgb(32, 32, 32);&amp;quot;&amp;gt;&amp;lt;b style=&amp;quot;margin: 0px; padding: 0px; font-weight: bold;&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;margin: 0px; padding: 0px; border: 0px; font-size: 14px;&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;margin: 0px; padding: 0px;&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;margin: 0px; padding: 0px; position: relative;&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;margin: 0px; padding: 0px; line-height: 19.9733px;&amp;quot;&amp;gt;&amp;lt;font style=&amp;quot;margin: 0px; padding: 0px;&amp;quot;&amp;gt;&amp;lt;font style=&amp;quot;margin: 0px; padding: 0px;&amp;quot;&amp;gt;&amp;amp;nbsp;&amp;lt;/font&amp;gt;&amp;lt;/font&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/b&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;br style=&amp;quot;font-family: Roboto, Roboto; margin: 0px; padding: 0px; color: rgb(51, 51, 51);&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;font-family: Roboto, Roboto; margin: 0px; padding: 0px; color: rgb(51, 51, 51); font-size: 12px;&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;margin: 0px; padding: 0px;&amp;quot;&amp;gt;&amp;lt;span open=&amp;quot;&amp;quot; sans=&amp;quot;&amp;quot; style=&amp;quot;margin: 0px; padding: 0px;&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;margin: 0px; padding: 0px;&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;margin: 0px; padding: 0px;&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;margin: 0px; padding: 0px;&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;margin: 0px; padding: 0px;&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;margin: 0px; padding: 0px;&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;margin: 0px; padding: 0px;&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;margin: 0px; padding: 0px;&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;margin: 0px; padding: 0px;&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;margin: 0px; padding: 0px;&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;margin: 0px; padding: 0px;&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;margin: 0px; padding: 0px;&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;margin: 0px; padding: 0px;&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;margin: 0px; padding: 0px; position: relative;&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;margin: 0px; padding: 0px; color: rgb(32, 32, 32);&amp;quot;&amp;gt;&amp;lt;font style=&amp;quot;margin: 0px; padding: 0px;&amp;quot;&amp;gt;&amp;lt;font style=&amp;quot;margin: 0px; padding: 0px;&amp;quot;&amp;gt;&amp;lt;b style=&amp;quot;margin: 0px; padding: 0px; font-weight: bold;&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;margin: 0px; padding: 0px; border: 0px; font-size: 18px;&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;margin: 0px; padding: 0px;&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;margin: 0px; padding: 0px; position: relative;&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;margin: 0px; padding: 0px; background-image: initial;&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;margin: 0px; padding: 0px; background-position: initial;&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;margin: 0px; padding: 0px; background-size: initial;&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;margin: 0px; padding: 0px; background-repeat: initial;&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;margin: 0px; padding: 0px; background-attachment: initial;&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;margin: 0px; padding: 0px; background-origin: initial;&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;margin: 0px; padding: 0px; background-clip: initial;&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;margin: 0px; padding: 0px; color: black;&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;margin: 0px; padding: 0px; line-height: 19.9733px;&amp;quot;&amp;gt;Paket içeriği:&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/b&amp;gt;&amp;lt;br style=&amp;quot;margin: 0px; padding: 0px;&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;margin: 0px; padding: 0px; border: 0px; font-size: 14pt;&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;margin: 0px; padding: 0px;&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;margin: 0px; padding: 0px; position: relative;&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;margin: 0px; padding: 0px; color: black;&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;margin: 0px; padding: 0px; line-height: 19.9733px;&amp;quot;&amp;gt;&amp;lt;font style=&amp;quot;margin: 0px; padding: 0px;&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;margin: 0px; padding: 0px; border: 0px;&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;margin: 0px; padding: 0px;&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;margin: 0px; padding: 0px; position: relative;&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;margin: 0px; padding: 0px; background-image: initial;&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;margin: 0px; padding: 0px; background-position: initial;&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;margin: 0px; padding: 0px; background-size: initial;&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;margin: 0px; padding: 0px; background-repeat: initial;&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;margin: 0px; padding: 0px; background-attachment: initial;&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;margin: 0px; padding: 0px; background-origin: initial;&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;margin: 0px; padding: 0px; background-clip: initial;&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;margin: 0px; padding: 0px; border: 0px; font-size: 14px;&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;margin: 0px; padding: 0px;&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;margin: 0px; padding: 0px; position: relative;&amp;quot;&amp;gt;1 x Elektrikli Masaj Tabancaları&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/font&amp;gt;&amp;lt;br style=&amp;quot;margin: 0px; padding: 0px;&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;margin: 0px; padding: 0px; border: 0px;&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;margin: 0px; padding: 0px;&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;margin: 0px; padding: 0px; position: relative;&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;margin: 0px; padding: 0px; background-image: initial;&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;margin: 0px; padding: 0px; background-position: initial;&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;margin: 0px; padding: 0px; background-size: initial;&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;margin: 0px; padding: 0px; background-repeat: initial;&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;margin: 0px; padding: 0px; background-attachment: initial;&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;margin: 0px; padding: 0px; background-origin: initial;&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;margin: 0px; padding: 0px; background-clip: initial;&amp;quot;&amp;gt;&amp;lt;font style=&amp;quot;margin: 0px; padding: 0px;&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;margin: 0px; padding: 0px; border: 0px; font-size: 14px;&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;margin: 0px; padding: 0px;&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;margin: 0px; padding: 0px; position: relative;&amp;quot;&amp;gt;4 x Masaj Başlığı&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;br style=&amp;quot;margin: 0px; padding: 0px;&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;margin: 0px; padding: 0px; border: 0px;&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;margin: 0px; padding: 0px;&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;margin: 0px; padding: 0px; position: relative;&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;margin: 0px; padding: 0px; background-image: initial;&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;margin: 0px; padding: 0px; background-position: initial;&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;margin: 0px; padding: 0px; background-size: initial;&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;margin: 0px; padding: 0px; background-repeat: initial;&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;margin: 0px; padding: 0px; background-attachment: initial;&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;margin: 0px; padding: 0px; background-origin: initial;&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;margin: 0px; padding: 0px; background-clip: initial;&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;margin: 0px; padding: 0px; border: 0px; font-size: 14px;&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;margin: 0px; padding: 0px;&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;margin: 0px; padding: 0px; position: relative;&amp;quot;&amp;gt;1 x Şarj Cihazı&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/font&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/font&amp;gt;&amp;lt;/font&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;br&amp;gt;&amp;lt;/p&amp;gt;</t>
         </is>
       </c>
       <c r="F46" s="0" t="n">
         <v>300</v>
       </c>
       <c r="G46" s="0" t="n">
         <v>38383800723</v>
       </c>
       <c r="H46" s="0" t="inlineStr">
         <is>
           <t>diğer</t>
         </is>
       </c>
       <c r="I46" s="0" t="n">
-        <v>85</v>
+        <v>75</v>
       </c>
       <c r="J46" s="0" t="inlineStr">
         <is>
           <t>https://www.realtoptan.com/image/catalog/fascial-gun-masaj-tabancasi-1183.jpg</t>
         </is>
       </c>
       <c r="K46" s="0" t="inlineStr">
         <is>
           <t>https://www.realtoptan.com/image/catalog/fascial-gun-masaj-tabancasi-7649.jpg</t>
         </is>
       </c>
       <c r="L46" s="0" t="inlineStr">
         <is>
           <t>https://www.realtoptan.com/image/catalog/fascial-gun-masaj-tabancasi-9317.jpg</t>
         </is>
       </c>
       <c r="M46" s="0" t="inlineStr">
         <is>
           <t>https://www.realtoptan.com/image/catalog/fascial-gun-masaj-tabancasi-4555.jpg</t>
         </is>
       </c>
       <c r="N46" s="0"/>
       <c r="O46" s="0" t="inlineStr">
         <is>
           <t>0.00kg</t>
@@ -3430,65 +3438,65 @@
 			&amp;lt;td style=&amp;quot;border-style:none; vertical-align:baseline&amp;quot;&amp;gt;
 			&amp;lt;div id=&amp;quot;productDescriptionContent&amp;quot; style=&amp;quot;border:0px; font:inherit; margin-bottom:0; margin-left:0; margin-right:0; margin-top:0; max-width:1152px !important; outline:0px; padding:0px; vertical-align:baseline&amp;quot;&amp;gt;
 			&amp;lt;p style=&amp;quot;margin-left:0px; margin-right:0px&amp;quot;&amp;gt;&amp;lt;strong&amp;gt;Şarjlı Kazak Tüy Toplama Makinesi&amp;lt;/strong&amp;gt;&amp;lt;/p&amp;gt;
 			&amp;lt;pre&amp;gt;
 Zamanla kıyafetlerinizde tüylenme, tiftiklenme, yıpranma, tüy toplama gibi kumaş sorunları ortaya çıkabilir. Kıyafetlerde en sık görülen problemlerden biri olan tüylenme, yıpranmaya bağlı olarak gerçekleşen bir durumdur. Bu giysi tüylenme olayı görüntü olarak kötü bir imaj sergileyebilir, kıyafetiniz henüz yeni olsa dahi oldukça eski durabilir. Tek tip bir kumaşta görülmeyip, penyeden tutun ketene kadar her türlü kumaşta olabilir. Sırf tüylendi diye eski kazak ya da benzeri kıyafetlerinizi atmanıza gerek yok. Bu makine ile kıyafetlerinizde ortaya çıkan bu sorunlardan kolayca kurtulabilirsiniz. Ürün Özellikleri: - Tüyleri hızlı bir şekilde yok etmek için döner keskin paslanmaz çelik bıçaklar - Dokular yumuşak bir şekilde düzgünleştirir, tüyleri hızlı bir şekilde yok eder - Şeffaf tüy deposu - Koruyucu kapak dahil - Kolay temizlik için temizleme fırçası&amp;lt;/pre&amp;gt;
 			&amp;lt;/div&amp;gt;
 			&amp;lt;/td&amp;gt;
 		&amp;lt;/tr&amp;gt;
 	&amp;lt;/tbody&amp;gt;
 &amp;lt;/table&amp;gt;
 </t>
         </is>
       </c>
       <c r="F49" s="0" t="n">
         <v>150</v>
       </c>
       <c r="G49" s="0" t="n">
         <v>38383800715</v>
       </c>
       <c r="H49" s="0" t="inlineStr">
         <is>
           <t>diğer</t>
         </is>
       </c>
       <c r="I49" s="0" t="n">
-        <v>95</v>
+        <v>93</v>
       </c>
       <c r="J49" s="0" t="inlineStr">
         <is>
-          <t>https://www.realtoptan.com/image/catalog/insua-sarjli-kazak-tuy-toplama-makinesi-6296.jpg</t>
+          <t>https://www.realtoptan.com/image/catalog/site_resimler/SİTE RESİMLERİ/tiftik.png</t>
         </is>
       </c>
       <c r="K49" s="0" t="inlineStr">
         <is>
-          <t>https://www.realtoptan.com/image/catalog/insua-sarjli-kazak-tuy-toplama-makinesi-5926.jpg</t>
+          <t>https://www.realtoptan.com/image/catalog/site_resimler/SİTE RESİMLERİ/tiftik2.png</t>
         </is>
       </c>
       <c r="L49" s="0" t="inlineStr">
         <is>
-          <t>https://www.realtoptan.com/image/catalog/insua-sarjli-kazak-tuy-toplama-makinesi-9522.jpg</t>
+          <t>https://www.realtoptan.com/image/catalog/site_resimler/SİTE RESİMLERİ/tiftik3.png</t>
         </is>
       </c>
       <c r="M49" s="0" t="inlineStr">
         <is>
           <t>https://www.realtoptan.com/image/catalog/insua-sarjli-kazak-tuy-toplama-makinesi-9394.jpg</t>
         </is>
       </c>
       <c r="N49" s="0" t="inlineStr">
         <is>
           <t>https://www.realtoptan.com/image/catalog/insua-sarjli-kazak-tuy-toplama-makinesi-3717.jpg</t>
         </is>
       </c>
       <c r="O49" s="0" t="inlineStr">
         <is>
           <t>0.00kg</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
       <c r="A50" s="0" t="n">
         <v>69</v>
       </c>
       <c r="B50" s="0" t="inlineStr">
         <is>
           <t>Vakumlu Siyah Nokta Temizleyici Akne Cilt Temizleme Cihazı</t>
@@ -3574,51 +3582,51 @@
 &amp;lt;table border=&amp;quot;0&amp;quot; style=&amp;quot;border-spacing:0px; border:0px; margin:0px; padding:0px; position:relative; width:100%&amp;quot;&amp;gt;
 	&amp;lt;tbody&amp;gt;
 		&amp;lt;tr&amp;gt;
 			&amp;lt;td style=&amp;quot;border-width:0px&amp;quot;&amp;gt;
 			&amp;lt;h2 style=&amp;quot;margin-left:0px; margin-right:0px&amp;quot;&amp;gt;&amp;lt;strong&amp;gt;Crystal Head&amp;lt;/strong&amp;gt;&amp;lt;/h2&amp;gt;
 			&amp;lt;h5 style=&amp;quot;margin-left:0px; margin-right:0px&amp;quot;&amp;gt;&amp;amp;nbsp;&amp;lt;/h5&amp;gt;
 			&amp;lt;h5 style=&amp;quot;margin-left:0px; margin-right:0px&amp;quot;&amp;gt;&amp;amp;nbsp;&amp;lt;/h5&amp;gt;
 			&amp;lt;h5 style=&amp;quot;margin-left:0px; margin-right:0px&amp;quot;&amp;gt;1Litre Büyük Boy&amp;lt;/h5&amp;gt;
 			&amp;lt;p style=&amp;quot;margin-left:0px; margin-right:0px&amp;quot;&amp;gt;&amp;amp;nbsp;&amp;lt;/p&amp;gt;
 			&amp;lt;p style=&amp;quot;margin-left:0px; margin-right:0px&amp;quot;&amp;gt;1000ml Orta boy Cam İçecek Şişesi&amp;lt;/p&amp;gt;
 			&amp;lt;p style=&amp;quot;margin-left:0px; margin-right:0px&amp;quot;&amp;gt;&amp;amp;nbsp;&amp;lt;/p&amp;gt;
 			&amp;lt;/td&amp;gt;
 		&amp;lt;/tr&amp;gt;
 	&amp;lt;/tbody&amp;gt;
 &amp;lt;/table&amp;gt;
 &amp;lt;/div&amp;gt;
 &amp;lt;/div&amp;gt;
 &amp;lt;/div&amp;gt;
 &amp;lt;/div&amp;gt;
 &amp;lt;/div&amp;gt;
 &amp;lt;/div&amp;gt;
 </t>
         </is>
       </c>
       <c r="F51" s="0" t="n">
-        <v>250</v>
+        <v>300</v>
       </c>
       <c r="G51" s="0" t="n">
         <v>38383800712</v>
       </c>
       <c r="H51" s="0" t="inlineStr">
         <is>
           <t>diğer</t>
         </is>
       </c>
       <c r="I51" s="0" t="n">
         <v>245</v>
       </c>
       <c r="J51" s="0" t="inlineStr">
         <is>
           <t>https://www.realtoptan.com/image/catalog/1000-ml-crystal-head-kuru-kafa-icki-sisesi-1147.jpg</t>
         </is>
       </c>
       <c r="K51" s="0" t="inlineStr">
         <is>
           <t>https://www.realtoptan.com/image/catalog/1000-ml-crystal-head-kuru-kafa-icki-sisesi-5179.jpg</t>
         </is>
       </c>
       <c r="L51" s="0"/>
       <c r="M51" s="0"/>
       <c r="N51" s="0"/>
@@ -3631,51 +3639,51 @@
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
       <c r="A52" s="0" t="n">
         <v>71</v>
       </c>
       <c r="B52" s="0" t="inlineStr">
         <is>
           <t>Pore Cleaner Vakumlu Yüz Temizleme Siyah Nokta Temizleme Cihazı</t>
         </is>
       </c>
       <c r="C52" s="0" t="inlineStr">
         <is>
           <t>KİŞİSEL BAKIM</t>
         </is>
       </c>
       <c r="D52" s="0" t="inlineStr">
         <is>
           <t>KİŞİSEL BAKIM</t>
         </is>
       </c>
       <c r="E52" s="0" t="inlineStr">
         <is>
           <t>&amp;lt;h3 style=&amp;quot;margin: 10px 0px 0px; padding: 0px; font-size: 15px; font-weight: 700; line-height: 17.25px; max-width: 100%; color: rgb(51, 51, 51); font-family: source_sans_proregular; width: auto !important;&amp;quot;&amp;gt;Pore Cleaner Vakumlu Yüz Temizleme Siyah Nokta Temizleme Cihazı&amp;lt;br style=&amp;quot;font-size: 14px; line-height: 16.1px; width: auto !important; max-width: 100%;&amp;quot;&amp;gt;&amp;lt;/h3&amp;gt;&amp;lt;div style=&amp;quot;margin: 0px; padding: 0px; font-size: 14px; line-height: 16.1px; max-width: 100%; color: rgb(102, 102, 102); font-family: source_sans_proregular; width: auto !important;&amp;quot;&amp;gt;&amp;lt;img data-src=&amp;quot;/assets/product/media/html-images/20200110/8/31976837/af797e33-8e64-4f2f-bacf-aaa9b4c459f6.jpg&amp;quot; src=&amp;quot;https://img-trendyol.mncdn.com/assets/product/media/html-images/20200110/8/31976837/af797e33-8e64-4f2f-bacf-aaa9b4c459f6.jpg&amp;quot; class=&amp;quot; loaded loaded loaded loaded loaded loaded loaded loaded&amp;quot; style=&amp;quot;border: 0px; vertical-align: bottom; line-height: 16.1px; max-width: 100%; height: auto; opacity: 1; transition: opacity 0.3s ease 0s; width: auto !important;&amp;quot;&amp;gt;&amp;lt;br style=&amp;quot;line-height: 16.1px; max-width: 100%; width: auto !important;&amp;quot;&amp;gt;&amp;lt;/div&amp;gt;&amp;lt;div style=&amp;quot;margin: 0px; padding: 0px; font-size: 14px; line-height: 16.1px; max-width: 100%; color: rgb(102, 102, 102); font-family: source_sans_proregular; width: auto !important;&amp;quot;&amp;gt;&amp;lt;br style=&amp;quot;line-height: 16.1px; max-width: 100%; width: auto !important;&amp;quot;&amp;gt;&amp;lt;/div&amp;gt;&amp;lt;div style=&amp;quot;margin: 0px; padding: 0px; font-size: 14px; line-height: 16.1px; max-width: 100%; color: rgb(102, 102, 102); font-family: source_sans_proregular; width: auto !important;&amp;quot;&amp;gt;&amp;lt;br style=&amp;quot;line-height: 16.1px; max-width: 100%; width: auto !important;&amp;quot;&amp;gt;&amp;lt;/div&amp;gt;&amp;lt;div style=&amp;quot;margin: 0px; padding: 0px; font-size: 14px; line-height: 16.1px; max-width: 100%; color: rgb(102, 102, 102); font-family: source_sans_proregular; width: auto !important;&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;line-height: 16.1px; max-width: 100%; width: auto !important;&amp;quot;&amp;gt;Nasıl Kullanılır ?Kullanmadan önce ılık su ile yüzünüzü yıkayınız.Yüzünüzü yıkadıktan sonra temizleme jeli yada köpüğü kullanabilirsiniz.Temiz cildinize buhar uygulayınız sonra pore cleaner kullanımı yapmaya başlayabilirsiniz. Masaj yapar gibi yüzünüzde gezdiriniz.Kullanım bittikten sonra dilerseniz yüz serumu kullanabilirsiniz.Bay ve bayan kullanımına uygundur. 1 Adet pil ile çalışır&amp;lt;/span&amp;gt;&amp;lt;/div&amp;gt;</t>
         </is>
       </c>
       <c r="F52" s="0" t="n">
-        <v>15</v>
+        <v>20</v>
       </c>
       <c r="G52" s="0" t="n">
         <v>38383800711</v>
       </c>
       <c r="H52" s="0" t="inlineStr">
         <is>
           <t>diğer</t>
         </is>
       </c>
       <c r="I52" s="0" t="n">
         <v>93</v>
       </c>
       <c r="J52" s="0" t="inlineStr">
         <is>
           <t>https://www.realtoptan.com/image/catalog/resimler/pore.jpg</t>
         </is>
       </c>
       <c r="K52" s="0" t="inlineStr">
         <is>
           <t>https://www.realtoptan.com/image/catalog/resimler/pore2.jpg</t>
         </is>
       </c>
       <c r="L52" s="0" t="inlineStr">
         <is>
           <t>https://www.realtoptan.com/image/catalog/resimler/pore3.jpg</t>
@@ -3943,78 +3951,91 @@
           <t>0.00kg</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
       <c r="A56" s="0" t="n">
         <v>75</v>
       </c>
       <c r="B56" s="0" t="inlineStr">
         <is>
           <t>Bacak Çarpıklığını Gideren Medikal Dik Duruş Destek Oturuş Minder</t>
         </is>
       </c>
       <c r="C56" s="0" t="inlineStr">
         <is>
           <t>EV &amp;amp; OFİS ÜRÜNLERİ|KİŞİSEL BAKIM|HEDİYELİK EŞYA</t>
         </is>
       </c>
       <c r="D56" s="0" t="inlineStr">
         <is>
           <t>EV &amp;amp; OFİS ÜRÜNLERİ</t>
         </is>
       </c>
       <c r="E56" s="0" t="inlineStr">
         <is>
-          <t>&amp;lt;div style=&amp;quot;margin: 0px; padding: 0px; border: 0px; font-size: 12px; position: relative; color: rgb(32, 32, 32); font-family: Arial, Helvetica, sans-serif;&amp;quot;&amp;gt;&amp;lt;strong style=&amp;quot;margin: 0px; padding: 0px; border: 0px; position: relative;&amp;quot;&amp;gt;acak Çarpıklığını Gideren Minder Çarpık Bacak Düzeltici Dik Duruş Oturuş Minderi Ortopedik Yastık&amp;lt;/strong&amp;gt;&amp;lt;/div&amp;gt;&amp;lt;div style=&amp;quot;margin: 0px; padding: 0px; border: 0px; font-size: 12px; position: relative; color: rgb(32, 32, 32); font-family: Arial, Helvetica, sans-serif;&amp;quot;&amp;gt;&amp;lt;br&amp;gt;&amp;lt;/div&amp;gt;&amp;lt;div style=&amp;quot;margin: 0px; padding: 0px; border: 0px; font-size: 12px; position: relative; color: rgb(32, 32, 32); font-family: Arial, Helvetica, sans-serif;&amp;quot;&amp;gt;&amp;lt;br&amp;gt;&amp;lt;/div&amp;gt;&amp;lt;div style=&amp;quot;margin: 0px; padding: 0px; border: 0px; font-size: 12px; position: relative; color: rgb(32, 32, 32); font-family: Arial, Helvetica, sans-serif;&amp;quot;&amp;gt;&amp;lt;p style=&amp;quot;margin-right: 0px; margin-bottom: 0px; margin-left: 0px; padding: 0px; border: 0px; position: relative; color: rgb(51, 51, 51);&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;margin: 0px; padding: 0px; border: 0px; font-size: 10pt; position: relative; color: rgb(70, 70, 70); font-family: arial, sans-serif;&amp;quot;&amp;gt;Bacaklarınızın çarpık olduğunu düşünüyorsanız bu ürün tam size göre! Oturma bozukluğunuzdan kaynaklanan bacak çarpıklıklarını giderecek bu minderle kusursuz bir görünüme sahip olacaksınız.&amp;lt;/span&amp;gt;&amp;amp;nbsp;&amp;lt;span style=&amp;quot;margin: 0px; padding: 0px; border: 0px; font-size: 10pt; position: relative; color: rgb(70, 70, 70); font-family: arial, sans-serif;&amp;quot;&amp;gt;Oturma bozukluğundan kaynaklanan bacak çarpıklarına medikal minderle veda edeceksiniz.&amp;lt;/span&amp;gt;&amp;amp;nbsp;&amp;lt;span style=&amp;quot;margin: 0px; padding: 0px; border: 0px; font-size: 10pt; position: relative; color: rgb(70, 70, 70); font-family: arial, sans-serif;&amp;quot;&amp;gt;Medikal minder daha dik ve düzgün oturmanıza yardımcı olurken bacaklarınıza binen yükü azaltacak bacaklarınızın düzgün bir biçimde kalmasını sağlayacak.&amp;lt;/span&amp;gt;&amp;amp;nbsp;&amp;lt;span style=&amp;quot;margin: 0px; padding: 0px; border: 0px; font-size: 10pt; position: relative; color: rgb(70, 70, 70); font-family: arial, sans-serif;&amp;quot;&amp;gt;Bacaklarınızın altına yerleştireceğiniz minder terleme yapmaz, sizi rahatsız etmez.&amp;lt;/span&amp;gt;&amp;amp;nbsp;&amp;lt;span style=&amp;quot;margin: 0px; padding: 0px; border: 0px; font-size: 10pt; position: relative; color: rgb(70, 70, 70); font-family: arial, sans-serif;&amp;quot;&amp;gt;Özel elyaftan üretilmiştir.&amp;lt;/span&amp;gt;&amp;amp;nbsp;&amp;lt;span style=&amp;quot;margin: 0px; padding: 0px; border: 0px; font-size: 10pt; position: relative; color: rgb(70, 70, 70); font-family: arial, sans-serif;&amp;quot;&amp;gt;Ergonomik tasarımlıdır.&amp;lt;/span&amp;gt;&amp;lt;/p&amp;gt;&amp;lt;p style=&amp;quot;margin-right: 0px; margin-bottom: 0px; margin-left: 0px; padding: 0px; border: 0px; position: relative; color: rgb(51, 51, 51);&amp;quot;&amp;gt;&amp;lt;br&amp;gt;&amp;lt;/p&amp;gt;&amp;lt;p style=&amp;quot;margin-right: 0px; margin-bottom: 0px; margin-left: 0px; padding: 0px; border: 0px; position: relative; color: rgb(51, 51, 51);&amp;quot;&amp;gt;&amp;lt;strong style=&amp;quot;margin: 0px; padding: 0px; border: 0px; position: relative;&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;margin: 0px; padding: 0px; border: 0px; font-size: 10pt; position: relative; color: rgb(70, 70, 70); font-family: arial, sans-serif;&amp;quot;&amp;gt;Paket İçeriği:&amp;lt;/span&amp;gt;&amp;lt;/strong&amp;gt;&amp;lt;/p&amp;gt;&amp;lt;p style=&amp;quot;margin-right: 0px; margin-bottom: 0px; margin-left: 0px; padding: 0px; border: 0px; position: relative; color: rgb(51, 51, 51);&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;margin: 0px; padding: 0px; border: 0px; font-size: 10pt; position: relative; color: rgb(70, 70, 70); font-family: arial, sans-serif;&amp;quot;&amp;gt;1 Adet Bacak Çarpıklığını Gideren Medikal Minder&amp;lt;/span&amp;gt;&amp;lt;/p&amp;gt;&amp;lt;/div&amp;gt;</t>
+          <t>&amp;lt;div style=&amp;quot;border:0px; color:#202020; font-family:Arial,Helvetica,sans-serif; font-size:12px; margin-bottom:0; margin-left:0; margin-right:0; margin-top:0; padding:0px; position:relative&amp;quot;&amp;gt;&amp;lt;strong&amp;gt;acak Çarpıklığını Gideren Minder Çarpık Bacak Düzeltici Dik Duruş Oturuş Minderi Ortopedik Yastık&amp;lt;/strong&amp;gt;&amp;lt;/div&amp;gt;
+&amp;lt;div style=&amp;quot;border:0px; color:#202020; font-family:Arial,Helvetica,sans-serif; font-size:12px; margin-bottom:0; margin-left:0; margin-right:0; margin-top:0; padding:0px; position:relative&amp;quot;&amp;gt;&amp;amp;nbsp;&amp;lt;/div&amp;gt;
+&amp;lt;div style=&amp;quot;border:0px; color:#202020; font-family:Arial,Helvetica,sans-serif; font-size:12px; margin-bottom:0; margin-left:0; margin-right:0; margin-top:0; padding:0px; position:relative&amp;quot;&amp;gt;&amp;amp;nbsp;&amp;lt;/div&amp;gt;
+&amp;lt;div style=&amp;quot;border:0px; color:#202020; font-family:Arial,Helvetica,sans-serif; font-size:12px; margin-bottom:0; margin-left:0; margin-right:0; margin-top:0; padding:0px; position:relative&amp;quot;&amp;gt;
+&amp;lt;p style=&amp;quot;margin-left:0px; margin-right:0px&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;color:#464646; font-family:arial,sans-serif; font-size:10pt&amp;quot;&amp;gt;Bacaklarınızın çarpık olduğunu düşünüyorsanız bu ürün tam size göre! Oturma bozukluğunuzdan kaynaklanan bacak çarpıklıklarını giderecek bu minderle kusursuz bir görünüme sahip olacaksınız.&amp;lt;/span&amp;gt;&amp;amp;nbsp;&amp;lt;span style=&amp;quot;color:#464646; font-family:arial,sans-serif; font-size:10pt&amp;quot;&amp;gt;Oturma bozukluğundan kaynaklanan bacak çarpıklarına medikal minderle veda edeceksiniz.&amp;lt;/span&amp;gt;&amp;amp;nbsp;&amp;lt;span style=&amp;quot;color:#464646; font-family:arial,sans-serif; font-size:10pt&amp;quot;&amp;gt;Medikal minder daha dik ve düzgün oturmanıza yardımcı olurken bacaklarınıza binen yükü azaltacak bacaklarınızın düzgün bir biçimde kalmasını sağlayacak.&amp;lt;/span&amp;gt;&amp;amp;nbsp;&amp;lt;span style=&amp;quot;color:#464646; font-family:arial,sans-serif; font-size:10pt&amp;quot;&amp;gt;Bacaklarınızın altına yerleştireceğiniz minder terleme yapmaz, sizi rahatsız etmez.&amp;lt;/span&amp;gt;&amp;amp;nbsp;&amp;lt;span style=&amp;quot;color:#464646; font-family:arial,sans-serif; font-size:10pt&amp;quot;&amp;gt;Özel elyaftan üretilmiştir.&amp;lt;/span&amp;gt;&amp;amp;nbsp;&amp;lt;span style=&amp;quot;color:#464646; font-family:arial,sans-serif; font-size:10pt&amp;quot;&amp;gt;Ergonomik tasarımlıdır.&amp;lt;/span&amp;gt;&amp;lt;/p&amp;gt;
+&amp;lt;p style=&amp;quot;margin-left:0px; margin-right:0px&amp;quot;&amp;gt;&amp;amp;nbsp;&amp;lt;/p&amp;gt;
+&amp;lt;p style=&amp;quot;margin-left:0px; margin-right:0px&amp;quot;&amp;gt;&amp;lt;strong&amp;gt;&amp;lt;span style=&amp;quot;color:#464646; font-family:arial,sans-serif; font-size:10pt&amp;quot;&amp;gt;Paket İçeriği:&amp;lt;/span&amp;gt;&amp;lt;/strong&amp;gt;&amp;lt;/p&amp;gt;
+&amp;lt;p style=&amp;quot;margin-left:0px; margin-right:0px&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;color:#464646; font-family:arial,sans-serif; font-size:10pt&amp;quot;&amp;gt;1 Adet Bacak Çarpıklığını Gideren Medikal Minder&amp;lt;/span&amp;gt;&amp;lt;/p&amp;gt;
+&amp;lt;/div&amp;gt;
+</t>
         </is>
       </c>
       <c r="F56" s="0" t="n">
         <v>50</v>
       </c>
       <c r="G56" s="0" t="n">
         <v>38383800691</v>
       </c>
       <c r="H56" s="0" t="inlineStr">
         <is>
           <t>diğer</t>
         </is>
       </c>
       <c r="I56" s="0" t="n">
         <v>98</v>
       </c>
       <c r="J56" s="0" t="inlineStr">
         <is>
-          <t>https://www.realtoptan.com/image/catalog/bacak-carpikligini-gideren-medikal-dik-durus-destek-oturus-minder-8122.jpg</t>
+          <t>https://www.realtoptan.com/image/catalog/site_resimler/SİTE RESİMLERİ/minder-1.png</t>
         </is>
       </c>
       <c r="K56" s="0" t="inlineStr">
         <is>
-          <t>https://www.realtoptan.com/image/catalog/bacak-carpikligini-gideren-medikal-dik-durus-destek-oturus-minder-9951.jpg</t>
-[...2 lines deleted...]
-      <c r="L56" s="0"/>
+          <t>https://www.realtoptan.com/image/catalog/site_resimler/SİTE RESİMLERİ/minder-2.png</t>
+        </is>
+      </c>
+      <c r="L56" s="0" t="inlineStr">
+        <is>
+          <t>https://www.realtoptan.com/image/catalog/site_resimler/SİTE RESİMLERİ/minder-3.png</t>
+        </is>
+      </c>
       <c r="M56" s="0"/>
       <c r="N56" s="0"/>
       <c r="O56" s="0" t="inlineStr">
         <is>
           <t>0.00kg</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
       <c r="A57" s="0" t="n">
         <v>76</v>
       </c>
       <c r="B57" s="0" t="inlineStr">
         <is>
           <t>Amazing Arms  dekolte kapatıcı</t>
         </is>
       </c>
       <c r="C57" s="0" t="inlineStr">
         <is>
           <t>HEDİYELİK EŞYA|TV ÜRÜNLERİ</t>
         </is>
       </c>
       <c r="D57" s="0" t="inlineStr">
         <is>
           <t>HEDİYELİK EŞYA</t>
@@ -4852,78 +4873,92 @@
           <t>0.00kg</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="70">
       <c r="A70" s="0" t="n">
         <v>90</v>
       </c>
       <c r="B70" s="0" t="inlineStr">
         <is>
           <t>Vortex Bank - Huni Kumbara</t>
         </is>
       </c>
       <c r="C70" s="0" t="inlineStr">
         <is>
           <t>HEDİYELİK EŞYA</t>
         </is>
       </c>
       <c r="D70" s="0" t="inlineStr">
         <is>
           <t>HEDİYELİK EŞYA</t>
         </is>
       </c>
       <c r="E70" s="0" t="inlineStr">
         <is>
-          <t>&amp;lt;p&amp;gt;&amp;lt;strong style=&amp;quot;margin: 0px; padding: 0px; outline: 0px; border: 0px; color: rgb(51, 51, 51); font-family: &amp;amp;quot;PT Sans Narrow&amp;amp;quot;, sans-serif;&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;margin: 0px; padding: 0px; outline: 0px; border: 0px; color: rgb(230, 126, 34);&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;margin: 0px; padding: 0px; outline: 0px; border: 0px; font-size: 28px;&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;margin: 0px; padding: 0px; outline: 0px; border: 0px; line-height: 32.2px;&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;margin: 0px; padding: 0px; outline: 0px; border: 0px; font-family: Calibri, sans-serif;&amp;quot;&amp;gt;Kumbara Vortex Bank ile süper eğlenceli bir para birikimi yapabilirsiniz.&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/strong&amp;gt;&amp;lt;br style=&amp;quot;color: rgb(51, 51, 51); font-family: &amp;amp;quot;PT Sans Narrow&amp;amp;quot;, sans-serif;&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;margin: 0px; padding: 0px; outline: 0px; border: 0px; color: rgb(51, 51, 51); font-family: &amp;amp;quot;PT Sans Narrow&amp;amp;quot;, sans-serif; font-size: 18px;&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;margin: 0px; padding: 0px; outline: 0px; border: 0px; line-height: 20.7px;&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;margin: 0px; padding: 0px; outline: 0px; border: 0px; font-family: Calibri, sans-serif;&amp;quot;&amp;gt;Para biriktirmenin yanında çocukların ilgisini de çekecek ve, hem de size Gezegenlerin çekimeğlenceli bir birikim kutusu olacaktır. Sadece kaydırma kolunu yerine takın ve madeni payrayı rampasından aşağı bırakın.&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;br&amp;gt;&amp;lt;br&amp;gt;&amp;lt;span style=&amp;quot;margin: 0px; padding: 0px; outline: 0px; border: 0px; line-height: 20.7px;&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;margin: 0px; padding: 0px; outline: 0px; border: 0px; font-family: Calibri, sans-serif;&amp;quot;&amp;gt;O kadar eğlenceli ki arkadaşlarınız bunu görmek için ödemeleri gerekecek!&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;br&amp;gt;&amp;lt;br&amp;gt;&amp;lt;br&amp;gt;&amp;lt;span style=&amp;quot;margin: 0px; padding: 0px; outline: 0px; border: 0px; line-height: 20.7px;&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;margin: 0px; padding: 0px; outline: 0px; border: 0px; font-family: Calibri, sans-serif;&amp;quot;&amp;gt;Masaüstü ölçekli, bu spiral işleyen banka hızlı bir şekilde arkadaşların ve ailenin yaptığı bağışlar devam ederken dolacaktır!&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;br&amp;gt;&amp;lt;span style=&amp;quot;margin: 0px; padding: 0px; outline: 0px; border: 0px; line-height: 20.7px;&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;margin: 0px; padding: 0px; outline: 0px; border: 0px; font-family: Calibri, sans-serif;&amp;quot;&amp;gt;Madeni paraları sever ama kağıt paraya da hiçbir zaman hayır demez..&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;br&amp;gt;&amp;lt;span style=&amp;quot;margin: 0px; padding: 0px; outline: 0px; border: 0px; line-height: 20.7px;&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;margin: 0px; padding: 0px; outline: 0px; border: 0px; font-family: Calibri, sans-serif;&amp;quot;&amp;gt;Vortex Bank eğlenceli ve keyifli bir birikim yapmanızı sağlayacaktır. Çocuğunuza birikim yapmayı öğretmek ve alıştırmak istiyorsanız bu kumbara ile yapmanız çok daha kolay olacaktır.&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;br&amp;gt;&amp;lt;span style=&amp;quot;margin: 0px; padding: 0px; outline: 0px; border: 0px; line-height: 20.7px;&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;margin: 0px; padding: 0px; outline: 0px; border: 0px; font-family: Calibri, sans-serif;&amp;quot;&amp;gt;Birikim yapmak istiyorsanız ve bir türlü birikim yapamıyorsanız bu Vortex Kumbara bunun eğlenceli bir bahanesi olabilir. İlginç bir para biriktirme deneyimi yaşayacağınız bu harika kumbara ile birikimlerinizi artık daha kolay yapacaksınız. Kumbaranın duvarlarında sihirli bir şekilde gezen madeni parayı izleyeceksiniz ve sonra sonunda bir patlama ile içine düşecek :) . Bu eğlenceli kumbarayı kaçırmadan hemen sepetinize ekleyin.&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;br&amp;gt;&amp;lt;/p&amp;gt;</t>
+          <t>&amp;lt;p&amp;gt;&amp;lt;strong&amp;gt;&amp;lt;span style=&amp;quot;color:#e67e22&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;font-size:28px&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;font-family:Calibri,sans-serif&amp;quot;&amp;gt;Kumbara Vortex Bank ile süper eğlenceli bir para birikimi yapabilirsiniz.&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/strong&amp;gt;&amp;lt;br /&amp;gt;
+&amp;lt;span style=&amp;quot;color:#333333; font-family:&amp;amp;quot;PT Sans Narrow&amp;amp;quot;,sans-serif; font-size:18px&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;font-family:Calibri,sans-serif&amp;quot;&amp;gt;Para biriktirmenin yanında çocukların ilgisini de çekecek ve, hem de size Gezegenlerin çekimeğlenceli bir birikim kutusu olacaktır. Sadece kaydırma kolunu yerine takın ve madeni payrayı rampasından aşağı bırakın.&amp;lt;/span&amp;gt;&amp;lt;br /&amp;gt;
+&amp;lt;br /&amp;gt;
+&amp;lt;span style=&amp;quot;font-family:Calibri,sans-serif&amp;quot;&amp;gt;O kadar eğlenceli ki arkadaşlarınız bunu görmek için ödemeleri gerekecek!&amp;lt;/span&amp;gt;&amp;lt;br /&amp;gt;
+&amp;lt;br /&amp;gt;
+&amp;lt;br /&amp;gt;
+&amp;lt;span style=&amp;quot;font-family:Calibri,sans-serif&amp;quot;&amp;gt;Masaüstü ölçekli, bu spiral işleyen banka hızlı bir şekilde arkadaşların ve ailenin yaptığı bağışlar devam ederken dolacaktır!&amp;lt;/span&amp;gt;&amp;lt;br /&amp;gt;
+&amp;lt;span style=&amp;quot;font-family:Calibri,sans-serif&amp;quot;&amp;gt;Madeni paraları sever ama kağıt paraya da hiçbir zaman hayır demez..&amp;lt;/span&amp;gt;&amp;lt;br /&amp;gt;
+&amp;lt;span style=&amp;quot;font-family:Calibri,sans-serif&amp;quot;&amp;gt;Vortex Bank eğlenceli ve keyifli bir birikim yapmanızı sağlayacaktır. Çocuğunuza birikim yapmayı öğretmek ve alıştırmak istiyorsanız bu kumbara ile yapmanız çok daha kolay olacaktır.&amp;lt;/span&amp;gt;&amp;lt;br /&amp;gt;
+&amp;lt;span style=&amp;quot;font-family:Calibri,sans-serif&amp;quot;&amp;gt;Birikim yapmak istiyorsanız ve bir türlü birikim yapamıyorsanız bu Vortex Kumbara bunun eğlenceli bir bahanesi olabilir. İlginç bir para biriktirme deneyimi yaşayacağınız bu harika kumbara ile birikimlerinizi artık daha kolay yapacaksınız. Kumbaranın duvarlarında sihirli bir şekilde gezen madeni parayı izleyeceksiniz ve sonra sonunda bir patlama ile içine düşecek :) . Bu eğlenceli kumbarayı kaçırmadan hemen sepetinize ekleyin.&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/p&amp;gt;
+</t>
         </is>
       </c>
       <c r="F70" s="0" t="n">
         <v>100</v>
       </c>
       <c r="G70" s="0" t="n">
         <v>38383800667</v>
       </c>
       <c r="H70" s="0" t="inlineStr">
         <is>
           <t>diğer</t>
         </is>
       </c>
       <c r="I70" s="0" t="n">
         <v>498</v>
       </c>
       <c r="J70" s="0" t="inlineStr">
         <is>
-          <t>https://www.realtoptan.com/image/catalog/vortex-bank-huni-kumbara-6983.jpeg</t>
+          <t>https://www.realtoptan.com/image/catalog/site_resimler/SİTE RESİMLERİ/vortex-1.png</t>
         </is>
       </c>
       <c r="K70" s="0" t="inlineStr">
         <is>
-          <t>https://www.realtoptan.com/image/catalog/vortex-bank-huni-kumbara-2325.jpg</t>
-[...2 lines deleted...]
-      <c r="L70" s="0"/>
+          <t>https://www.realtoptan.com/image/catalog/site_resimler/SİTE RESİMLERİ/vortex-2.png</t>
+        </is>
+      </c>
+      <c r="L70" s="0" t="inlineStr">
+        <is>
+          <t>https://www.realtoptan.com/image/catalog/site_resimler/SİTE RESİMLERİ/vortex-4.png</t>
+        </is>
+      </c>
       <c r="M70" s="0"/>
       <c r="N70" s="0"/>
       <c r="O70" s="0" t="inlineStr">
         <is>
           <t>0.00kg</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="71">
       <c r="A71" s="0" t="n">
         <v>91</v>
       </c>
       <c r="B71" s="0" t="inlineStr">
         <is>
           <t>Handy Stitch Mini Dikiş Makinası</t>
         </is>
       </c>
       <c r="C71" s="0" t="inlineStr">
         <is>
           <t>EV &amp;amp; OFİS ÜRÜNLERİ</t>
         </is>
       </c>
       <c r="D71" s="0" t="inlineStr">
         <is>
           <t>EV &amp;amp; OFİS ÜRÜNLERİ</t>
@@ -5301,76 +5336,88 @@
           <t>KİŞİSEL BAKIM</t>
         </is>
       </c>
       <c r="E76" s="0" t="inlineStr">
         <is>
           <t>&amp;lt;p style=&amp;quot;margin-left:0; margin-right:0; text-align:center&amp;quot;&amp;gt;&amp;amp;nbsp;&amp;lt;/p&amp;gt;
 &amp;lt;p style=&amp;quot;margin-left:0; margin-right:0; text-align:center&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;font-size:16px&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;color:#000000&amp;quot;&amp;gt;&amp;lt;strong&amp;gt;SixPad Abs Vücut Geliştirici Spor Aleti&amp;lt;/strong&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/p&amp;gt;
 &amp;lt;p style=&amp;quot;margin-left:0; margin-right:0; text-align:center&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;font-size:16px&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;color:#000000&amp;quot;&amp;gt;&amp;lt;strong&amp;gt;Uygun bir ritimle ve yumuşak ivmeli bir şekilde düşük frekanslı titreşimler verir.&amp;lt;/strong&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/p&amp;gt;
 &amp;lt;p style=&amp;quot;margin-left:0; margin-right:0; text-align:center&amp;quot;&amp;gt;&amp;lt;br /&amp;gt;
 &amp;lt;span style=&amp;quot;font-size:16px&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;color:#000000&amp;quot;&amp;gt;&amp;lt;strong&amp;gt;Ayarlanabilir düşük frekanslı,az ritimli veya ritimsiz şekilde ayarlamalar yapabilirsiniz.&amp;lt;br /&amp;gt;
 Vücuttaki uygun güce ve hıza bağlı olarak düşük frekansla vücut ritim ve yumuşak ivme uygular.&amp;lt;br /&amp;gt;
 Yaptığı basınç ve düşük frekanslı etki ile kişide masaj etkiis yapar.&amp;lt;/strong&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/p&amp;gt;
 &amp;lt;p style=&amp;quot;margin-left:0; margin-right:0; text-align:center&amp;quot;&amp;gt;&amp;lt;br /&amp;gt;
 &amp;lt;span style=&amp;quot;font-size:16px&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;color:#000000&amp;quot;&amp;gt;&amp;lt;strong&amp;gt;Çalıştırılması kolaydır, 6 farklı modda kullanılabilir.&amp;lt;br /&amp;gt;
 Tasarruflu çalışır,kullanılmadığında otomatik kapanma sistemine sahiptir.&amp;lt;/strong&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/p&amp;gt;
 &amp;lt;p style=&amp;quot;margin-left:0; margin-right:0; text-align:center&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;font-size:16px&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;font-size:20px&amp;quot;&amp;gt;&amp;lt;u&amp;gt;&amp;lt;span style=&amp;quot;color:#b22222&amp;quot;&amp;gt;&amp;lt;strong&amp;gt;SixPad Abs Kullanımı&amp;lt;/strong&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/u&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;br /&amp;gt;
 &amp;lt;span style=&amp;quot;color:#000000&amp;quot;&amp;gt;&amp;lt;strong&amp;gt;Yapışkan jel pedleri ve vücudunuzda kullanmak istediğiniz bölgeyi daima temizleyin.&amp;lt;/strong&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/p&amp;gt;
 &amp;lt;p style=&amp;quot;margin-left:0; margin-right:0; text-align:center&amp;quot;&amp;gt;&amp;lt;br /&amp;gt;
 &amp;lt;span style=&amp;quot;font-size:16px&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;color:#000000&amp;quot;&amp;gt;&amp;lt;strong&amp;gt;Pedleri çekerek vinil kapağından çıkarın.&amp;lt;br /&amp;gt;
 Kanat şeklinde pedleri vücudunuzda istediğiniz yere yapıştırın.&amp;lt;br /&amp;gt;
 Cihazı çalıştırmak için çalışma modunu ve çıkış seviyesini ayarlayın.&amp;lt;/strong&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/p&amp;gt;
 </t>
         </is>
       </c>
       <c r="F76" s="0" t="n">
-        <v>200</v>
+        <v>220</v>
       </c>
       <c r="G76" s="0" t="n">
         <v>38383800645</v>
       </c>
       <c r="H76" s="0" t="inlineStr">
         <is>
           <t>diğer</t>
         </is>
       </c>
       <c r="I76" s="0" t="n">
         <v>175</v>
       </c>
       <c r="J76" s="0" t="inlineStr">
         <is>
-          <t>https://www.realtoptan.com/image/catalog/six1.jpg</t>
+          <t>https://www.realtoptan.com/image/catalog/site_resimler/SİTE RESİMLERİ/six1.png</t>
         </is>
       </c>
       <c r="K76" s="0" t="inlineStr">
         <is>
-          <t>https://www.realtoptan.com/image/catalog/six2.jpg</t>
-[...4 lines deleted...]
-      <c r="N76" s="0"/>
+          <t>https://www.realtoptan.com/image/catalog/site_resimler/SİTE RESİMLERİ/six2.jpg</t>
+        </is>
+      </c>
+      <c r="L76" s="0" t="inlineStr">
+        <is>
+          <t>https://www.realtoptan.com/image/catalog/site_resimler/SİTE RESİMLERİ/six3.png</t>
+        </is>
+      </c>
+      <c r="M76" s="0" t="inlineStr">
+        <is>
+          <t>https://www.realtoptan.com/image/catalog/site_resimler/SİTE RESİMLERİ/six4.jpg</t>
+        </is>
+      </c>
+      <c r="N76" s="0" t="inlineStr">
+        <is>
+          <t>https://www.realtoptan.com/image/catalog/site_resimler/SİTE RESİMLERİ/six6.jpg</t>
+        </is>
+      </c>
       <c r="O76" s="0" t="inlineStr">
         <is>
           <t>0.00kg</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="77">
       <c r="A77" s="0" t="n">
         <v>97</v>
       </c>
       <c r="B77" s="0" t="inlineStr">
         <is>
           <t>Clean Reach Teleskopik Banyo Mutfak Fayans Köşe Kenar Temizleyici Mop</t>
         </is>
       </c>
       <c r="C77" s="0" t="inlineStr">
         <is>
           <t>HEDİYELİK EŞYA|TV ÜRÜNLERİ</t>
         </is>
       </c>
       <c r="D77" s="0" t="inlineStr">
         <is>
           <t>HEDİYELİK EŞYA</t>
         </is>
       </c>
@@ -6079,51 +6126,51 @@
 &amp;lt;div class=&amp;quot;PM_clear&amp;quot; style=&amp;quot;margin: 0px; padding: 0px; outline: 0px; border: 0px; clear: both; width: 0px; height: 0px;&amp;quot;&amp;gt;&amp;amp;nbsp;&amp;lt;/div&amp;gt;
 &amp;lt;/div&amp;gt;
 &amp;lt;div class=&amp;quot;urun_detay_tablar&amp;quot; style=&amp;quot;margin: 15px 0px; padding: 0px; outline: 0px; border: 0px; position: relative; color: rgb(68, 68, 68); font-family: &amp;amp;quot;PT Sans Narrow&amp;amp;quot;, sans-serif; font-size: medium;&amp;quot;&amp;gt;
 &amp;lt;div class=&amp;quot;tab_container&amp;quot; style=&amp;quot;margin: 0px; padding: 0px; outline: 0px; border: 0px; float: left; width: 920px; background-image: initial; background-position: initial; background-size: initial; background-repeat: initial; background-attachment: initial; background-origin: initial; background-clip: initial; overflow: hidden;&amp;quot;&amp;gt;
 &amp;lt;div class=&amp;quot;tab_content&amp;quot; id=&amp;quot;urun_detay_tab1&amp;quot; style=&amp;quot;margin: 0px; padding: 10px 0px; outline: 0px; border: 0px; font-variant-numeric: normal; font-variant-east-asian: normal; font-stretch: normal; font-size: 14px; line-height: normal; min-height: 100px;&amp;quot;&amp;gt;
 &amp;lt;div class=&amp;quot;urun_aciklama&amp;quot; itemprop=&amp;quot;description&amp;quot; style=&amp;quot;margin: 0px; padding: 0px; outline: 0px; border: 0px; color: rgb(51, 51, 51); font-variant-numeric: normal; font-variant-east-asian: normal; font-stretch: normal; font-size: 16px; line-height: normal;&amp;quot;&amp;gt;&amp;lt;br /&amp;gt;
 &amp;lt;br /&amp;gt;
 &amp;lt;span style=&amp;quot;margin: 0px; padding: 0px; outline: 0px; border: 0px; color: rgb(230, 126, 34);&amp;quot;&amp;gt;&amp;lt;strong style=&amp;quot;margin: 0px; padding: 0px; outline: 0px; border: 0px;&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;margin: 0px; padding: 0px; outline: 0px; border: 0px; font-size: 28px;&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;margin: 0px; padding: 0px; outline: 0px; border: 0px; line-height: 32.2px;&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;margin: 0px; padding: 0px; outline: 0px; border: 0px; font-family: Calibri, sans-serif;&amp;quot;&amp;gt;Süper güçlü yapışkan&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/strong&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;br /&amp;gt;
 &amp;lt;span style=&amp;quot;margin: 0px; padding: 0px; outline: 0px; border: 0px; font-size: 18px;&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;margin: 0px; padding: 0px; outline: 0px; border: 0px; line-height: 20.7px;&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;margin: 0px; padding: 0px; outline: 0px; border: 0px; font-family: Calibri, sans-serif;&amp;quot;&amp;gt;Önceki yapışkan jel pedlerinden farklı olarak, bu kauçuk yastık geliştirildi. Birkaç yıl teknik araştırmalardan sonra, yapışkan jel ped için yeni bir malzeme bulundu - FLOURISH LAMA. FLOURISH LAMA\'nın viskozitesi, önceki ürünlerden 3 kat daha fazladır.&amp;lt;br /&amp;gt;
 &amp;lt;br /&amp;gt;
 &amp;lt;img alt=&amp;quot;&amp;quot; src=&amp;quot;https://f.platinmarket.com/1536/dosyalar/images/flourish%20lama-nano%20telefon-tutucu%20(2).jpg&amp;quot; style=&amp;quot;margin: 0px; padding: 0px; outline: 0px; border: 0px; width: 600px; height: 600px;&amp;quot; /&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;br /&amp;gt;
 &amp;lt;br /&amp;gt;
 &amp;lt;span style=&amp;quot;margin: 0px; padding: 0px; outline: 0px; border: 0px; font-size: 28px;&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;margin: 0px; padding: 0px; outline: 0px; border: 0px; color: rgb(230, 126, 34);&amp;quot;&amp;gt;&amp;lt;strong style=&amp;quot;margin: 0px; padding: 0px; outline: 0px; border: 0px;&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;margin: 0px; padding: 0px; outline: 0px; border: 0px; line-height: 32.2px;&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;margin: 0px; padding: 0px; outline: 0px; border: 0px; font-family: Calibri, sans-serif;&amp;quot;&amp;gt;Geniş uygulama&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/strong&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;br /&amp;gt;
 &amp;lt;span style=&amp;quot;margin: 0px; padding: 0px; outline: 0px; border: 0px; font-size: 18px;&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;margin: 0px; padding: 0px; outline: 0px; border: 0px; line-height: 20.7px;&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;margin: 0px; padding: 0px; outline: 0px; border: 0px; font-family: Calibri, sans-serif;&amp;quot;&amp;gt;Bu devrim niteliğindeki nano kauçuk ped, cep telefonunuzu, uzaktan kumandayı, kamerayı, hoparlörünüzü, kupanızı,anahtarlarınızı tutmak, toz veya hayvan tüylerini elbiselerinizden çıkarmak için yaygın bir şekilde kullanılabilir. Ayna, cam, beyaz tahta, metal, mutfak dolapları veya karo, araba üzerine yapışabilir. Herhangi bir yere yapışmak için kullanın.&amp;lt;br /&amp;gt;
 &amp;lt;br /&amp;gt;
 &amp;lt;img alt=&amp;quot;&amp;quot; src=&amp;quot;https://f.platinmarket.com/1536/dosyalar/images/flourish%20lama-nano%20telefon-tutucu%20(24).jpg&amp;quot; style=&amp;quot;margin: 0px; padding: 0px; outline: 0px; border: 0px; width: 600px; height: 581px;&amp;quot; /&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;br /&amp;gt;
 &amp;lt;br /&amp;gt;
 &amp;lt;span style=&amp;quot;margin: 0px; padding: 0px; outline: 0px; border: 0px; font-size: 28px;&amp;quot;&amp;gt;&amp;lt;strong style=&amp;quot;margin: 0px; padding: 0px; outline: 0px; border: 0px;&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;margin: 0px; padding: 0px; outline: 0px; border: 0px; color: rgb(230, 126, 34);&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;margin: 0px; padding: 0px; outline: 0px; border: 0px; line-height: 32.2px;&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;margin: 0px; padding: 0px; outline: 0px; border: 0px; font-family: Calibri, sans-serif;&amp;quot;&amp;gt;Geri dönüşümlü ve çevre dostu&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/strong&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;br /&amp;gt;
 &amp;lt;span style=&amp;quot;margin: 0px; padding: 0px; outline: 0px; border: 0px; font-size: 18px;&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;margin: 0px; padding: 0px; outline: 0px; border: 0px; line-height: 20.7px;&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;margin: 0px; padding: 0px; outline: 0px; border: 0px; font-family: Calibri, sans-serif;&amp;quot;&amp;gt;Lama yapışkan jel pedinde kirlenme veya tozlanma olup etkisi kaybolduğunda endişelenmeyin. Yapışkan jel pedi tekrar yıkayın ve kurutularak tekrar kullanın.&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/div&amp;gt;
 &amp;lt;/div&amp;gt;
 &amp;lt;/div&amp;gt;
 &amp;lt;/div&amp;gt;</t>
         </is>
       </c>
       <c r="F87" s="0" t="n">
-        <v>10</v>
+        <v>20</v>
       </c>
       <c r="G87" s="0" t="n">
         <v>38383800613</v>
       </c>
       <c r="H87" s="0" t="inlineStr">
         <is>
           <t>diğer</t>
         </is>
       </c>
       <c r="I87" s="0" t="n">
         <v>480</v>
       </c>
       <c r="J87" s="0" t="inlineStr">
         <is>
           <t>https://www.realtoptan.com/image/catalog/trackers/saqvvzckgk28201816429-flourish-lama-nano-telefon-tutucu-23.jpg</t>
         </is>
       </c>
       <c r="K87" s="0"/>
       <c r="L87" s="0"/>
       <c r="M87" s="0"/>
       <c r="N87" s="0"/>
       <c r="O87" s="0" t="inlineStr">
         <is>
           <t>0.00kg</t>
         </is>
@@ -7133,51 +7180,51 @@
 			&amp;lt;p style=&amp;quot;box-sizing: inherit; margin: 0px; padding: 2px 0px 2px 2px; border: 0px; font-style: inherit; font-variant: inherit; font-weight: inherit; font-stretch: inherit; font-size: inherit; line-height: inherit; font-family: inherit; vertical-align: baseline; outline: 0px; max-width: 1152px !important;&amp;quot;&amp;gt;İle ilk günkü gibi yeni olacaktır.&amp;lt;/p&amp;gt;
 			&amp;lt;p style=&amp;quot;box-sizing: inherit; margin: 0px; padding: 2px 0px 2px 2px; border: 0px; font-style: inherit; font-variant: inherit; font-weight: inherit; font-stretch: inherit; font-size: inherit; line-height: inherit; font-family: inherit; vertical-align: baseline; outline: 0px; max-width: 1152px !important;&amp;quot;&amp;gt;Ahşap, plastik, cam ve birçok materyali yapıştırmak için kullanabilirsiniz.&amp;lt;/p&amp;gt;
 			&amp;lt;p style=&amp;quot;box-sizing: inherit; margin: 0px; padding: 2px 0px 2px 2px; border: 0px; font-style: inherit; font-variant: inherit; font-weight: inherit; font-stretch: inherit; font-size: inherit; line-height: inherit; font-family: inherit; vertical-align: baseline; outline: 0px; max-width: 1152px !important;&amp;quot;&amp;gt;Kırılan parçayı birleştirip uv ışınla yapıştırdığınızda yeni gibi olacaktır. Üzerini ister zımparalayın, ister boyayın yep yeni olacaktır.&amp;lt;/p&amp;gt;
 			&amp;lt;p style=&amp;quot;box-sizing: inherit; margin: 0px; padding: 2px 0px 2px 2px; border: 0px; font-style: inherit; font-variant: inherit; font-weight: inherit; font-stretch: inherit; font-size: inherit; line-height: inherit; font-family: inherit; vertical-align: baseline; outline: 0px; max-width: 1152px !important;&amp;quot;&amp;gt;&amp;amp;nbsp;&amp;lt;/p&amp;gt;
 			&amp;lt;p style=&amp;quot;box-sizing: inherit; margin: 0px; padding: 2px 0px 2px 2px; border: 0px; font-style: inherit; font-variant: inherit; font-weight: inherit; font-stretch: inherit; font-size: inherit; line-height: inherit; font-family: inherit; vertical-align: baseline; outline: 0px; max-width: 1152px !important;&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;box-sizing: inherit; margin: 0px; padding: 0px; border: 0px; font-style: inherit; font-variant: inherit; font-weight: inherit; font-stretch: inherit; font-size: inherit; line-height: inherit; font-family: inherit; vertical-align: baseline; outline: 0px;&amp;quot;&amp;gt;Paket İçeriği:&amp;lt;/span&amp;gt;&amp;lt;/p&amp;gt;
 			&amp;lt;p style=&amp;quot;box-sizing: inherit; margin: 0px; padding: 2px 0px 2px 2px; border: 0px; font-style: inherit; font-variant: inherit; font-weight: inherit; font-stretch: inherit; font-size: inherit; line-height: inherit; font-family: inherit; vertical-align: baseline; outline: 0px; max-width: 1152px !important;&amp;quot;&amp;gt;1 Adet 5 Second Fix UV Yapıştırıcı&amp;lt;/p&amp;gt;
 			&amp;lt;/div&amp;gt;
 			&amp;lt;/td&amp;gt;
 		&amp;lt;/tr&amp;gt;
 	&amp;lt;/tbody&amp;gt;
 &amp;lt;/table&amp;gt;</t>
         </is>
       </c>
       <c r="F101" s="0" t="n">
         <v>50</v>
       </c>
       <c r="G101" s="0" t="n">
         <v>38383800551</v>
       </c>
       <c r="H101" s="0" t="inlineStr">
         <is>
           <t>diğer</t>
         </is>
       </c>
       <c r="I101" s="0" t="n">
-        <v>50</v>
+        <v>0</v>
       </c>
       <c r="J101" s="0" t="inlineStr">
         <is>
           <t>https://www.realtoptan.com/image/catalog/5-second-fix-uv-yapistirici-1191.jpg</t>
         </is>
       </c>
       <c r="K101" s="0" t="inlineStr">
         <is>
           <t>https://www.realtoptan.com/image/catalog/222222222222-6.jpg</t>
         </is>
       </c>
       <c r="L101" s="0" t="inlineStr">
         <is>
           <t>https://www.realtoptan.com/image/catalog/5-second-fix-uv-yapistirici-9506.jpg</t>
         </is>
       </c>
       <c r="M101" s="0"/>
       <c r="N101" s="0"/>
       <c r="O101" s="0" t="inlineStr">
         <is>
           <t>0.00kg</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="102">
@@ -7777,51 +7824,51 @@
 				&amp;lt;li&amp;gt;&amp;lt;span style=&amp;quot;font-family:inherit&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;font-family:tahoma,geneva,sans-serif; font-size:inherit&amp;quot;&amp;gt;1 adet Tobi Buharlı Seyahat Ütüsü&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/li&amp;gt;
 				&amp;lt;li&amp;gt;&amp;lt;span style=&amp;quot;font-family:inherit&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;font-family:tahoma,geneva,sans-serif; font-size:inherit&amp;quot;&amp;gt;1 adet Fırça Başlığı&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/li&amp;gt;
 				&amp;lt;li&amp;gt;&amp;lt;span style=&amp;quot;font-family:inherit&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;font-family:tahoma,geneva,sans-serif; font-size:inherit&amp;quot;&amp;gt;1 adet Temizleyici Fırça&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/li&amp;gt;
 				&amp;lt;li&amp;gt;&amp;lt;span style=&amp;quot;font-family:inherit&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;font-family:tahoma,geneva,sans-serif; font-size:inherit&amp;quot;&amp;gt;1 adet Suluk&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/li&amp;gt;
 			&amp;lt;/ul&amp;gt;
 			&amp;lt;/div&amp;gt;
 			&amp;lt;/td&amp;gt;
 		&amp;lt;/tr&amp;gt;
 	&amp;lt;/tbody&amp;gt;
 &amp;lt;/table&amp;gt;
 </t>
         </is>
       </c>
       <c r="F110" s="0" t="n">
         <v>500</v>
       </c>
       <c r="G110" s="0" t="n">
         <v>38383800493</v>
       </c>
       <c r="H110" s="0" t="inlineStr">
         <is>
           <t>diğer</t>
         </is>
       </c>
       <c r="I110" s="0" t="n">
-        <v>77</v>
+        <v>0</v>
       </c>
       <c r="J110" s="0" t="inlineStr">
         <is>
           <t>https://www.realtoptan.com/image/catalog/tobi-steamer-buharli-pratik-mucize-utu-1114.jpeg</t>
         </is>
       </c>
       <c r="K110" s="0" t="inlineStr">
         <is>
           <t>https://www.realtoptan.com/image/catalog/tobi-steamer-buharli-pratik-mucize-utu-2625.jpg</t>
         </is>
       </c>
       <c r="L110" s="0"/>
       <c r="M110" s="0"/>
       <c r="N110" s="0"/>
       <c r="O110" s="0" t="inlineStr">
         <is>
           <t>0.00kg</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="111">
       <c r="A111" s="0" t="n">
         <v>131</v>
       </c>
       <c r="B111" s="0" t="inlineStr">
@@ -8650,51 +8697,51 @@
       <c r="E121" s="0" t="inlineStr">
         <is>
           <t>&amp;lt;div class=&amp;quot;h1&amp;quot; style=&amp;quot;color:#000000; font-family:Verdana,Arial,Tahoma; font-size:10.6667px; line-height:normal&amp;quot;&amp;gt;Doğa\'nın konuğu olmaya hazır mısınız?&amp;lt;/div&amp;gt;
 &amp;lt;p&amp;gt;&amp;lt;strong&amp;gt;Festivaller yaklaşıyor! Kamp alanınızda yerinizi şimdiden ayırın!&amp;lt;/strong&amp;gt;&amp;lt;/p&amp;gt;
 &amp;lt;p&amp;gt;Toplandığında etkileyici derecede küçülmektedir, bu sayede istediğiniz yere götürebilirsiniz!&amp;lt;/p&amp;gt;
 &amp;lt;p&amp;gt;Aracınızın bagajında çok az yer kaplayacak!&amp;lt;/p&amp;gt;
 &amp;lt;p&amp;gt;&amp;lt;strong&amp;gt;Ürün tarafımızca kontrol ve test edilmiş, oldukça memnun edici bulunmuştur.&amp;lt;/strong&amp;gt;&amp;lt;/p&amp;gt;
 &amp;lt;p&amp;gt;&amp;lt;strong&amp;gt;Ürün Özellikleri:&amp;lt;/strong&amp;gt;&amp;lt;/p&amp;gt;
 &amp;lt;ul&amp;gt;
 	&amp;lt;li&amp;gt;Kolay kurulumu ile dakikalar içerisinde kullanıma hazır&amp;lt;/li&amp;gt;
 	&amp;lt;li&amp;gt;4 kişilik konaklama&amp;lt;/li&amp;gt;
 	&amp;lt;li&amp;gt;Özel su geçirmez kumaş&amp;lt;/li&amp;gt;
 	&amp;lt;li&amp;gt;Çadır tepesinde havalandırma bacası&amp;lt;/li&amp;gt;
 	&amp;lt;li&amp;gt;Kapı sineklik tülü&amp;lt;/li&amp;gt;
 	&amp;lt;li&amp;gt;Dayanıklı kumaşı ile yıllarca kullanabilirsiniz&amp;lt;/li&amp;gt;
 	&amp;lt;li&amp;gt;Özel çantası ile kolay taşıma&amp;lt;/li&amp;gt;
 &amp;lt;/ul&amp;gt;
 &amp;lt;p&amp;gt;&amp;lt;br /&amp;gt;
 &amp;lt;strong&amp;gt;Kurulu Çadır Boyutu:&amp;amp;nbsp;&amp;lt;/strong&amp;gt;200 &amp;amp;nbsp;x &amp;amp;nbsp;200 &amp;amp;nbsp;x &amp;amp;nbsp;135 Cm&amp;lt;/p&amp;gt;
 &amp;lt;p&amp;gt;&amp;lt;br /&amp;gt;
 &amp;lt;strong&amp;gt;Toplu Çadır Boyutu (Çanta Boyutu):&amp;amp;nbsp;&amp;lt;/strong&amp;gt;60 cm x 14 cm x 8 cm&amp;lt;/p&amp;gt;
 </t>
         </is>
       </c>
       <c r="F121" s="0" t="n">
-        <v>650</v>
+        <v>700</v>
       </c>
       <c r="G121" s="0" t="n">
         <v>38383800401</v>
       </c>
       <c r="H121" s="0" t="inlineStr">
         <is>
           <t>diğer</t>
         </is>
       </c>
       <c r="I121" s="0" t="n">
         <v>100</v>
       </c>
       <c r="J121" s="0" t="inlineStr">
         <is>
           <t>https://www.realtoptan.com/image/catalog/4-kisilik-kolay-kurulumlu-kamp-cadiri-3572.jpg</t>
         </is>
       </c>
       <c r="K121" s="0" t="inlineStr">
         <is>
           <t>https://www.realtoptan.com/image/catalog/4-kisilik-kolay-kurulumlu-kamp-cadiri-2317.jpg</t>
         </is>
       </c>
       <c r="L121" s="0" t="inlineStr">
         <is>
           <t>https://www.realtoptan.com/image/catalog/4-kisilik-kolay-kurulumlu-kamp-cadiri-5462.jpg</t>
@@ -8835,51 +8882,51 @@
 &amp;lt;p style=&amp;quot;margin-left:0; margin-right:0&amp;quot;&amp;gt;&amp;lt;strong&amp;gt;Ürün Kullanımı:&amp;lt;/strong&amp;gt;&amp;lt;/p&amp;gt;
 &amp;lt;p style=&amp;quot;margin-left:0; margin-right:0&amp;quot;&amp;gt;Genel vücut detoksu için her ayak tabanınızın ortasına bir bant uygulayınız. Bu uygulamaya bantların üzerinde kalıntı azalana kadar devam ediniz.&amp;lt;br /&amp;gt;
 &amp;lt;br /&amp;gt;
 Vücutta en fazla detokslanmaya ihtiyacı olan kısmı bulmak için ayak tabanının topuk kısmına, orta kısmına ve ayak tabanınızın ön kısmına olmak üzere 3 adet bant uygulaması önerilir. Bu uygulama sonrası vücudun detokslamadan en fazla fayda sağlayan bölgesi bantların üzerindeki artık miktarlarından anlaşılabilir. Böylece her iki ayak tabanınızda en yoğun artık görülen bandın uygulandığı bölgeye artıklar azalıncaya kadar uygulama yapmayı sürdürebilirsiniz.&amp;lt;br /&amp;gt;
 &amp;lt;br /&amp;gt;
 Kişilerin fiziksel durumuna ve toksisite durumuna bağlı olarak hemen sonuç alınmayabilir. Uygulamaya en az yedi gün boyunca devam edildiği taktirde vücuttan atılan toksin miktarına bağlı olarak bantlardaki artık renginin kahverengiden açık gri renge dönüştüğü görülür.&amp;lt;/p&amp;gt;
 &amp;lt;p style=&amp;quot;margin-left:0; margin-right:0&amp;quot;&amp;gt;&amp;lt;strong&amp;gt;Paket İçeriği:&amp;lt;/strong&amp;gt;&amp;lt;/p&amp;gt;
 &amp;lt;ul style=&amp;quot;margin-left:2px; margin-right:0&amp;quot;&amp;gt;
 	&amp;lt;li&amp;gt;10 Adet Detox Ayak Bandı&amp;lt;/li&amp;gt;
 &amp;lt;/ul&amp;gt;
 </t>
         </is>
       </c>
       <c r="F123" s="0" t="n">
         <v>70</v>
       </c>
       <c r="G123" s="0" t="n">
         <v>38383800395</v>
       </c>
       <c r="H123" s="0" t="inlineStr">
         <is>
           <t>diğer</t>
         </is>
       </c>
       <c r="I123" s="0" t="n">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="J123" s="0" t="inlineStr">
         <is>
           <t>https://www.realtoptan.com/image/catalog/ayak-bandi-2.jpg</t>
         </is>
       </c>
       <c r="K123" s="0" t="inlineStr">
         <is>
           <t>https://www.realtoptan.com/image/catalog/ayak-bandi-3.jpg</t>
         </is>
       </c>
       <c r="L123" s="0"/>
       <c r="M123" s="0"/>
       <c r="N123" s="0"/>
       <c r="O123" s="0" t="inlineStr">
         <is>
           <t>0.00kg</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="124">
       <c r="A124" s="0" t="n">
         <v>144</v>
       </c>
       <c r="B124" s="0" t="inlineStr">
@@ -9124,71 +9171,71 @@
 Bu eğlenceli tasarım hem mutfağınıza hem de yemek masanıza hareket katacak. Her baharatlık tuz, biber ya da şeker için küçük bir deliğe ve diğer otsu baharatlar için de büyük bir deliğe sahiptir.&amp;lt;/p&amp;gt;
 &amp;lt;p style=&amp;quot;margin-left:0; margin-right:0&amp;quot;&amp;gt;&amp;lt;strong&amp;gt;Paket İçeriği:&amp;lt;/strong&amp;gt;&amp;lt;/p&amp;gt;
 &amp;lt;ul style=&amp;quot;margin-left:2px; margin-right:0&amp;quot;&amp;gt;
 	&amp;lt;li&amp;gt;4 adet mevsim baharatlık&amp;lt;/li&amp;gt;
 	&amp;lt;li&amp;gt;1 adet baharatlık tepsisi&amp;lt;/li&amp;gt;
 &amp;lt;/ul&amp;gt;
 </t>
         </is>
       </c>
       <c r="F127" s="0" t="n">
         <v>200</v>
       </c>
       <c r="G127" s="0" t="n">
         <v>38383800378</v>
       </c>
       <c r="H127" s="0" t="inlineStr">
         <is>
           <t>diğer</t>
         </is>
       </c>
       <c r="I127" s="0" t="n">
         <v>200</v>
       </c>
       <c r="J127" s="0" t="inlineStr">
         <is>
-          <t>https://www.realtoptan.com/image/catalog/seasoning-shakers-dort-mevsim-baharatlik-1.jpg</t>
+          <t>https://www.realtoptan.com/image/catalog/site_resimler/SİTE RESİMLERİ/bah-1(1).png</t>
         </is>
       </c>
       <c r="K127" s="0" t="inlineStr">
         <is>
-          <t>https://www.realtoptan.com/image/catalog/seasoning-shakers-dort-mevsim-baharatlik-2.jpg</t>
+          <t>https://www.realtoptan.com/image/catalog/site_resimler/SİTE RESİMLERİ/bah-4.png</t>
         </is>
       </c>
       <c r="L127" s="0" t="inlineStr">
         <is>
-          <t>https://www.realtoptan.com/image/catalog/seasoning-shakers-dort-mevsim-baharatlik-3.jpg</t>
+          <t>https://www.realtoptan.com/image/catalog/site_resimler/SİTE RESİMLERİ/bah-3.png</t>
         </is>
       </c>
       <c r="M127" s="0" t="inlineStr">
         <is>
-          <t>https://www.realtoptan.com/image/catalog/seasoning-shakers-dort-mevsim-baharatlik-4.jpg</t>
+          <t>https://www.realtoptan.com/image/catalog/site_resimler/SİTE RESİMLERİ/bah-5.png</t>
         </is>
       </c>
       <c r="N127" s="0" t="inlineStr">
         <is>
-          <t>https://www.realtoptan.com/image/catalog/seasoning-shakers-dort-mevsim-baharatlik-5.jpg</t>
+          <t>https://www.realtoptan.com/image/catalog/site_resimler/SİTE RESİMLERİ/bah-1(2).png</t>
         </is>
       </c>
       <c r="O127" s="0" t="inlineStr">
         <is>
           <t>0.00kg</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="128">
       <c r="A128" s="0" t="n">
         <v>148</v>
       </c>
       <c r="B128" s="0" t="inlineStr">
         <is>
           <t>Şifreli Kasa Kumbara</t>
         </is>
       </c>
       <c r="C128" s="0" t="inlineStr">
         <is>
           <t>HEDİYELİK EŞYA</t>
         </is>
       </c>
       <c r="D128" s="0" t="inlineStr">
         <is>
           <t>HEDİYELİK EŞYA</t>
@@ -9408,110 +9455,111 @@
           <t>0.00kg</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="131">
       <c r="A131" s="0" t="n">
         <v>151</v>
       </c>
       <c r="B131" s="0" t="inlineStr">
         <is>
           <t>Auto Cool Güneş Enerjisiyle Çalışan Araç İçi Soğutucu</t>
         </is>
       </c>
       <c r="C131" s="0" t="inlineStr">
         <is>
           <t>HEDİYELİK EŞYA|TV ÜRÜNLERİ</t>
         </is>
       </c>
       <c r="D131" s="0" t="inlineStr">
         <is>
           <t>HEDİYELİK EŞYA</t>
         </is>
       </c>
       <c r="E131" s="0" t="inlineStr">
         <is>
-          <t>&amp;lt;p style=&amp;quot;margin: 0px 0px 15px; padding: 0px; border: 0px; outline: 0px; font-size: 14px; vertical-align: baseline; line-height: 22px; color: rgb(47, 47, 47); font-family: arial, tahoma, verdana, sans-serif;&amp;quot;&amp;gt;&amp;lt;strong style=&amp;quot;margin: 0px; padding: 0px; border: 0px; outline: 0px; vertical-align: baseline;&amp;quot;&amp;gt;Güneş Enerjisi ile çalışan ve hava temizleme özelliği bulunan Auto Cool Araç Fanı yaz aylarında aracınızın sıcaktan kavrulmasını önlemek için size harika bir çözüm sunuyor!&amp;lt;/strong&amp;gt;&amp;lt;/p&amp;gt;
-[...11 lines deleted...]
-	&amp;lt;li style=&amp;quot;margin: 0px 5px 5px 0px; padding: 0px; border: 0px; outline: 0px; vertical-align: baseline; float: none; list-style: disc inside; line-height: 22px;&amp;quot;&amp;gt;Dayanıklı ve su geçirmezdir.&amp;lt;/li&amp;gt;
+          <t>&amp;lt;p style=&amp;quot;margin-left:0; margin-right:0&amp;quot;&amp;gt;&amp;lt;strong&amp;gt;Güneş Enerjisi ile çalışan ve hava temizleme özelliği bulunan Auto Cool Araç Fanı yaz aylarında aracınızın sıcaktan kavrulmasını önlemek için size harika bir çözüm sunuyor!&amp;lt;/strong&amp;gt;&amp;lt;/p&amp;gt;
+&amp;lt;p style=&amp;quot;margin-left:0; margin-right:0&amp;quot;&amp;gt;Klima kullanımından doğan yakıt artışından tasarruf sağlayın.&amp;lt;/p&amp;gt;
+&amp;lt;p style=&amp;quot;margin-left:0; margin-right:0&amp;quot;&amp;gt;&amp;lt;strong&amp;gt;Özellikle sıcak yaz aylarında otomobilinizin içerisi park halinde iken güneşin altında neredeyse yanmaktadır. Artık kavurucu sıcaklarda aracınıza bindiğinizde kendinizi fırına girmiş gibi hissetmeyeceksiniz!&amp;lt;/strong&amp;gt;&amp;lt;/p&amp;gt;
+&amp;lt;p style=&amp;quot;margin-left:0; margin-right:0&amp;quot;&amp;gt;Auto Cool araç içerisindeki sıcak havayı dışarı aktarır ve havayı temizler.Yazın kavurucu sıcağında arabaya binmek bu muhteşem ürünle işkence olmaktan çıkıyor.Hiçbir kablo yada pile ihtiyaç duymadan Auto Cool sadece güneş enerjisi ile çalışmaktadır.&amp;lt;/p&amp;gt;
+&amp;lt;p style=&amp;quot;margin-left:0; margin-right:0&amp;quot;&amp;gt;&amp;lt;strong&amp;gt;Artık evcil hayvanlarınızı araçlarınızın içerisinde güvenli bir şekilde bırakabileceksiniz.&amp;lt;/strong&amp;gt;&amp;lt;/p&amp;gt;
+&amp;lt;p style=&amp;quot;margin-left:0; margin-right:0&amp;quot;&amp;gt;&amp;lt;strong&amp;gt;Ürün Özellikleri:&amp;lt;/strong&amp;gt;&amp;lt;/p&amp;gt;
+&amp;lt;ul style=&amp;quot;margin-left:2px; margin-right:0&amp;quot;&amp;gt;
+	&amp;lt;li&amp;gt;Tüm araçların pencerelerine uyumludur.&amp;amp;nbsp;&amp;lt;/li&amp;gt;
+	&amp;lt;li&amp;gt;Sigara kokularını da yok etmekte yardımcıdır.&amp;amp;nbsp;&amp;lt;/li&amp;gt;
+	&amp;lt;li&amp;gt;Hava sirkülasyonu sağlığınız için sağlıklıdır.&amp;amp;nbsp;&amp;lt;/li&amp;gt;
+	&amp;lt;li&amp;gt;Aileniz ile birlikte sağlıklı seyahat ortamını paylaşın.&amp;amp;nbsp;&amp;lt;/li&amp;gt;
+	&amp;lt;li&amp;gt;Portatif ve kolay kurulabilir.&amp;amp;nbsp;&amp;lt;/li&amp;gt;
+	&amp;lt;li&amp;gt;Dayanıklı ve su geçirmezdir.&amp;lt;/li&amp;gt;
 &amp;lt;/ul&amp;gt;
-&amp;lt;p style=&amp;quot;margin: 0px 0px 15px; padding: 0px; border: 0px; outline: 0px; font-size: 14px; vertical-align: baseline; line-height: 22px; color: rgb(47, 47, 47); font-family: arial, tahoma, verdana, sans-serif;&amp;quot;&amp;gt;&amp;lt;strong style=&amp;quot;margin: 0px; padding: 0px; border: 0px; outline: 0px; vertical-align: baseline;&amp;quot;&amp;gt;Auto Cool\'un Çalışma Prensibi:&amp;lt;/strong&amp;gt;&amp;lt;/p&amp;gt;
-[...5 lines deleted...]
-	&amp;lt;li style=&amp;quot;margin: 0px 5px 5px 0px; padding: 0px; border: 0px; outline: 0px; vertical-align: baseline; float: none; list-style: disc inside; line-height: 22px;&amp;quot;&amp;gt;Soğutucu fan, güneş enerjisini algıladıktan 1-2 km. sonra soğuk hava üflemeye başlayacaktır.&amp;lt;/li&amp;gt;
+&amp;lt;p style=&amp;quot;margin-left:0; margin-right:0&amp;quot;&amp;gt;&amp;lt;strong&amp;gt;Auto Cool\'un Çalışma Prensibi:&amp;lt;/strong&amp;gt;&amp;lt;/p&amp;gt;
+&amp;lt;ul style=&amp;quot;margin-left:2px; margin-right:0&amp;quot;&amp;gt;
+	&amp;lt;li&amp;gt;Güneş enerjisini dönüşüm çipi ile elektrik enerjisine dönüştürür.&amp;amp;nbsp;&amp;lt;/li&amp;gt;
+	&amp;lt;li&amp;gt;Fanın dönüşünü sağlayarak araç içerisini soğutur.&amp;amp;nbsp;&amp;lt;/li&amp;gt;
+	&amp;lt;li&amp;gt;Sadece soğuk hava üflemez.&amp;amp;nbsp;&amp;lt;/li&amp;gt;
+	&amp;lt;li&amp;gt;Araç içerisindeki havayı dışarıdan aldığı hava ile tazeler ve böylece araç içerisinde oluşabilecek buharlaşmanın önüne geçer.&amp;amp;nbsp;&amp;lt;/li&amp;gt;
+	&amp;lt;li&amp;gt;Soğutucu fan, güneş enerjisini algıladıktan 1-2 km. sonra soğuk hava üflemeye başlayacaktır.&amp;lt;/li&amp;gt;
 &amp;lt;/ul&amp;gt;
-&amp;lt;p style=&amp;quot;margin: 0px 0px 15px; padding: 0px; border: 0px; outline: 0px; font-size: 14px; vertical-align: baseline; line-height: 22px; color: rgb(47, 47, 47); font-family: arial, tahoma, verdana, sans-serif;&amp;quot;&amp;gt;&amp;lt;strong style=&amp;quot;margin: 0px; padding: 0px; border: 0px; outline: 0px; vertical-align: baseline;&amp;quot;&amp;gt;Ürün Ölçüleri:&amp;lt;/strong&amp;gt;&amp;lt;/p&amp;gt;
-[...2 lines deleted...]
-	&amp;lt;li style=&amp;quot;margin: 0px 5px 5px 0px; padding: 0px; border: 0px; outline: 0px; vertical-align: baseline; float: none; list-style: disc inside; line-height: 22px;&amp;quot;&amp;gt;Güneş Paneli Boyutları: 6 cm x 12 cm&amp;lt;/li&amp;gt;
+&amp;lt;p style=&amp;quot;margin-left:0; margin-right:0&amp;quot;&amp;gt;&amp;lt;strong&amp;gt;Ürün Ölçüleri:&amp;lt;/strong&amp;gt;&amp;lt;/p&amp;gt;
+&amp;lt;ul style=&amp;quot;margin-left:2px; margin-right:0&amp;quot;&amp;gt;
+	&amp;lt;li&amp;gt;Soğutucu Fan Boyutları: 11 cm x 15 cm x 6 cm&amp;amp;nbsp;&amp;lt;/li&amp;gt;
+	&amp;lt;li&amp;gt;Güneş Paneli Boyutları: 6 cm x 12 cm&amp;lt;/li&amp;gt;
 &amp;lt;/ul&amp;gt;
-&amp;lt;p style=&amp;quot;margin: 0px 0px 15px; padding: 0px; border: 0px; outline: 0px; font-size: 14px; vertical-align: baseline; line-height: 22px; color: rgb(47, 47, 47); font-family: arial, tahoma, verdana, sans-serif;&amp;quot;&amp;gt;&amp;lt;strong style=&amp;quot;margin: 0px; padding: 0px; border: 0px; outline: 0px; vertical-align: baseline;&amp;quot;&amp;gt;Paket İçeriği:&amp;lt;/strong&amp;gt;&amp;lt;/p&amp;gt;
-[...2 lines deleted...]
-&amp;lt;/ul&amp;gt;</t>
+&amp;lt;p style=&amp;quot;margin-left:0; margin-right:0&amp;quot;&amp;gt;&amp;lt;strong&amp;gt;Paket İçeriği:&amp;lt;/strong&amp;gt;&amp;lt;/p&amp;gt;
+&amp;lt;ul style=&amp;quot;margin-left:2px; margin-right:0&amp;quot;&amp;gt;
+	&amp;lt;li&amp;gt;1 adet Auto Cool Araç Fanı&amp;lt;/li&amp;gt;
+&amp;lt;/ul&amp;gt;
+</t>
         </is>
       </c>
       <c r="F131" s="0" t="n">
         <v>250</v>
       </c>
       <c r="G131" s="0" t="n">
         <v>38383800328</v>
       </c>
       <c r="H131" s="0" t="inlineStr">
         <is>
           <t>diğer</t>
         </is>
       </c>
       <c r="I131" s="0" t="n">
         <v>200</v>
       </c>
       <c r="J131" s="0" t="inlineStr">
         <is>
-          <t>https://www.realtoptan.com/image/catalog/auto-cool-gunes-enerjisiyle-calisan-arac-ici-sogutucu-1462.jpg</t>
+          <t>https://www.realtoptan.com/image/catalog/site_resimler/SİTE RESİMLERİ/auto-1.png</t>
         </is>
       </c>
       <c r="K131" s="0" t="inlineStr">
         <is>
-          <t>https://www.realtoptan.com/image/catalog/auto-cool-gunes-enerjisiyle-calisan-arac-ici-sogutucu-3269.jpg</t>
+          <t>https://www.realtoptan.com/image/catalog/site_resimler/SİTE RESİMLERİ/auto-2.png</t>
         </is>
       </c>
       <c r="L131" s="0" t="inlineStr">
         <is>
-          <t>https://www.realtoptan.com/image/catalog/auto-cool-gunes-enerjisiyle-calisan-arac-ici-sogutucu-7004.jpg</t>
+          <t>https://www.realtoptan.com/image/catalog/site_resimler/SİTE RESİMLERİ/auto-3.png</t>
         </is>
       </c>
       <c r="M131" s="0" t="inlineStr">
         <is>
           <t>https://www.realtoptan.com/image/catalog/auto-cool-gunes-enerjisiyle-calisan-arac-ici-sogutucu-766.jpg</t>
         </is>
       </c>
       <c r="N131" s="0"/>
       <c r="O131" s="0" t="inlineStr">
         <is>
           <t>0.00kg</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="132">
       <c r="A132" s="0" t="n">
         <v>152</v>
       </c>
       <c r="B132" s="0" t="inlineStr">
         <is>
           <t>Cam Santraç Takımı (25x25)cm</t>
         </is>
       </c>
       <c r="C132" s="0" t="inlineStr">
         <is>
@@ -9606,51 +9654,51 @@
 &amp;lt;span style=&amp;quot;color: rgb(0, 0, 0); font-family: \'Trebuchet MS\', Arial, Helvetica, sans-serif; line-height: normal; background-color: rgb(241, 241, 241);&amp;quot;&amp;gt;Bu çok şık el yapımı şişe masalarınızda çok şık bir detay olacak.&amp;lt;/span&amp;gt;&amp;lt;br style=&amp;quot;color: rgb(0, 0, 0); font-family: \'Trebuchet MS\', Arial, Helvetica, sans-serif; line-height: normal; background-color: rgb(241, 241, 241);&amp;quot; /&amp;gt;
 &amp;lt;br style=&amp;quot;color: rgb(0, 0, 0); font-family: \'Trebuchet MS\', Arial, Helvetica, sans-serif; line-height: normal; background-color: rgb(241, 241, 241);&amp;quot; /&amp;gt;
 &amp;lt;span style=&amp;quot;color: rgb(0, 0, 0); font-family: \'Trebuchet MS\', Arial, Helvetica, sans-serif; line-height: normal; background-color: rgb(241, 241, 241);&amp;quot;&amp;gt;Alışılmışın dışında tasarımlardan hoşlananlardansanız bu ürün tam size göre!&amp;amp;nbsp;&amp;lt;/span&amp;gt;&amp;lt;strong style=&amp;quot;color: rgb(0, 0, 0); font-family: \'Trebuchet MS\', Arial, Helvetica, sans-serif; line-height: normal; background-color: rgb(241, 241, 241);&amp;quot;&amp;gt;Crystal Head Kuru Kafa Cam Şişe&amp;lt;/strong&amp;gt;&amp;lt;span style=&amp;quot;color: rgb(0, 0, 0); font-family: \'Trebuchet MS\', Arial, Helvetica, sans-serif; line-height: normal; background-color: rgb(241, 241, 241);&amp;quot;&amp;gt;, ürkütücü gibi görünse de içeceklerinizi ikram ederken farklı bir konsept oluşturacak.&amp;lt;/span&amp;gt;&amp;lt;br style=&amp;quot;color: rgb(0, 0, 0); font-family: \'Trebuchet MS\', Arial, Helvetica, sans-serif; line-height: normal; background-color: rgb(241, 241, 241);&amp;quot; /&amp;gt;
 &amp;lt;br style=&amp;quot;color: rgb(0, 0, 0); font-family: \'Trebuchet MS\', Arial, Helvetica, sans-serif; line-height: normal; background-color: rgb(241, 241, 241);&amp;quot; /&amp;gt;
 &amp;lt;span style=&amp;quot;color: rgb(0, 0, 0); font-family: \'Trebuchet MS\', Arial, Helvetica, sans-serif; line-height: normal; background-color: rgb(241, 241, 241);&amp;quot;&amp;gt;İsteğe bağlı olarak su, kola, meyve suyu gibi içecekler için de, içkileriniz için de değerlendirebileceğiniz tam bir tasarım harikasıdır.&amp;lt;/span&amp;gt;&amp;lt;br style=&amp;quot;color: rgb(0, 0, 0); font-family: \'Trebuchet MS\', Arial, Helvetica, sans-serif; line-height: normal; background-color: rgb(241, 241, 241);&amp;quot; /&amp;gt;
 &amp;lt;br style=&amp;quot;color: rgb(0, 0, 0); font-family: \'Trebuchet MS\', Arial, Helvetica, sans-serif; line-height: normal; background-color: rgb(241, 241, 241);&amp;quot; /&amp;gt;
 &amp;lt;strong style=&amp;quot;color: rgb(0, 0, 0); font-family: \'Trebuchet MS\', Arial, Helvetica, sans-serif; line-height: normal; background-color: rgb(241, 241, 241);&amp;quot;&amp;gt;Ürün Özellikleri:&amp;lt;/strong&amp;gt;&amp;lt;/p&amp;gt;
 &amp;lt;ul style=&amp;quot;color: rgb(0, 0, 0); font-family: \'Trebuchet MS\', Arial, Helvetica, sans-serif; line-height: normal; background-color: rgb(241, 241, 241);&amp;quot;&amp;gt;
 	&amp;lt;li&amp;gt;Birinci kalite camdan el yapımıdır.&amp;lt;/li&amp;gt;
 	&amp;lt;li&amp;gt;350 ml kapasitelidir.&amp;lt;/li&amp;gt;
 	&amp;lt;li&amp;gt;Son derece estetik bir tasarıma sahiptir.&amp;lt;/li&amp;gt;
 &amp;lt;/ul&amp;gt;
 &amp;lt;p&amp;gt;&amp;lt;br style=&amp;quot;color: rgb(0, 0, 0); font-family: \'Trebuchet MS\', Arial, Helvetica, sans-serif; line-height: normal; background-color: rgb(241, 241, 241);&amp;quot; /&amp;gt;
 &amp;lt;strong style=&amp;quot;color: rgb(0, 0, 0); font-family: \'Trebuchet MS\', Arial, Helvetica, sans-serif; line-height: normal; background-color: rgb(241, 241, 241);&amp;quot;&amp;gt;Ürün Ölçüleri:&amp;lt;/strong&amp;gt;&amp;lt;/p&amp;gt;
 &amp;lt;ul style=&amp;quot;color: rgb(0, 0, 0); font-family: \'Trebuchet MS\', Arial, Helvetica, sans-serif; line-height: normal; background-color: rgb(241, 241, 241);&amp;quot;&amp;gt;
 	&amp;lt;li&amp;gt;12 cm x 10 cm x 8 cm&amp;lt;/li&amp;gt;
 &amp;lt;/ul&amp;gt;
 &amp;lt;p&amp;gt;&amp;lt;br style=&amp;quot;color: rgb(0, 0, 0); font-family: \'Trebuchet MS\', Arial, Helvetica, sans-serif; line-height: normal; background-color: rgb(241, 241, 241);&amp;quot; /&amp;gt;
 &amp;lt;strong style=&amp;quot;color: rgb(0, 0, 0); font-family: \'Trebuchet MS\', Arial, Helvetica, sans-serif; line-height: normal; background-color: rgb(241, 241, 241);&amp;quot;&amp;gt;Paket İçeriği:&amp;lt;/strong&amp;gt;&amp;lt;/p&amp;gt;
 &amp;lt;ul style=&amp;quot;color: rgb(0, 0, 0); font-family: \'Trebuchet MS\', Arial, Helvetica, sans-serif; line-height: normal; background-color: rgb(241, 241, 241);&amp;quot;&amp;gt;
 	&amp;lt;li&amp;gt;1 adet Crystal Head Kuru Kafa Cam Şişe&amp;lt;/li&amp;gt;
 &amp;lt;/ul&amp;gt;</t>
         </is>
       </c>
       <c r="F133" s="0" t="n">
-        <v>200</v>
+        <v>225</v>
       </c>
       <c r="G133" s="0" t="n">
         <v>38383800314</v>
       </c>
       <c r="H133" s="0" t="inlineStr">
         <is>
           <t>diğer</t>
         </is>
       </c>
       <c r="I133" s="0" t="n">
         <v>195</v>
       </c>
       <c r="J133" s="0" t="inlineStr">
         <is>
           <t>https://www.realtoptan.com/image/catalog/crystal-head-kurukafa.jpg</t>
         </is>
       </c>
       <c r="K133" s="0" t="inlineStr">
         <is>
           <t>https://www.realtoptan.com/image/catalog/crystal-head-kurukafa4.jpg</t>
         </is>
       </c>
       <c r="L133" s="0" t="inlineStr">
         <is>
           <t>https://www.realtoptan.com/image/catalog/crystal-head-kurukafa3.jpg</t>
@@ -9671,86 +9719,87 @@
           <t>0.00kg</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="134">
       <c r="A134" s="0" t="n">
         <v>154</v>
       </c>
       <c r="B134" s="0" t="inlineStr">
         <is>
           <t>Masaüstü Metal Basketbol Oyunu</t>
         </is>
       </c>
       <c r="C134" s="0" t="inlineStr">
         <is>
           <t>HEDİYELİK EŞYA</t>
         </is>
       </c>
       <c r="D134" s="0" t="inlineStr">
         <is>
           <t>HEDİYELİK EŞYA</t>
         </is>
       </c>
       <c r="E134" s="0" t="inlineStr">
         <is>
-          <t>&amp;lt;p&amp;gt;&amp;lt;span style=&amp;quot;border: 0px; outline: 0px; margin: 0px; padding: 0px; font-family: Arial, Helvetica, sans-serif; line-height: normal;&amp;quot;&amp;gt;Günün en stresli ve sıkıcı vakitlerinde sizi rahatlatıp bir anlığına bile olsa bulunduğunuz yerden alıp götürecek bu muhteşem basketbol oyununu masanızın üzerinde rahatlıkla oynayarak eğlenceli vakit geçirebilirsiniz.&amp;amp;nbsp;&amp;lt;/span&amp;gt;&amp;lt;span style=&amp;quot;border: 0px; outline: 0px; font-size: small; margin: 0px; padding: 0px; font-family: Arial, Helvetica, sans-serif; line-height: normal;&amp;quot;&amp;gt;Üstelik katlanabilir bu eğlenceli basketbol seti istediğiniz zaman çantanıza da koyabileceğiniz ebatlardadır.&amp;lt;/span&amp;gt;&amp;lt;/p&amp;gt;
-[...5 lines deleted...]
-&amp;lt;p style=&amp;quot;border: 0px; outline: 0px; margin: 10px 0px 0px; padding: 0px; font-family: Arial, Helvetica, sans-serif; line-height: normal;&amp;quot;&amp;gt;&amp;amp;nbsp;&amp;lt;span style=&amp;quot;border: 0px; outline: 0px; font-size: small; margin: 0px; padding: 0px;&amp;quot;&amp;gt;Katlanabilir&amp;lt;/span&amp;gt;&amp;lt;/p&amp;gt;</t>
+          <t>&amp;lt;p&amp;gt;&amp;lt;span style=&amp;quot;font-family:Arial,Helvetica,sans-serif&amp;quot;&amp;gt;Günün en stresli ve sıkıcı vakitlerinde sizi rahatlatıp bir anlığına bile olsa bulunduğunuz yerden alıp götürecek bu muhteşem basketbol oyununu masanızın üzerinde rahatlıkla oynayarak eğlenceli vakit geçirebilirsiniz.&amp;amp;nbsp;&amp;lt;/span&amp;gt;&amp;lt;span style=&amp;quot;font-family:Arial,Helvetica,sans-serif; font-size:small&amp;quot;&amp;gt;Üstelik katlanabilir bu eğlenceli basketbol seti istediğiniz zaman çantanıza da koyabileceğiniz ebatlardadır.&amp;lt;/span&amp;gt;&amp;lt;/p&amp;gt;
+&amp;lt;p style=&amp;quot;margin-left:0; margin-right:0&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;font-size:small&amp;quot;&amp;gt;Metal bir basketbol sahası ve saha çizgileri üzerinde, basketbol topu ve atış düzeneği dahil tamamıyla bir masaüstü eğlence setidir.&amp;lt;/span&amp;gt;&amp;lt;/p&amp;gt;
+&amp;lt;p style=&amp;quot;margin-left:0; margin-right:0&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;font-size:small&amp;quot;&amp;gt;Ölçüleri 21x25.5 cm&amp;lt;/span&amp;gt;&amp;lt;/p&amp;gt;
+&amp;lt;p style=&amp;quot;margin-left:0; margin-right:0&amp;quot;&amp;gt;&amp;amp;nbsp;&amp;lt;span style=&amp;quot;font-size:small&amp;quot;&amp;gt;Metal saha gövdesi&amp;lt;/span&amp;gt;&amp;lt;/p&amp;gt;
+&amp;lt;p style=&amp;quot;margin-left:0; margin-right:0&amp;quot;&amp;gt;&amp;amp;nbsp;&amp;lt;span style=&amp;quot;font-size:small&amp;quot;&amp;gt;Akrilik pota çerçevesi&amp;lt;/span&amp;gt;&amp;lt;/p&amp;gt;
+&amp;lt;p style=&amp;quot;margin-left:0; margin-right:0&amp;quot;&amp;gt;&amp;amp;nbsp;&amp;lt;span style=&amp;quot;font-size:small&amp;quot;&amp;gt;İple tutturulmuş top&amp;lt;/span&amp;gt;&amp;lt;/p&amp;gt;
+&amp;lt;p style=&amp;quot;margin-left:0; margin-right:0&amp;quot;&amp;gt;&amp;amp;nbsp;&amp;lt;span style=&amp;quot;font-size:small&amp;quot;&amp;gt;Katlanabilir&amp;lt;/span&amp;gt;&amp;lt;/p&amp;gt;
+</t>
         </is>
       </c>
       <c r="F134" s="0" t="n">
         <v>300</v>
       </c>
       <c r="G134" s="0" t="n">
         <v>38383800289</v>
       </c>
       <c r="H134" s="0" t="inlineStr">
         <is>
           <t>diğer</t>
         </is>
       </c>
       <c r="I134" s="0" t="n">
         <v>224</v>
       </c>
       <c r="J134" s="0" t="inlineStr">
         <is>
-          <t>https://www.realtoptan.com/image/catalog/masaustu-metal-basketboloyunu3.jpg</t>
+          <t>https://www.realtoptan.com/image/catalog/site_resimler/SİTE RESİMLERİ/bas-1.png</t>
         </is>
       </c>
       <c r="K134" s="0" t="inlineStr">
         <is>
-          <t>https://www.realtoptan.com/image/catalog/masaustu-metal-basketboloyunu5.jpg</t>
+          <t>https://www.realtoptan.com/image/catalog/site_resimler/SİTE RESİMLERİ/bas-2.png</t>
         </is>
       </c>
       <c r="L134" s="0" t="inlineStr">
         <is>
-          <t>https://www.realtoptan.com/image/catalog/masaustu-metal-basketboloyunu2.jpg</t>
+          <t>https://www.realtoptan.com/image/catalog/site_resimler/SİTE RESİMLERİ/bas-3.png</t>
         </is>
       </c>
       <c r="M134" s="0" t="inlineStr">
         <is>
           <t>https://www.realtoptan.com/image/catalog/masaustu-metal-basketboloyunu1.jpg</t>
         </is>
       </c>
       <c r="N134" s="0"/>
       <c r="O134" s="0" t="inlineStr">
         <is>
           <t>0.00kg</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="135">
       <c r="A135" s="0" t="n">
         <v>155</v>
       </c>
       <c r="B135" s="0" t="inlineStr">
         <is>
           <t>Pest Guard Elektronik Fare ve Haşere Kovucu</t>
         </is>
       </c>
       <c r="C135" s="0" t="inlineStr">
         <is>
@@ -9775,51 +9824,51 @@
 	&amp;lt;li&amp;gt;İnsan sağlığına ve evcil hayvanlara hiçbir zararı ve yan etkisi yoktur.&amp;lt;/li&amp;gt;
 	&amp;lt;li&amp;gt;Yaklaşık 25-150 m2 alanda etkilidir. Daha geniş alanlar için birden fazla cihaz kullanmanız gerekmektedir.&amp;lt;/li&amp;gt;
 	&amp;lt;li&amp;gt;Elektrik tüketimi çok düşüktür. Sürekli kullanıldığında yıllık enerji tüketim maliyeti yaklaşık 21 TL\'dir.&amp;lt;/li&amp;gt;
 &amp;lt;/ul&amp;gt;
 &amp;lt;p style=&amp;quot;margin-left:0; margin-right:0&amp;quot;&amp;gt;&amp;lt;strong&amp;gt;Ürün Kullanımı:&amp;lt;/strong&amp;gt;&amp;lt;/p&amp;gt;
 &amp;lt;p style=&amp;quot;margin-left:0; margin-right:0&amp;quot;&amp;gt;220 Volt bir prize takarak kullanılır. Maksimum verim alabilmek için seçtiğiniz prizin merkezi bir yerde olmasına, karşısında sert yüzeyler bulunmasına, önlerinde koltuk, kanepe gibi engeller olmamasına ve yerden 1-1.5 metre yüksekte bulunmasına özen gösterilmelidir.&amp;lt;/p&amp;gt;
 &amp;lt;p style=&amp;quot;margin-left:0; margin-right:0&amp;quot;&amp;gt;&amp;lt;strong&amp;gt;Paket İçeriği:&amp;lt;/strong&amp;gt;&amp;lt;/p&amp;gt;
 &amp;lt;ul style=&amp;quot;margin-left:2px; margin-right:0&amp;quot;&amp;gt;
 	&amp;lt;li&amp;gt;1 adet Haşerx&amp;amp;nbsp;Elektronik Fare ve Haşere Kovucu&amp;lt;/li&amp;gt;
 &amp;lt;/ul&amp;gt;
 </t>
         </is>
       </c>
       <c r="F135" s="0" t="n">
         <v>100</v>
       </c>
       <c r="G135" s="0" t="n">
         <v>38383800263</v>
       </c>
       <c r="H135" s="0" t="inlineStr">
         <is>
           <t>diğer</t>
         </is>
       </c>
       <c r="I135" s="0" t="n">
-        <v>1000</v>
+        <v>998</v>
       </c>
       <c r="J135" s="0" t="inlineStr">
         <is>
           <t>https://www.realtoptan.com/image/catalog/riddex.jpg</t>
         </is>
       </c>
       <c r="K135" s="0" t="inlineStr">
         <is>
           <t>https://www.realtoptan.com/image/catalog/riddex2.jpg</t>
         </is>
       </c>
       <c r="L135" s="0"/>
       <c r="M135" s="0"/>
       <c r="N135" s="0"/>
       <c r="O135" s="0" t="inlineStr">
         <is>
           <t>0.00kg</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="136">
       <c r="A136" s="0" t="n">
         <v>156</v>
       </c>
       <c r="B136" s="0" t="inlineStr">
@@ -9988,51 +10037,51 @@
       </c>
       <c r="D138" s="0" t="inlineStr">
         <is>
           <t>HEDİYELİK EŞYA</t>
         </is>
       </c>
       <c r="E138" s="0" t="inlineStr">
         <is>
           <t>&amp;lt;p style=&amp;quot;color: rgb(0, 0, 0); font-family: Verdana, Arial, Helvetica, sans-serif; font-size: 10px; line-height: normal;&amp;quot;&amp;gt;Kuru Kafa Şişesi, masanızda, barınızda en fazla dikkat çeken detaylardan biri olacak!&amp;lt;/p&amp;gt;
 &amp;lt;p style=&amp;quot;color: rgb(0, 0, 0); font-family: Verdana, Arial, Helvetica, sans-serif; font-size: 10px; line-height: normal;&amp;quot;&amp;gt;Alışılmışın dışında tasarımlardan hoşlananlardansanız bu ürün tam size göre! Crystal Head Kuru Kafa Cam Şişe, ürkütücü gibi görünse de içeceklerinizi ikram ederken farklı bir konsept oluşturacak.&amp;lt;/p&amp;gt;
 &amp;lt;p style=&amp;quot;color: rgb(0, 0, 0); font-family: Verdana, Arial, Helvetica, sans-serif; font-size: 10px; line-height: normal;&amp;quot;&amp;gt;İsteğe bağlı olarak su, kola, meyve suyu gibi içecekler için de, içkileriniz için de değerlendirebileceğiniz tam bir tasarım harikasıdır.&amp;lt;/p&amp;gt;
 &amp;lt;p style=&amp;quot;color: rgb(0, 0, 0); font-family: Verdana, Arial, Helvetica, sans-serif; font-size: 10px; line-height: normal;&amp;quot;&amp;gt;Ürün Özellikleri:&amp;lt;/p&amp;gt;
 &amp;lt;ul style=&amp;quot;color: rgb(0, 0, 0); font-family: Verdana, Arial, Helvetica, sans-serif; font-size: 10px; line-height: normal;&amp;quot;&amp;gt;
 	&amp;lt;li&amp;gt;El yapımı camdan üretilmiştir.&amp;amp;nbsp;&amp;lt;/li&amp;gt;
 	&amp;lt;li&amp;gt;550&amp;amp;nbsp;ml kapasitelidir.&amp;lt;/li&amp;gt;
 	&amp;lt;li&amp;gt;Cam tasarımı görünüm olarak da son derece estetiktir.&amp;amp;nbsp;&amp;lt;/li&amp;gt;
 &amp;lt;/ul&amp;gt;
 &amp;lt;p style=&amp;quot;color: rgb(0, 0, 0); font-family: Verdana, Arial, Helvetica, sans-serif; font-size: 10px; line-height: normal;&amp;quot;&amp;gt;Paket İçeriği:&amp;lt;/p&amp;gt;
 &amp;lt;ul style=&amp;quot;color: rgb(0, 0, 0); font-family: Verdana, Arial, Helvetica, sans-serif; font-size: 10px; line-height: normal;&amp;quot;&amp;gt;
 	&amp;lt;li&amp;gt;1 adet Crystal Head Kuru Kafa Cam Şişe&amp;lt;/li&amp;gt;
 	&amp;lt;li&amp;gt;&amp;amp;nbsp;&amp;lt;/li&amp;gt;
 &amp;lt;/ul&amp;gt;</t>
         </is>
       </c>
       <c r="F138" s="0" t="n">
-        <v>225</v>
+        <v>250</v>
       </c>
       <c r="G138" s="0" t="n">
         <v>38383800242</v>
       </c>
       <c r="H138" s="0" t="inlineStr">
         <is>
           <t>diğer</t>
         </is>
       </c>
       <c r="I138" s="0" t="n">
         <v>196</v>
       </c>
       <c r="J138" s="0" t="inlineStr">
         <is>
           <t>https://www.realtoptan.com/image/catalog/kurukafasise5505.jpg</t>
         </is>
       </c>
       <c r="K138" s="0" t="inlineStr">
         <is>
           <t>https://www.realtoptan.com/image/catalog/kurukafasise5502.png</t>
         </is>
       </c>
       <c r="L138" s="0" t="inlineStr">
         <is>
           <t>https://www.realtoptan.com/image/catalog/kurukafasise5501.jpg</t>
@@ -10145,65 +10194,73 @@
 &amp;lt;strong&amp;gt;Özellikler:&amp;lt;/strong&amp;gt;&amp;lt;br /&amp;gt;
 Kutu ölçüleri 19 x 12,5 x 6 cm dir.&amp;lt;br /&amp;gt;
 Ürünle birlikte 2 anahtar gelmektedir.&amp;lt;br /&amp;gt;
 0,5 kg ağırlığındadır.&amp;lt;br /&amp;gt;
 Sağlam yapıda üretilmiş olup aynı bir İngilizce sözlük görünümündedir.&amp;lt;br /&amp;gt;
 Seçtiğiniz renkten 1 adet gönderilecektir&amp;lt;/p&amp;gt;
 </t>
         </is>
       </c>
       <c r="F140" s="0" t="n">
         <v>170</v>
       </c>
       <c r="G140" s="0" t="n">
         <v>38383800238</v>
       </c>
       <c r="H140" s="0" t="inlineStr">
         <is>
           <t>diğer</t>
         </is>
       </c>
       <c r="I140" s="0" t="n">
         <v>36</v>
       </c>
       <c r="J140" s="0" t="inlineStr">
         <is>
-          <t>https://www.realtoptan.com/image/catalog/kitapgorunumlu-gizli-kasa3.jpg</t>
+          <t>https://www.realtoptan.com/image/catalog/site_resimler/SİTE RESİMLERİ/kitap_kasa_5.png</t>
         </is>
       </c>
       <c r="K140" s="0" t="inlineStr">
         <is>
-          <t>https://www.realtoptan.com/image/catalog/kitapgorunumlu-gizli-kasa6.jpg</t>
+          <t>https://www.realtoptan.com/image/catalog/site_resimler/SİTE RESİMLERİ/kitap_kasa_bordo.png</t>
         </is>
       </c>
       <c r="L140" s="0" t="inlineStr">
         <is>
-          <t>https://www.realtoptan.com/image/catalog/kitapgorunumlu-gizli-kasa.jpg</t>
-[...3 lines deleted...]
-      <c r="N140" s="0"/>
+          <t>https://www.realtoptan.com/image/catalog/site_resimler/SİTE RESİMLERİ/kitap-kasa-4.png</t>
+        </is>
+      </c>
+      <c r="M140" s="0" t="inlineStr">
+        <is>
+          <t>https://www.realtoptan.com/image/catalog/site_resimler/SİTE RESİMLERİ/kitap-kasa-mavi.png</t>
+        </is>
+      </c>
+      <c r="N140" s="0" t="inlineStr">
+        <is>
+          <t>https://www.realtoptan.com/image/catalog/site_resimler/SİTE RESİMLERİ/kitap_kasa_siyah.png</t>
+        </is>
+      </c>
       <c r="O140" s="0" t="inlineStr">
         <is>
           <t>0.00kg</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="141">
       <c r="A141" s="0" t="n">
         <v>161</v>
       </c>
       <c r="B141" s="0" t="inlineStr">
         <is>
           <t>4’lü Kuru Kafa Shot Bardak Seti</t>
         </is>
       </c>
       <c r="C141" s="0" t="inlineStr">
         <is>
           <t>HEDİYELİK EŞYA</t>
         </is>
       </c>
       <c r="D141" s="0" t="inlineStr">
         <is>
           <t>HEDİYELİK EŞYA</t>
         </is>
       </c>
@@ -10262,51 +10319,51 @@
         <is>
           <t>Cosmetic Express Kozmetik Organizeri</t>
         </is>
       </c>
       <c r="C142" s="0" t="inlineStr">
         <is>
           <t>KİŞİSEL BAKIM</t>
         </is>
       </c>
       <c r="D142" s="0" t="inlineStr">
         <is>
           <t>KİŞİSEL BAKIM</t>
         </is>
       </c>
       <c r="E142" s="0" t="inlineStr">
         <is>
           <t>&amp;lt;h2 style=&amp;quot;margin: 0px; padding: 0px; border: 0px; list-style: none; color: rgb(68, 68, 68); font-family: NeoSansPro, Arial; line-height: 16px;&amp;quot;&amp;gt;Cosmetic Express Kozmetik Organizeri&amp;lt;/h2&amp;gt;
 &amp;lt;p style=&amp;quot;margin: 0px; padding: 0px; border: 0px; list-style: none; color: rgb(68, 68, 68); font-family: NeoSansPro, Arial; line-height: 16px;&amp;quot;&amp;gt;Kozmetik ürünlerinizi yanınızda düzenli bir şekilde taşımak artık imkansız değil!&amp;lt;/p&amp;gt;
 &amp;lt;p style=&amp;quot;margin: 0px; padding: 0px; border: 0px; list-style: none; color: rgb(68, 68, 68); font-family: NeoSansPro, Arial; line-height: 16px;&amp;quot;&amp;gt;&amp;amp;nbsp;&amp;lt;/p&amp;gt;
 &amp;lt;p style=&amp;quot;margin: 0px; padding: 0px; border: 0px; list-style: none; color: rgb(68, 68, 68); font-family: NeoSansPro, Arial; line-height: 16px;&amp;quot;&amp;gt;Cosmetic Express sayesinde kozmetik ürünlerinizi düzenleyecek ve yanınızda taşımayı kolaylaştıracaksınız.&amp;lt;/p&amp;gt;
 &amp;lt;p style=&amp;quot;margin: 0px; padding: 0px; border: 0px; list-style: none; color: rgb(68, 68, 68); font-family: NeoSansPro, Arial; line-height: 16px;&amp;quot;&amp;gt;Açtığınızda yuvarlak bir görünü olan organizerin kenarındaki ipi çektiğinizde kese şeklini alacaktır.&amp;lt;/p&amp;gt;
 &amp;lt;p style=&amp;quot;margin: 0px; padding: 0px; border: 0px; list-style: none; color: rgb(68, 68, 68); font-family: NeoSansPro, Arial; line-height: 16px;&amp;quot;&amp;gt;Hayatınıza kolaylık katacak ve çantanızdaki karışıklıkları önleyecek organizere bayılacaksınız.&amp;lt;/p&amp;gt;</t>
         </is>
       </c>
       <c r="F142" s="0" t="n">
-        <v>20</v>
+        <v>50</v>
       </c>
       <c r="G142" s="0" t="n">
         <v>38383800224</v>
       </c>
       <c r="H142" s="0" t="inlineStr">
         <is>
           <t>diğer</t>
         </is>
       </c>
       <c r="I142" s="0" t="n">
         <v>240</v>
       </c>
       <c r="J142" s="0" t="inlineStr">
         <is>
           <t>https://www.realtoptan.com/image/catalog/1759410-cosmetic-express-kozmetik-organizeri-2-600x600.jpg</t>
         </is>
       </c>
       <c r="K142" s="0"/>
       <c r="L142" s="0"/>
       <c r="M142" s="0"/>
       <c r="N142" s="0"/>
       <c r="O142" s="0" t="inlineStr">
         <is>
           <t>0.00kg</t>
         </is>
@@ -11142,76 +11199,88 @@
       </c>
       <c r="E154" s="0" t="inlineStr">
         <is>
           <t>&amp;lt;p&amp;gt;&amp;lt;strong&amp;gt;Sürekli değişen 7 renkli güçlü LED ışığıyla odanıza gökkuşağını getirecek!&amp;lt;/strong&amp;gt;&amp;lt;br /&amp;gt;
 &amp;lt;span style=&amp;quot;color:#444444; font-family:NeoSansPro,Arial&amp;quot;&amp;gt;Hem bir gece lambası hem de bir terapist! Etrafına verdiği ışık ve rengi gördükten sonra sıradaki renge geçmesi için sizin de sabırsızlıkla bekleyeceğiniz şüphesiz.&amp;lt;/span&amp;gt;&amp;lt;br /&amp;gt;
 &amp;lt;span style=&amp;quot;color:#444444; font-family:NeoSansPro,Arial&amp;quot;&amp;gt;Gece saati görmek için dokunmanız yeterli.Tüm gövdesi ve ekranı ile birlikte renk değiştirmektedir. Işığını yakmadan da kullanabilirsiniz.&amp;lt;/span&amp;gt;&amp;lt;br /&amp;gt;
 &amp;lt;span style=&amp;quot;color:#444444; font-family:NeoSansPro,Arial&amp;quot;&amp;gt;Renk Değiştirebilen Masa Saati + Termometre + Alarm&amp;lt;/span&amp;gt;&amp;lt;br /&amp;gt;
 &amp;lt;span style=&amp;quot;color:#444444; font-family:NeoSansPro,Arial&amp;quot;&amp;gt;İsterseniz 7 farklı rengi sürekli değiştirebilen çok hoş bir gece lambası!&amp;lt;/span&amp;gt;&amp;lt;br /&amp;gt;
 &amp;lt;span style=&amp;quot;color:#444444; font-family:NeoSansPro,Arial&amp;quot;&amp;gt;İsterseniz İki farklı seçenekte renk değiştirebilen masa saati!&amp;lt;/span&amp;gt;&amp;lt;br /&amp;gt;
 &amp;lt;span style=&amp;quot;color:#444444; font-family:NeoSansPro,Arial&amp;quot;&amp;gt;Sürekli olarak renk değiştirir ya da dilerseniz sadece dokunduğunuzda!&amp;lt;/span&amp;gt;&amp;lt;br /&amp;gt;
 &amp;lt;span style=&amp;quot;color:#444444; font-family:NeoSansPro,Arial&amp;quot;&amp;gt;Gece saatinizi görmek için dokunmanız yeterli!&amp;lt;/span&amp;gt;&amp;lt;br /&amp;gt;
 &amp;lt;span style=&amp;quot;color:#444444; font-family:NeoSansPro,Arial&amp;quot;&amp;gt;Tüm gövdesi ve ekranı ile birlikte renk değiştirmektedir!&amp;lt;/span&amp;gt;&amp;lt;br /&amp;gt;
 &amp;lt;span style=&amp;quot;color:#444444; font-family:NeoSansPro,Arial&amp;quot;&amp;gt;Işığını yakmadan da kullanılabilir!&amp;lt;/span&amp;gt;&amp;lt;br /&amp;gt;
 &amp;lt;span style=&amp;quot;color:#444444; font-family:NeoSansPro,Arial&amp;quot;&amp;gt;4 adet ince kalem pil (AAA) ile çalışır. (Piller pakete dahil değildir)&amp;lt;/span&amp;gt;&amp;lt;br /&amp;gt;
 &amp;lt;span style=&amp;quot;color:#444444; font-family:NeoSansPro,Arial&amp;quot;&amp;gt;&amp;amp;nbsp;&amp;lt;/span&amp;gt;&amp;lt;br /&amp;gt;
 &amp;lt;strong&amp;gt;Teknik Özellikleri:&amp;lt;/strong&amp;gt;&amp;lt;br /&amp;gt;
 &amp;lt;span style=&amp;quot;color:#444444; font-family:NeoSansPro,Arial&amp;quot;&amp;gt;12/24 Formatlı dijital saat.&amp;lt;/span&amp;gt;&amp;lt;br /&amp;gt;
 &amp;lt;span style=&amp;quot;color:#444444; font-family:NeoSansPro,Arial&amp;quot;&amp;gt;Snooze (Şekerleme!) özellikli, müzikli alarm.&amp;lt;/span&amp;gt;&amp;lt;br /&amp;gt;
 &amp;lt;span style=&amp;quot;color:#444444; font-family:NeoSansPro,Arial&amp;quot;&amp;gt;Termometre (C/F alternatifli)&amp;lt;/span&amp;gt;&amp;lt;br /&amp;gt;
 &amp;lt;span style=&amp;quot;color:#444444; font-family:NeoSansPro,Arial&amp;quot;&amp;gt;Takvim&amp;lt;/span&amp;gt;&amp;lt;br /&amp;gt;
 &amp;lt;span style=&amp;quot;color:#444444; font-family:NeoSansPro,Arial&amp;quot;&amp;gt;Doğum günü hatırlatıcı.&amp;lt;/span&amp;gt;&amp;lt;/p&amp;gt;
 </t>
         </is>
       </c>
       <c r="F154" s="0" t="n">
-        <v>70</v>
+        <v>125</v>
       </c>
       <c r="G154" s="0" t="n">
         <v>38383800050</v>
       </c>
       <c r="H154" s="0" t="inlineStr">
         <is>
           <t>diğer</t>
         </is>
       </c>
       <c r="I154" s="0" t="n">
-        <v>0</v>
+        <v>85</v>
       </c>
       <c r="J154" s="0" t="inlineStr">
         <is>
-          <t>https://www.realtoptan.com/image/catalog/5639888-201452720439-tutyakalacom-renk-degistiren-kup-saat-1.jpeg</t>
+          <t>https://www.realtoptan.com/image/catalog/site_resimler/SİTE RESİMLERİ/kup_saat1.png</t>
         </is>
       </c>
       <c r="K154" s="0" t="inlineStr">
         <is>
-          <t>https://www.realtoptan.com/image/catalog/4427495-7-renk-degistiren-kup-saat-dijital-masa-saati-6.jpeg</t>
-[...4 lines deleted...]
-      <c r="N154" s="0"/>
+          <t>https://www.realtoptan.com/image/catalog/site_resimler/SİTE RESİMLERİ/kup_saat2.png</t>
+        </is>
+      </c>
+      <c r="L154" s="0" t="inlineStr">
+        <is>
+          <t>https://www.realtoptan.com/image/catalog/site_resimler/SİTE RESİMLERİ/kup_saat4.png</t>
+        </is>
+      </c>
+      <c r="M154" s="0" t="inlineStr">
+        <is>
+          <t>https://www.realtoptan.com/image/catalog/site_resimler/SİTE RESİMLERİ/kup_saat5.png</t>
+        </is>
+      </c>
+      <c r="N154" s="0" t="inlineStr">
+        <is>
+          <t>https://www.realtoptan.com/image/catalog/site_resimler/SİTE RESİMLERİ/kup_saat3.png</t>
+        </is>
+      </c>
       <c r="O154" s="0" t="inlineStr">
         <is>
           <t>0.00kg</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="155">
       <c r="A155" s="0" t="n">
         <v>209</v>
       </c>
       <c r="B155" s="0" t="inlineStr">
         <is>
           <t>Bio Shoes Ayak Kokusu Giderici</t>
         </is>
       </c>
       <c r="C155" s="0" t="inlineStr">
         <is>
           <t>KİŞİSEL BAKIM</t>
         </is>
       </c>
       <c r="D155" s="0" t="inlineStr">
         <is>
           <t>KİŞİSEL BAKIM</t>
         </is>
       </c>
@@ -11286,51 +11355,51 @@
 &amp;lt;p&amp;gt;3+AAA pille çalışmaktadır.&amp;lt;/p&amp;gt;
 &amp;lt;p&amp;gt;Hiç bir tesisat bağlantısı gerektirmez.&amp;lt;/p&amp;gt;
 &amp;lt;p&amp;gt;Çift taraflı bant ile istediğiniz her yere kolayca montajını sağlar, pil değişimi sırasında arka kapağı çevirip açarak sağlayabilirsiniz.&amp;lt;/p&amp;gt;
 &amp;lt;p&amp;gt;&amp;lt;span style=&amp;quot;font-family:NunitoSemiBold,Tahoma,sans-serif&amp;quot;&amp;gt;Paket İçeriği ;&amp;lt;/span&amp;gt;&amp;lt;/p&amp;gt;
 &amp;lt;p&amp;gt;*3 Adet Spot Lamba&amp;lt;/p&amp;gt;
 &amp;lt;p&amp;gt;*Kontrol Kumandası&amp;lt;/p&amp;gt;
 &amp;lt;p&amp;gt;&amp;lt;span style=&amp;quot;font-family:NunitoSemiBold,Tahoma,sans-serif&amp;quot;&amp;gt;Teknik Açıklama:&amp;lt;/span&amp;gt;&amp;lt;/p&amp;gt;
 &amp;lt;p&amp;gt;Boyutlar: 9 cm-2 cm Kumanda 8 cm 6 cm 2 cm&amp;lt;/p&amp;gt;
 &amp;lt;p&amp;gt;Işık Özelliği: 3 Adet Ultra SMD Power Led&amp;lt;/p&amp;gt;
 &amp;lt;p&amp;gt;Işık Rengi: Beyaz ( Gün Işığı )&amp;lt;/p&amp;gt;
 &amp;lt;p&amp;gt;Çalışma Süresi: 15 Saat / 30 Dakika Ayarlanabilir&amp;lt;/p&amp;gt;
 &amp;lt;p&amp;gt;Gövde Malzemesi: Sert Plastik&amp;lt;/p&amp;gt;
 &amp;lt;p&amp;gt;Kullanım Özellikleri: Yapışkanı İle Sabitlenir ve Masa Üstü Kullanım Özelliği&amp;lt;/p&amp;gt;
 &amp;lt;p&amp;gt;&amp;lt;br /&amp;gt;
 Teknik Özellikleri: Her Ürün 3 Adet AAA Pil ile Aydınlatma&amp;lt;/p&amp;gt;
 &amp;lt;p&amp;gt;&amp;lt;br /&amp;gt;
 Kutu İçeriği : Ürün Ve Duvara Sabitleme Yapışkanı Kumandası&amp;lt;/p&amp;gt;
 &amp;lt;p&amp;gt;&amp;lt;br /&amp;gt;
 Ampül Ömrü: 100.000 Saattir&amp;lt;/p&amp;gt;
 &amp;lt;p&amp;gt;&amp;lt;br /&amp;gt;
 Kullanım Yeri: Av, Kamp, Ev, Okul, Araba, Otel, Restorantlar&amp;lt;/p&amp;gt;
 </t>
         </is>
       </c>
       <c r="F156" s="0" t="n">
-        <v>150</v>
+        <v>170</v>
       </c>
       <c r="G156" s="0" t="n">
         <v>221003212223</v>
       </c>
       <c r="H156" s="0"/>
       <c r="I156" s="0" t="n">
         <v>48</v>
       </c>
       <c r="J156" s="0" t="inlineStr">
         <is>
           <t>https://www.realtoptan.com/image/catalog/resimler/ampul2.jpg</t>
         </is>
       </c>
       <c r="K156" s="0" t="inlineStr">
         <is>
           <t>https://www.realtoptan.com/image/catalog/resimler/ampul3.jpg</t>
         </is>
       </c>
       <c r="L156" s="0" t="inlineStr">
         <is>
           <t>https://www.realtoptan.com/image/catalog/resimler/ampul.jpg</t>
         </is>
       </c>
       <c r="M156" s="0"/>
       <c r="N156" s="0"/>
@@ -11354,58 +11423,58 @@
           <t>EV &amp;amp; OFİS ÜRÜNLERİ</t>
         </is>
       </c>
       <c r="D157" s="0" t="inlineStr">
         <is>
           <t>EV &amp;amp; OFİS ÜRÜNLERİ</t>
         </is>
       </c>
       <c r="E157" s="0" t="inlineStr">
         <is>
           <t>&amp;lt;ul style=&amp;quot;margin-left:0px; margin-right:0px&amp;quot;&amp;gt;
 	&amp;lt;li&amp;gt;Kemer Delme Pensi Kemer Delme Makinesi Aleti Artık kemerinizi delmek için bıçakla, tornavida ve boyle bir çok uğraş veren mazemelerle parmaklarınıza veya kemerlere zarar vererek uğraşmaya bir son verebilirsiniz. Bu muhteşem ürün ile beden ölçülerinize göre kemerinizi ayarlayabilir kolay ve pratik bir şekilde altı farklı delme başlığını kullanarak çok kısa bir sürede zahmetsizce kemerinizi delerek kullanıma hazır hale getirebilirsiniz. Ayakkabbı bağcık yuvalarınızdaki delikleri delme pensesi ile yeniden delip içerisine yerleştireceğiniz yüzük ile daha uzun ömürlü kullanabilirsiniz, ayarlanabilir altı farklı başlık ile bir çok ürünlerinizde delmede kullanabilirsiniz. Diğer delme penselerinden ekstra bir özelliğide emniyet kilidinin olmasıdır, emniyet kilidi sayesinde kullanmadığınız zamanlarda güvenli bir şekilde kapalı tutabileceğiniz özelliğie sahiptir. Ceketlerinizde yeni düğme deliği açmak için kullanabilrsiniz. Özellikler: Altı farklı delme başlığı mevcuttur. Emniyet kilidi ile kolay ve güvenilir taşıma Kemer, ayakkabı, ve kıyafetlerde düğme deliği açmada kullanılır. Kumaş deri vb. ürünleri kısa sürede delme özelliği Paslanmaz çelik gövde, pratik ve kolay kullanım&amp;lt;/li&amp;gt;
 	&amp;lt;li&amp;gt;Delme boyutları: 2mm&amp;lt;/li&amp;gt;
 	&amp;lt;li&amp;gt;2.5mm&amp;lt;/li&amp;gt;
 	&amp;lt;li&amp;gt;3mm&amp;lt;/li&amp;gt;
 	&amp;lt;li&amp;gt;3.5mm&amp;lt;/li&amp;gt;
 	&amp;lt;li&amp;gt;4mm&amp;lt;/li&amp;gt;
 	&amp;lt;li&amp;gt;4.5mm&amp;lt;/li&amp;gt;
 	&amp;lt;li&amp;gt;Paket İçeriği: 1 Adet 6 başlıklı delme pensesi&amp;lt;/li&amp;gt;
 	&amp;lt;li&amp;gt;Ürün Ebatları: 22x6x1.5cm ebatlarındadır.&amp;lt;/li&amp;gt;
 &amp;lt;/ul&amp;gt;
 </t>
         </is>
       </c>
       <c r="F157" s="0" t="n">
-        <v>100</v>
+        <v>130</v>
       </c>
       <c r="G157" s="0" t="n">
         <v>221003213115</v>
       </c>
       <c r="H157" s="0"/>
       <c r="I157" s="0" t="n">
-        <v>96</v>
+        <v>125</v>
       </c>
       <c r="J157" s="0" t="inlineStr">
         <is>
           <t>https://www.realtoptan.com/image/catalog/resimler/6666.jpg</t>
         </is>
       </c>
       <c r="K157" s="0" t="inlineStr">
         <is>
           <t>https://www.realtoptan.com/image/catalog/resimler/6.jpg</t>
         </is>
       </c>
       <c r="L157" s="0" t="inlineStr">
         <is>
           <t>https://www.realtoptan.com/image/catalog/resimler/666.jpg</t>
         </is>
       </c>
       <c r="M157" s="0" t="inlineStr">
         <is>
           <t>https://www.realtoptan.com/image/catalog/resimler/66.jpg</t>
         </is>
       </c>
       <c r="N157" s="0"/>
       <c r="O157" s="0" t="inlineStr">
         <is>
           <t>0.00kg</t>
@@ -11427,65 +11496,65 @@
         </is>
       </c>
       <c r="D158" s="0" t="inlineStr">
         <is>
           <t>KİŞİSEL BAKIM</t>
         </is>
       </c>
       <c r="E158" s="0" t="inlineStr">
         <is>
           <t>&amp;lt;ul style=&amp;quot;margin-left:0px; margin-right:0px&amp;quot;&amp;gt;
 	&amp;lt;li&amp;gt;X5 Super Slim 5Motorlu Titreşimli Masaj Kemeri Göbek Eritme Aleti Ürün Özellikleri: Unisex bay ve bayan kullanabilir. Sade Tasarım Kumandası İle Rahat Kullanım İmkanı Sunmaktadır. 2 Fonksiyon Titreşim Gücü 2 Ayrı Çalışma Modu İle İster Masaj İster Zayıflama Kemeri Olarak Kullanabilme İmkanı İhtiyacınıza Uygun Bölgelerde Kullanılması Durumunda Sindirime ve Rahatlatıcı Çalışma Mantığı Sayesinde Kas Yorgunluğunuzu Azaltmaya Yardımcı Olur Sırt, bel, omuz, baldır ve daha birçok bölgede kullanabilirsiniz, Günde sadece 10 Dk. ayırmanız yeterli&amp;lt;/li&amp;gt;
 	&amp;lt;li&amp;gt;Ürün Ölçüleri : 132 cm x 13 cm&amp;lt;/li&amp;gt;
 	&amp;lt;li&amp;gt;Paket İçeriği: 1 Adet X5 Super Slim cihaz 1 Adet Orijinal Adaptör&amp;lt;/li&amp;gt;
 &amp;lt;/ul&amp;gt;
 </t>
         </is>
       </c>
       <c r="F158" s="0" t="n">
         <v>350</v>
       </c>
       <c r="G158" s="0" t="n">
         <v>221003213602</v>
       </c>
       <c r="H158" s="0"/>
       <c r="I158" s="0" t="n">
-        <v>194</v>
+        <v>100</v>
       </c>
       <c r="J158" s="0" t="inlineStr">
         <is>
-          <t>https://www.realtoptan.com/image/catalog/resimler/kemer4.jpg</t>
+          <t>https://www.realtoptan.com/image/catalog/site_resimler/SİTE RESİMLERİ/x5-1.png</t>
         </is>
       </c>
       <c r="K158" s="0" t="inlineStr">
         <is>
-          <t>https://www.realtoptan.com/image/catalog/resimler/kemer2.jpg</t>
+          <t>https://www.realtoptan.com/image/catalog/site_resimler/SİTE RESİMLERİ/x5-3.jpeg</t>
         </is>
       </c>
       <c r="L158" s="0" t="inlineStr">
         <is>
-          <t>https://www.realtoptan.com/image/catalog/resimler/kemer.jpg</t>
+          <t>https://www.realtoptan.com/image/catalog/site_resimler/SİTE RESİMLERİ/x5-2.png</t>
         </is>
       </c>
       <c r="M158" s="0"/>
       <c r="N158" s="0"/>
       <c r="O158" s="0" t="inlineStr">
         <is>
           <t>0.00kg</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="159">
       <c r="A159" s="0" t="n">
         <v>214</v>
       </c>
       <c r="B159" s="0" t="inlineStr">
         <is>
           <t>Fur Wizard Kendini Temizleyen Toz-tüy Toplama Fırça Seti </t>
         </is>
       </c>
       <c r="C159" s="0" t="inlineStr">
         <is>
           <t>HEDİYELİK EŞYA|TV ÜRÜNLERİ</t>
         </is>
       </c>
       <c r="D159" s="0" t="inlineStr">
@@ -11661,61 +11730,73 @@
 Takı, aksesuar, oyuncak, saat ve aklınıza gelen diğer nesneler gibi küçük ürünlerin hızlı ve kolay şekilde fotoğrafının çekilmesini sağlar.&amp;lt;br /&amp;gt;
 Katlanır manyetik devre yapısı ve yerleşik beyaz Çift sıra LED ışıkları sayesinde gerekli maksimum aydınlatmayı sağlarsınız. Bu sayede fotoğraflarınızda gölge ve yansımalar önlenir.&amp;lt;br /&amp;gt;
 &amp;lt;br /&amp;gt;
 Ürün Rengine göre farklı 2 Arka panel renklerinden uygun olanı seçebilirsiniz.&amp;lt;/p&amp;gt;
 &amp;lt;h3 style=&amp;quot;margin-left:0px; margin-right:0px&amp;quot;&amp;gt;&amp;lt;br /&amp;gt;
 &amp;lt;strong&amp;gt;Paket İçeriği&amp;lt;/strong&amp;gt;&amp;lt;/h3&amp;gt;
 &amp;lt;p&amp;gt;1 Adet Ana Stüdyo Kutusu&amp;lt;br /&amp;gt;
 2 Adet Arka Panel (Siyah, Beyaz)&amp;lt;br /&amp;gt;
 1 Adet Taşıma Çantası&amp;lt;br /&amp;gt;
 1 Adet USB Micro Kablo&amp;lt;/p&amp;gt;
 </t>
         </is>
       </c>
       <c r="F162" s="0" t="n">
         <v>150</v>
       </c>
       <c r="G162" s="0" t="n">
         <v>221003220424</v>
       </c>
       <c r="H162" s="0"/>
       <c r="I162" s="0" t="n">
         <v>89</v>
       </c>
       <c r="J162" s="0" t="inlineStr">
         <is>
-          <t>https://www.realtoptan.com/image/catalog/resimler/4.jpg</t>
+          <t>https://www.realtoptan.com/image/catalog/site_resimler/SİTE RESİMLERİ/cadır-1.png</t>
         </is>
       </c>
       <c r="K162" s="0" t="inlineStr">
         <is>
-          <t>https://www.realtoptan.com/image/catalog/resimler/44.jpg</t>
-[...4 lines deleted...]
-      <c r="N162" s="0"/>
+          <t>https://www.realtoptan.com/image/catalog/site_resimler/SİTE RESİMLERİ/cadır-2.png</t>
+        </is>
+      </c>
+      <c r="L162" s="0" t="inlineStr">
+        <is>
+          <t>https://www.realtoptan.com/image/catalog/site_resimler/SİTE RESİMLERİ/cadır-3.png</t>
+        </is>
+      </c>
+      <c r="M162" s="0" t="inlineStr">
+        <is>
+          <t>https://www.realtoptan.com/image/catalog/site_resimler/SİTE RESİMLERİ/cadır-4.png</t>
+        </is>
+      </c>
+      <c r="N162" s="0" t="inlineStr">
+        <is>
+          <t>https://www.realtoptan.com/image/catalog/site_resimler/SİTE RESİMLERİ/cadır-6.png</t>
+        </is>
+      </c>
       <c r="O162" s="0" t="inlineStr">
         <is>
           <t>0.00kg</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="163">
       <c r="A163" s="0" t="n">
         <v>218</v>
       </c>
       <c r="B163" s="0" t="inlineStr">
         <is>
           <t>Profesyonel Elektrikli Saç Düzleştirici Tarak</t>
         </is>
       </c>
       <c r="C163" s="0" t="inlineStr">
         <is>
           <t>EV &amp;amp; OFİS ÜRÜNLERİ|MUTFAK ÜRÜNLERİ|TV ÜRÜNLERİ|OTO AKSESUARLARI</t>
         </is>
       </c>
       <c r="D163" s="0" t="inlineStr">
         <is>
           <t>EV &amp;amp; OFİS ÜRÜNLERİ</t>
         </is>
       </c>
@@ -11774,66 +11855,66 @@
       <c r="D164" s="0" t="inlineStr">
         <is>
           <t>HEDİYELİK EŞYA</t>
         </is>
       </c>
       <c r="E164" s="0" t="inlineStr">
         <is>
           <t>&amp;lt;ul style=&amp;quot;margin-left:0px; margin-right:0px&amp;quot;&amp;gt;
 	&amp;lt;li&amp;gt;Neo 6 Renk 5mm 216 Adet Neocube Neodyum Mıknatıs Sihirli manyetik toplar Renkli Toplar NEODYUM MIKNATIS TOPLAR STRES ATIN EĞLENİN ŞEKİLLER OLUŞTURUN DEHANIZI KONUŞTURUN Her Bir Bilye 5 mm Çapındadır. (+- 0.2mm Tolerans Payı Mevcuttur.) 6x6x6 Toplam 216 Bilyeden Oluşmaktadır. Karışık Modelde Stok Durumuna Göre Renkler Farklılık Gösterebilir.&amp;amp;nbsp;&amp;lt;/li&amp;gt;
 &amp;lt;/ul&amp;gt;
 </t>
         </is>
       </c>
       <c r="F164" s="0" t="n">
         <v>300</v>
       </c>
       <c r="G164" s="0" t="n">
         <v>221003221618</v>
       </c>
       <c r="H164" s="0"/>
       <c r="I164" s="0" t="n">
         <v>10</v>
       </c>
       <c r="J164" s="0" t="inlineStr">
         <is>
-          <t>https://www.realtoptan.com/image/catalog/resimler/kupppp.jpg</t>
+          <t>https://www.realtoptan.com/image/catalog/site_resimler/SİTE RESİMLERİ/kup-4.png</t>
         </is>
       </c>
       <c r="K164" s="0" t="inlineStr">
         <is>
-          <t>https://www.realtoptan.com/image/catalog/resimler/kupp.jpg</t>
+          <t>https://www.realtoptan.com/image/catalog/site_resimler/SİTE RESİMLERİ/kup-1.png</t>
         </is>
       </c>
       <c r="L164" s="0" t="inlineStr">
         <is>
-          <t>https://www.realtoptan.com/image/catalog/resimler/kuppp.jpg</t>
+          <t>https://www.realtoptan.com/image/catalog/site_resimler/SİTE RESİMLERİ/kup-2.png</t>
         </is>
       </c>
       <c r="M164" s="0" t="inlineStr">
         <is>
-          <t>https://www.realtoptan.com/image/catalog/resimler/kup.jpg</t>
+          <t>https://www.realtoptan.com/image/catalog/site_resimler/SİTE RESİMLERİ/KUP-3.png</t>
         </is>
       </c>
       <c r="N164" s="0"/>
       <c r="O164" s="0" t="inlineStr">
         <is>
           <t>0.00kg</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="165">
       <c r="A165" s="0" t="n">
         <v>220</v>
       </c>
       <c r="B165" s="0" t="inlineStr">
         <is>
           <t>Sprey Cam Şişe Zeytinyağı Sirke Yağ Püskürtücü Yağdanlık 100 ml</t>
         </is>
       </c>
       <c r="C165" s="0" t="inlineStr">
         <is>
           <t>MUTFAK ÜRÜNLERİ</t>
         </is>
       </c>
       <c r="D165" s="0" t="inlineStr">
         <is>
@@ -11911,65 +11992,73 @@
       <c r="D166" s="0" t="inlineStr">
         <is>
           <t>KAMP VE OUTDOOR</t>
         </is>
       </c>
       <c r="E166" s="0" t="inlineStr">
         <is>
           <t>&amp;lt;ul style=&amp;quot;margin-left:0px; margin-right:0px&amp;quot;&amp;gt;
 	&amp;lt;li&amp;gt;Avcı feneri kamp lambası güneş enerjili kamp çadır feneri led sol avcı feneri kamp lambası güneş enerjili kamp çadır feneri çok fonksiyonlu şarj sistemi sayesinde güneş enerjisi, usb ya da priz bağlantısı ile şarj olabilmektedir.Ergonomik tasarıma sahip olan kamp lambası, açılıp kapanır yapısı ile kullanımı oldukça kolaydır.Askılığı sayesinde her yere asılır.Çift taraflı tutma kulpu ile kolayca taşınabilir. Özellikleri: - ergonomik tasarıma sahip olan kamp lambası, açılıp kapanır yapısı ile kullanımı oldukça kolaydır. - yeterli miktarda gün ışığı görmesi şarj olmasına yetecektir - Çift taraflı tutma kulpu ile kolayca taşınabilir. - led lambası bulunmaktadır - Işık rengi beyazdır gövde malzemesi sert plastiktir - 16 saate kadar aydınlatabilmektedir - Usb çıkışından telefon veya benzeri cihazları şarj edebilme imkanı sunar paket içeriği: 1 adet güneş enerjili avcı kamp feneri 1 adet şarj kablosu Renk seçeneği: Siyah, Lacivert, Gold&amp;lt;/li&amp;gt;
 &amp;lt;/ul&amp;gt;
 </t>
         </is>
       </c>
       <c r="F166" s="0" t="n">
         <v>150</v>
       </c>
       <c r="G166" s="0" t="n">
         <v>221003223021</v>
       </c>
       <c r="H166" s="0"/>
       <c r="I166" s="0" t="n">
         <v>200</v>
       </c>
       <c r="J166" s="0" t="inlineStr">
         <is>
-          <t>https://www.realtoptan.com/image/catalog/resimler/lamba.jpg</t>
+          <t>https://www.realtoptan.com/image/catalog/site_resimler/SİTE RESİMLERİ/SOLAR_LAMBA_GOLD1.png</t>
         </is>
       </c>
       <c r="K166" s="0" t="inlineStr">
         <is>
-          <t>https://www.realtoptan.com/image/catalog/resimler/lamba2.jpg</t>
+          <t>https://www.realtoptan.com/image/catalog/site_resimler/SİTE RESİMLERİ/SOLAR_LAMBA_LACİ1.png</t>
         </is>
       </c>
       <c r="L166" s="0" t="inlineStr">
         <is>
-          <t>https://www.realtoptan.com/image/catalog/resimler/lamba4.jpg</t>
-[...3 lines deleted...]
-      <c r="N166" s="0"/>
+          <t>https://www.realtoptan.com/image/catalog/site_resimler/SİTE RESİMLERİ/SOLAR_LAMBA_SİYAH1.png</t>
+        </is>
+      </c>
+      <c r="M166" s="0" t="inlineStr">
+        <is>
+          <t>https://www.realtoptan.com/image/catalog/site_resimler/SİTE RESİMLERİ/SOLAR_LAMBA_GOLD2.png</t>
+        </is>
+      </c>
+      <c r="N166" s="0" t="inlineStr">
+        <is>
+          <t>https://www.realtoptan.com/image/catalog/site_resimler/SİTE RESİMLERİ/SOLAR_LAMBA_LACİ2.png</t>
+        </is>
+      </c>
       <c r="O166" s="0" t="inlineStr">
         <is>
           <t>0.00kg</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="167">
       <c r="A167" s="0" t="n">
         <v>222</v>
       </c>
       <c r="B167" s="0" t="inlineStr">
         <is>
           <t> -10 derece Su Geçirmez Kamp Gezi  Uyku Tulumu (210X70 cm)</t>
         </is>
       </c>
       <c r="C167" s="0" t="inlineStr">
         <is>
           <t>KAMP VE OUTDOOR</t>
         </is>
       </c>
       <c r="D167" s="0" t="inlineStr">
         <is>
           <t>KAMP VE OUTDOOR</t>
         </is>
       </c>
@@ -11987,64 +12076,68 @@
 			&amp;lt;p&amp;gt;FERMUAR KISMI YAN TARAFTADIR.&amp;lt;/p&amp;gt;
 			&amp;lt;p&amp;gt;DOLGU MALZEMESİ ELYAF VE KAPUTONE&amp;lt;/p&amp;gt;
 			&amp;lt;p&amp;gt;AĞIRLIĞI:,750 GR&amp;lt;/p&amp;gt;
 			&amp;lt;p&amp;gt;30 DERECEDE VE ELDE YIKANMASI ÖNERİLİR.&amp;lt;/p&amp;gt;
 			&amp;lt;p&amp;gt;ÜRÜNÜMÜZ -20 DERECE SICAKLIKTA KULLANILABİLİR.&amp;lt;/p&amp;gt;
 			&amp;lt;/div&amp;gt;
 			&amp;lt;/td&amp;gt;
 		&amp;lt;/tr&amp;gt;
 	&amp;lt;/tbody&amp;gt;
 &amp;lt;/table&amp;gt;
 </t>
         </is>
       </c>
       <c r="F167" s="0" t="n">
         <v>400</v>
       </c>
       <c r="G167" s="0" t="n">
         <v>221014155811</v>
       </c>
       <c r="H167" s="0"/>
       <c r="I167" s="0" t="n">
         <v>99</v>
       </c>
       <c r="J167" s="0" t="inlineStr">
         <is>
-          <t>https://www.realtoptan.com/image/catalog/resimler/tulum.jpg</t>
+          <t>https://www.realtoptan.com/image/catalog/site_resimler/SİTE RESİMLERİ/uyku_tulumu1.png</t>
         </is>
       </c>
       <c r="K167" s="0" t="inlineStr">
         <is>
-          <t>https://www.realtoptan.com/image/catalog/resimler/tulum2.jpg</t>
+          <t>https://www.realtoptan.com/image/catalog/site_resimler/SİTE RESİMLERİ/uyku_tulumu_2.png</t>
         </is>
       </c>
       <c r="L167" s="0" t="inlineStr">
         <is>
-          <t>https://www.realtoptan.com/image/catalog/kjhj2.jpg</t>
-[...2 lines deleted...]
-      <c r="M167" s="0"/>
+          <t>https://www.realtoptan.com/image/catalog/site_resimler/SİTE RESİMLERİ/uyku_tulumu_3.png</t>
+        </is>
+      </c>
+      <c r="M167" s="0" t="inlineStr">
+        <is>
+          <t>https://www.realtoptan.com/image/catalog/site_resimler/SİTE RESİMLERİ/uyku_tulumu4.png</t>
+        </is>
+      </c>
       <c r="N167" s="0"/>
       <c r="O167" s="0" t="inlineStr">
         <is>
           <t>0.00kg</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="168">
       <c r="A168" s="0" t="n">
         <v>223</v>
       </c>
       <c r="B168" s="0" t="inlineStr">
         <is>
           <t>Kapı Pencere Rüzgar Kesici Şerit Bant 3 Metre</t>
         </is>
       </c>
       <c r="C168" s="0" t="inlineStr">
         <is>
           <t>EV &amp;amp; OFİS ÜRÜNLERİ|MUTFAK ÜRÜNLERİ</t>
         </is>
       </c>
       <c r="D168" s="0" t="inlineStr">
         <is>
           <t>EV &amp;amp; OFİS ÜRÜNLERİ</t>
         </is>
@@ -12256,80 +12349,84 @@
           <t>OTO AKSESUARLARI</t>
         </is>
       </c>
       <c r="E171" s="0" t="inlineStr">
         <is>
           <t>&amp;lt;div class=&amp;quot;detail-name-container&amp;quot; style=&amp;quot;align-items:center; color:#000000; display:flex; font-family:source_sans_proregular; justify-content:space-between; margin-bottom:0; margin-left:0; margin-right:0; margin-top:0; padding:0px&amp;quot;&amp;gt;
 &amp;lt;h3 style=&amp;quot;margin-left:0px; margin-right:0px&amp;quot;&amp;gt;Şişme Araba Koltuğu Yatağı&amp;lt;/h3&amp;gt;
 &amp;lt;div class=&amp;quot;report-abuse-container&amp;quot; style=&amp;quot;align-items:center; cursor:pointer; display:flex; height:24px; justify-content:center; margin-bottom:0; margin-left:0; margin-right:0; margin-top:0; padding:0px&amp;quot;&amp;gt;Geri Bildirim Ver&amp;lt;/div&amp;gt;
 &amp;lt;/div&amp;gt;
 &amp;lt;ul style=&amp;quot;margin-left:0px; margin-right:0px&amp;quot;&amp;gt;
 	&amp;lt;li&amp;gt;Şişme araba koltuğu yatağı (araç pompası hediyeli şişme araba koltuğu yatağı (araç pompası hediyeli), fonksiyonel özelliği ile kullanışlılık vadeder. Dört kişilik araçlar için uygun olan araba yatağı, kompakt özelliği ile az yerde kolaylıkla saklanır. Şişirilerek kullanıma hazır hale gelen yatak için araç pompası hediye olarak verilir. Koltukları kolaylıkla yatağa çeviren tasarım, uzun yolculuklar için idealdir. Yalnız araç içinde değil havuzda, piknikte, tatilde, kampta kullanılabilen modern tasarım üzerinde bir de yastık bulundurur. Hem yetişkinler hem de çocuklar için uygundur. Gri rengi ile araç koltuklarına uyumludur. Yalnızca iki dakika içinde şişirilerek kullanıma hazır hale gelir. Şişme yatak koltukların arasına tam olarak yerleştirildiğinde araç sarsıntısının hissedilmesini de azaltarak uyku konforunu artırır. Dilediğinizde yatak, açık alanlarda koltuk olarak kullanabileceğiniz ürün ters çevrildiğinde sırt desteği olan oturma alanları hazırlar. Şişme özellik ürünün su üzerinde batmasını engeller ve deniz yatağı olarak kullanılan tasarım çok işlevli olarak sınıflandırılır. Tüm otomobiller için uygun ölçülerde olan özel yatak, 83 cm genişliğinde, 43 cm yüksekliğinde ve 135 cm genişliğindedir. Tek veya iki kişi kullanılabilecek yatak, dayanıklılığı ile yıllar boyu tatillerinize eşlik edebilir. Ürün kirlendiğinde nemli bir bez yardımıyla silinebilir. Yumuşak dokusu ile direkt kullanıma uygun olan yatağın üzerine istek halinde çarşaf veya nevresim serilebilir. Kullanıcılar dilerlerse ek yastık ve yorgan kullanabilir. Şişme araba koltuğu ile rahat yolculuklar koltukların arasına tam olarak yerleşir.&amp;lt;/li&amp;gt;
 	&amp;lt;li&amp;gt;Tüm araçlara uygundur.&amp;lt;/li&amp;gt;
 	&amp;lt;li&amp;gt;Hem yetişkin hem de çocuklar kullanabilir.&amp;lt;/li&amp;gt;
 	&amp;lt;li&amp;gt;Kısa sürede şişirilerek kullanıma hazır hale gelir.&amp;lt;/li&amp;gt;
 	&amp;lt;li&amp;gt;Araç sarsıntısını azaltarak konforlu uykular sağlar.&amp;lt;/li&amp;gt;
 	&amp;lt;li&amp;gt;Araçta uykuyu keyfe dönüştürün boyutlar: 83 cm, 43 cm, 135 cm'dir.&amp;lt;/li&amp;gt;
 	&amp;lt;li&amp;gt;Birkaç dakikada şişirilir.&amp;lt;/li&amp;gt;
 	&amp;lt;li&amp;gt;Arka koltuklar için tasarlanmıştır.&amp;lt;/li&amp;gt;
 	&amp;lt;li&amp;gt;Hem koltuk hem de yatak olarak kullanılabilir.&amp;lt;/li&amp;gt;
 	&amp;lt;li&amp;gt;Deniz yatağı kullanımı mevcuttur.&amp;lt;/li&amp;gt;
 &amp;lt;/ul&amp;gt;
 </t>
         </is>
       </c>
       <c r="F171" s="0" t="n">
-        <v>700</v>
+        <v>1000</v>
       </c>
       <c r="G171" s="0" t="n">
         <v>221018150853</v>
       </c>
       <c r="H171" s="0"/>
       <c r="I171" s="0" t="n">
-        <v>0</v>
+        <v>497</v>
       </c>
       <c r="J171" s="0" t="inlineStr">
         <is>
-          <t>https://www.realtoptan.com/image/catalog/resimler/arac2.jpg</t>
+          <t>https://www.realtoptan.com/image/catalog/site_resimler/SİTE RESİMLERİ/siyah-1.jpeg</t>
         </is>
       </c>
       <c r="K171" s="0" t="inlineStr">
         <is>
-          <t>https://www.realtoptan.com/image/catalog/resimler/araba.jpg</t>
+          <t>https://www.realtoptan.com/image/catalog/site_resimler/SİTE RESİMLERİ/gri1.jpeg</t>
         </is>
       </c>
       <c r="L171" s="0" t="inlineStr">
         <is>
-          <t>https://www.realtoptan.com/image/catalog/resimler/araba5.jpg</t>
+          <t>https://www.realtoptan.com/image/catalog/site_resimler/SİTE RESİMLERİ/siyah-2.jpeg</t>
         </is>
       </c>
       <c r="M171" s="0" t="inlineStr">
         <is>
-          <t>https://www.realtoptan.com/image/catalog/resimler/araba4.jpg</t>
-[...2 lines deleted...]
-      <c r="N171" s="0"/>
+          <t>https://www.realtoptan.com/image/catalog/site_resimler/SİTE RESİMLERİ/gri-5.png</t>
+        </is>
+      </c>
+      <c r="N171" s="0" t="inlineStr">
+        <is>
+          <t>https://www.realtoptan.com/image/catalog/site_resimler/SİTE RESİMLERİ/siyah-5.png</t>
+        </is>
+      </c>
       <c r="O171" s="0" t="inlineStr">
         <is>
           <t>0.00kg</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="172">
       <c r="A172" s="0" t="n">
         <v>227</v>
       </c>
       <c r="B172" s="0" t="inlineStr">
         <is>
           <t> 3 Bıçaklı Paslanmaz İpli El Rondosu </t>
         </is>
       </c>
       <c r="C172" s="0" t="inlineStr">
         <is>
           <t>EV &amp;amp; OFİS ÜRÜNLERİ</t>
         </is>
       </c>
       <c r="D172" s="0" t="inlineStr">
         <is>
           <t>EV &amp;amp; OFİS ÜRÜNLERİ</t>
         </is>
       </c>
@@ -12687,61 +12784,61 @@
         </is>
       </c>
       <c r="D177" s="0" t="inlineStr">
         <is>
           <t>EV &amp;amp; OFİS ÜRÜNLERİ</t>
         </is>
       </c>
       <c r="E177" s="0" t="inlineStr">
         <is>
           <t>&amp;lt;p&amp;gt;&amp;lt;span style=&amp;quot;color:#666666; font-family:source_sans_proregular; font-size:14px&amp;quot;&amp;gt;4'lü Çelik Metal Gold Kaplama Viski Taşı Soğutma Buz Küpü Çelik Buz Küpleri Metal Soğutma Küpleri Hediyelik Çelik Viski Soğutma Taşı Seti Ürün viski için kullanımı daha yaygın olduğu için viski soğutma küpleri olarak geçse de her türlü soğuk içecek için kullanıma uygundur. · Buz küplerinin içerisi saf su ile doludur. Çelikten üretilmiştir. · Küplerin boyutu yaklaşık 2,7 cm x 2,7 cm ölçülerindedir. · Asla kimyasal zararlı vernik, cila vs kullanılmamıştır. · Ham bez pamuklu soğutma kesesi ile gönderilecektir. Kese buzluğun kokusunu taşlara geçmesini engeller. · Kutu içerisinde 4 adet Metal Soğutma taşı bulunmaktadır. · Kullanmadan önce yıkamanız önerilir. · Küpler buzdolabının buzluk bölümünde kutusunun içerisinden çıkan özel kesesi ile birlikte 3-4 saat kaldıktan sonra kullanmaya başlayabilirsiniz. Bir kadeh içeceğe 2 adet bu soğuk Buz küpünden bırakmanız yeterli olacaktır · Kullandıktan sonra ılık suyla yıkayıp tekrar kullanabilirsiniz. Bulaşık makinasında da yıkabilir. · Ürünlerimiz çok güzel bir hediyelik ürün olarak düşünülebilir. Not: Görseldeki kraf, şişe, bardak , maşa vb. aksesuarlar ürüne dahil olmayıp sadece görsel amaçlıdır. Viski taşı, viski ve diğer soğuk içeceklerinizin ısısını muhafaza eder. Viski taşı 21,6 derece bulunan yani oda sıcaklığındaki bir viskiyi yaklaşık 4 derece kadar soğutabilir. Viski taşı, viskiyi sulandırmadan soğutabilmesine ek olarak, soğutma derecesini belli bir seviyede tuttuğu için viskinin karakterini de bozmamış olur. Viski taşı, viskisini oda sıcaklığının biraz altında içmek isteyen ve bunu yaparken de viskisini sulandırmak istemeyen viski tutkunları için doğru bir tercih olacaktır. Sadece viski için değil, diğer tüm soğuk içeceklerde rahatlıkla kullanılabilir.&amp;lt;/span&amp;gt;&amp;lt;/p&amp;gt;
 </t>
         </is>
       </c>
       <c r="F177" s="0" t="n">
         <v>200</v>
       </c>
       <c r="G177" s="0" t="n">
         <v>221130214711</v>
       </c>
       <c r="H177" s="0"/>
       <c r="I177" s="0" t="n">
         <v>100</v>
       </c>
       <c r="J177" s="0" t="inlineStr">
         <is>
-          <t>https://www.realtoptan.com/image/catalog/resimler/tas1.jpg</t>
+          <t>https://www.realtoptan.com/image/catalog/site_resimler/SİTE RESİMLERİ/buz-8.png</t>
         </is>
       </c>
       <c r="K177" s="0" t="inlineStr">
         <is>
-          <t>https://www.realtoptan.com/image/catalog/resimler/tas3.jpg</t>
+          <t>https://www.realtoptan.com/image/catalog/site_resimler/SİTE RESİMLERİ/buz-9.png</t>
         </is>
       </c>
       <c r="L177" s="0" t="inlineStr">
         <is>
-          <t>https://www.realtoptan.com/image/catalog/resimler/tas2.jpg</t>
+          <t>https://www.realtoptan.com/image/catalog/site_resimler/SİTE RESİMLERİ/buz4.png</t>
         </is>
       </c>
       <c r="M177" s="0"/>
       <c r="N177" s="0"/>
       <c r="O177" s="0" t="inlineStr">
         <is>
           <t>0.00kg</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="178">
       <c r="A178" s="0" t="n">
         <v>233</v>
       </c>
       <c r="B178" s="0" t="inlineStr">
         <is>
           <t>Paint Zoom Boya Tabancası</t>
         </is>
       </c>
       <c r="C178" s="0" t="inlineStr">
         <is>
           <t>Yeni Ürünler</t>
         </is>
       </c>
       <c r="D178" s="0" t="inlineStr">
@@ -13108,58 +13205,58 @@
       <c r="B183" s="0" t="inlineStr">
         <is>
           <t>Elektrikli Törpü Manikür Pedikür Seti </t>
         </is>
       </c>
       <c r="C183" s="0" t="inlineStr">
         <is>
           <t>KİŞİSEL BAKIM|Yeni Ürünler</t>
         </is>
       </c>
       <c r="D183" s="0" t="inlineStr">
         <is>
           <t>KİŞİSEL BAKIM</t>
         </is>
       </c>
       <c r="E183" s="0" t="inlineStr">
         <is>
           <t>&amp;lt;ul&amp;gt;
 	&amp;lt;li&amp;gt;Elektrikli Törpü Manikür Pedikür Seti&amp;amp;nbsp;&amp;lt;/li&amp;gt;
 	&amp;lt;li&amp;gt;Elektrikli 9v tırnak törpü seti manikür ve pedikür işlemlerinde kullanabileceğiniz mini el motoru seti. Ürün yanında gelen adaptörü prize takarak kolay bir şekilde kullanabilirsiniz. Ürün üzerinde hız artırımı ve açma kapama için kullanılan bir volume ayar düğmesi bulunmaktadır. Uç değişimi yaparken ürünün çalışır durumda olmadığından ve fişten çekili olduğundan emin olunuz. Uç kısımdaki düğmeye basılı tutup, uçların takılacağı kısmı çevirip gevşetmeniz gerekir. Uçların girebileceği kadar açtıktan sonra, ucu takıp sıkmanız gerekmektedir. Ürünün 2. Fotoğrafında nasıl değiştirildiğini inceleyebilirsiniz. Manikür, pedikür, kalıcı oje ve protez tırnak uygulamaları için kullanılmaktadır. Set içeriği: 6ad. Zımpara ucu 6ad. Metal uç 1ad. Mini drill motor 1ad. 9v 1a adaptör&amp;lt;/li&amp;gt;
 &amp;lt;/ul&amp;gt;
 </t>
         </is>
       </c>
       <c r="F183" s="0" t="n">
-        <v>150</v>
+        <v>175</v>
       </c>
       <c r="G183" s="0" t="n">
         <v>230126123147</v>
       </c>
       <c r="H183" s="0"/>
       <c r="I183" s="0" t="n">
-        <v>0</v>
+        <v>98</v>
       </c>
       <c r="J183" s="0" t="inlineStr">
         <is>
           <t>https://www.realtoptan.com/image/catalog/bb.jpeg</t>
         </is>
       </c>
       <c r="K183" s="0" t="inlineStr">
         <is>
           <t>https://www.realtoptan.com/image/catalog/bbb.jpg</t>
         </is>
       </c>
       <c r="L183" s="0" t="inlineStr">
         <is>
           <t>https://www.realtoptan.com/image/catalog/bbbb.jpeg</t>
         </is>
       </c>
       <c r="M183" s="0" t="inlineStr">
         <is>
           <t>https://www.realtoptan.com/image/catalog/bbbbb.jpeg</t>
         </is>
       </c>
       <c r="N183" s="0"/>
       <c r="O183" s="0" t="inlineStr">
         <is>
           <t>0.00kg</t>
@@ -13230,51 +13327,51 @@
 								&amp;lt;tr&amp;gt;
 									&amp;lt;th&amp;gt;Motor Gücü&amp;lt;/th&amp;gt;
 									&amp;lt;td&amp;gt;0,32 hp&amp;lt;/td&amp;gt;
 								&amp;lt;/tr&amp;gt;
 							&amp;lt;/tbody&amp;gt;
 						&amp;lt;/table&amp;gt;
 						&amp;lt;/td&amp;gt;
 					&amp;lt;/tr&amp;gt;
 				&amp;lt;/tbody&amp;gt;
 			&amp;lt;/table&amp;gt;
 			&amp;lt;/td&amp;gt;
 		&amp;lt;/tr&amp;gt;
 	&amp;lt;/tbody&amp;gt;
 &amp;lt;/table&amp;gt;
 </t>
         </is>
       </c>
       <c r="F184" s="0" t="n">
         <v>200</v>
       </c>
       <c r="G184" s="0" t="n">
         <v>230206125049</v>
       </c>
       <c r="H184" s="0"/>
       <c r="I184" s="0" t="n">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="J184" s="0" t="inlineStr">
         <is>
           <t>https://www.realtoptan.com/image/catalog/komp3.jpeg</t>
         </is>
       </c>
       <c r="K184" s="0" t="inlineStr">
         <is>
           <t>https://www.realtoptan.com/image/catalog/komp4.jpg</t>
         </is>
       </c>
       <c r="L184" s="0"/>
       <c r="M184" s="0"/>
       <c r="N184" s="0"/>
       <c r="O184" s="0" t="inlineStr">
         <is>
           <t>0.00kg</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="185">
       <c r="A185" s="0" t="n">
         <v>240</v>
       </c>
       <c r="B185" s="0" t="inlineStr">
@@ -13550,61 +13647,61 @@
           <t>HEDİYELİK EŞYA</t>
         </is>
       </c>
       <c r="E189" s="0" t="inlineStr">
         <is>
           <t>&amp;lt;h3&amp;gt;Şımartan&amp;amp;nbsp;Eğlenceli Basket Atmalı Basketbol Kumbara Hediyelik&amp;lt;/h3&amp;gt;
 &amp;lt;p&amp;gt;Geri Bildirim Ver&amp;lt;/p&amp;gt;
 &amp;lt;ul&amp;gt;
 	&amp;lt;li&amp;gt;Basketbol Sahası Kumbara ( Shoting Bank ) Eğlenceli Basket Atmalı Basketbol Kumbara Amerika tatilinizi ve anılarınızı size tebessümle hatırlatacak şık bir hediye. İster kendiniz ister sevdikleriniz için güzel bir hatıra hediye. Ürün Özellikleri: Hem eğlenin hem para biriktirin. Paralarınızı basket atarak potadan geçirin. Ürün Ölçüleri: uzunluk: 22cm yükseklik: 14cm&amp;lt;/li&amp;gt;
 &amp;lt;/ul&amp;gt;
 </t>
         </is>
       </c>
       <c r="F189" s="0" t="n">
         <v>150</v>
       </c>
       <c r="G189" s="0" t="n">
         <v>230311211354</v>
       </c>
       <c r="H189" s="0"/>
       <c r="I189" s="0" t="n">
         <v>100</v>
       </c>
       <c r="J189" s="0" t="inlineStr">
         <is>
-          <t>https://www.realtoptan.com/image/catalog/resimler/basket1.jpg</t>
+          <t>https://www.realtoptan.com/image/catalog/site_resimler/SİTE RESİMLERİ/kukum1.png</t>
         </is>
       </c>
       <c r="K189" s="0" t="inlineStr">
         <is>
-          <t>https://www.realtoptan.com/image/catalog/resimler/basket3.jpeg</t>
+          <t>https://www.realtoptan.com/image/catalog/resimler/basket4.jpg</t>
         </is>
       </c>
       <c r="L189" s="0" t="inlineStr">
         <is>
-          <t>https://www.realtoptan.com/image/catalog/resimler/basket4.jpg</t>
+          <t>https://www.realtoptan.com/image/catalog/site_resimler/SİTE RESİMLERİ/kukum2.png</t>
         </is>
       </c>
       <c r="M189" s="0" t="inlineStr">
         <is>
           <t>https://www.realtoptan.com/image/catalog/resimler/basket.jpg</t>
         </is>
       </c>
       <c r="N189" s="0"/>
       <c r="O189" s="0" t="inlineStr">
         <is>
           <t>0.00kg</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="190">
       <c r="A190" s="0" t="n">
         <v>245</v>
       </c>
       <c r="B190" s="0" t="inlineStr">
         <is>
           <t>Şömine Dekoratif Yatak Odası Ve Salon Için Sauna Şömine Ledli Gece Lambası Alev Dekor</t>
         </is>
       </c>
       <c r="C190" s="0" t="inlineStr">
         <is>
@@ -13673,80 +13770,84 @@
         </is>
       </c>
       <c r="C191" s="0" t="inlineStr">
         <is>
           <t>MUTFAK ÜRÜNLERİ|HEDİYELİK EŞYA|Yeni Ürünler</t>
         </is>
       </c>
       <c r="D191" s="0" t="inlineStr">
         <is>
           <t>MUTFAK ÜRÜNLERİ</t>
         </is>
       </c>
       <c r="E191" s="0" t="inlineStr">
         <is>
           <t>&amp;lt;h3&amp;gt;Tava Mutfak Duvar Saati&amp;lt;/h3&amp;gt;
 &amp;lt;ul&amp;gt;
 	&amp;lt;li&amp;gt;Açıklama: Benzersiz duvar dekoru - kızarmış yumurta görünümlü duvar kızartma tavası duvar saati takma saat ile zarif tasarım tava. Kullanımı kolay - asması kolay , Hafif Ağırlık - Tamamen monte edilmiş, orta büyüklükte - büyük boy, muhteşem Yüksek kaliteli malzeme, dayanıklı ve çevresel dostu. Biraz eğlence yaratarak doğrudan duvara asılabilir.&amp;lt;/li&amp;gt;
 	&amp;lt;li&amp;gt;Boyut: 355x18x42mm/13.97x7.4x1.65inch&amp;lt;/li&amp;gt;
 	&amp;lt;li&amp;gt;Malzeme: Plastik&amp;lt;/li&amp;gt;
 	&amp;lt;li&amp;gt;Renk Seçeneği: Mavi, Yeşil, Pembe, Kırmızı, Sarı, Turuncu&amp;lt;/li&amp;gt;
 &amp;lt;/ul&amp;gt;
 </t>
         </is>
       </c>
       <c r="F191" s="0" t="n">
-        <v>200</v>
+        <v>250</v>
       </c>
       <c r="G191" s="0" t="n">
         <v>230311212655</v>
       </c>
       <c r="H191" s="0"/>
       <c r="I191" s="0" t="n">
         <v>95</v>
       </c>
       <c r="J191" s="0" t="inlineStr">
         <is>
-          <t>https://www.realtoptan.com/image/catalog/resimler/tava2.jpg</t>
+          <t>https://www.realtoptan.com/image/catalog/site_resimler/SİTE RESİMLERİ/tava-1.png</t>
         </is>
       </c>
       <c r="K191" s="0" t="inlineStr">
         <is>
-          <t>https://www.realtoptan.com/image/catalog/resimler/tava.jpeg</t>
+          <t>https://www.realtoptan.com/image/catalog/site_resimler/SİTE RESİMLERİ/tava-3.png</t>
         </is>
       </c>
       <c r="L191" s="0" t="inlineStr">
         <is>
-          <t>https://www.realtoptan.com/image/catalog/resimler/tava3.jpg</t>
+          <t>https://www.realtoptan.com/image/catalog/site_resimler/SİTE RESİMLERİ/tava-2.png</t>
         </is>
       </c>
       <c r="M191" s="0" t="inlineStr">
         <is>
-          <t>https://www.realtoptan.com/image/catalog/resimler/tava4.jpg</t>
-[...2 lines deleted...]
-      <c r="N191" s="0"/>
+          <t>https://www.realtoptan.com/image/catalog/site_resimler/SİTE RESİMLERİ/tava-4.png</t>
+        </is>
+      </c>
+      <c r="N191" s="0" t="inlineStr">
+        <is>
+          <t>https://www.realtoptan.com/image/catalog/site_resimler/SİTE RESİMLERİ/tavva-2.png</t>
+        </is>
+      </c>
       <c r="O191" s="0" t="inlineStr">
         <is>
           <t>0.00kg</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="192">
       <c r="A192" s="0" t="n">
         <v>247</v>
       </c>
       <c r="B192" s="0" t="inlineStr">
         <is>
           <t>12 V 150 W Araba Soğutma Fanı Sıcak Isıtıcı Ön Cam Buğu Çözücü </t>
         </is>
       </c>
       <c r="C192" s="0" t="inlineStr">
         <is>
           <t>OTO AKSESUARLARI|Yeni Ürünler</t>
         </is>
       </c>
       <c r="D192" s="0" t="inlineStr">
         <is>
           <t>OTO AKSESUARLARI</t>
         </is>
       </c>
@@ -15025,71 +15126,71 @@
 			Gıda sınıfı malzeme olup olmadığı: Evet&amp;lt;br /&amp;gt;
 			Kabuk zanaat: püskürtme (UV boya, kauçuk boya, metalik boya, piyano boya, sedefli toz)&amp;lt;br /&amp;gt;
 			Dahili pil olsun: dahili pil&amp;lt;br /&amp;gt;
 			Stil Kategorisi: Meyve Suyu Bardakları&amp;lt;br /&amp;gt;
 			çok işlevli meyve sıkacağı, birden çok işleve sahip bir makine, yüksek meyve suyu verimi, USB şarjı, kablosuz ve taşınabilir, bölünmüş tasarım, sorunsuz ve temizlemesi kolay&amp;lt;/p&amp;gt;
 			&amp;lt;/td&amp;gt;
 		&amp;lt;/tr&amp;gt;
 	&amp;lt;/tbody&amp;gt;
 &amp;lt;/table&amp;gt;
 &amp;lt;p&amp;gt;Ebat: 25 cm&amp;lt;/p&amp;gt;
 </t>
         </is>
       </c>
       <c r="F210" s="0" t="n">
         <v>450</v>
       </c>
       <c r="G210" s="0" t="n">
         <v>230611164226</v>
       </c>
       <c r="H210" s="0"/>
       <c r="I210" s="0" t="n">
         <v>0</v>
       </c>
       <c r="J210" s="0" t="inlineStr">
         <is>
-          <t>https://www.realtoptan.com/image/catalog/resimler/meyve.jpeg</t>
+          <t>https://www.realtoptan.com/image/catalog/site_resimler/SİTE RESİMLERİ/curuf-1.png</t>
         </is>
       </c>
       <c r="K210" s="0" t="inlineStr">
         <is>
-          <t>https://www.realtoptan.com/image/catalog/resimler/meyve2.jpeg</t>
+          <t>https://www.realtoptan.com/image/catalog/site_resimler/SİTE RESİMLERİ/curuf-2.png</t>
         </is>
       </c>
       <c r="L210" s="0" t="inlineStr">
         <is>
-          <t>https://www.realtoptan.com/image/catalog/resimler/meyve3.jpeg</t>
+          <t>https://www.realtoptan.com/image/catalog/site_resimler/SİTE RESİMLERİ/curuf-3.png</t>
         </is>
       </c>
       <c r="M210" s="0" t="inlineStr">
         <is>
-          <t>https://www.realtoptan.com/image/catalog/resimler/meyve5.jpg</t>
+          <t>https://www.realtoptan.com/image/catalog/site_resimler/SİTE RESİMLERİ/curuf-4.png</t>
         </is>
       </c>
       <c r="N210" s="0" t="inlineStr">
         <is>
-          <t>https://www.realtoptan.com/image/catalog/resimler/meyve6.jpg</t>
+          <t>https://www.realtoptan.com/image/catalog/site_resimler/SİTE RESİMLERİ/curuf-5.png</t>
         </is>
       </c>
       <c r="O210" s="0" t="inlineStr">
         <is>
           <t>0.00kg</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="211">
       <c r="A211" s="0" t="n">
         <v>266</v>
       </c>
       <c r="B211" s="0" t="inlineStr">
         <is>
           <t>Şarjlı 5 Başlıklı Otomatik Temizleme Fırçası </t>
         </is>
       </c>
       <c r="C211" s="0" t="inlineStr">
         <is>
           <t>MUTFAK ÜRÜNLERİ|Yeni Ürünler</t>
         </is>
       </c>
       <c r="D211" s="0" t="inlineStr">
         <is>
           <t>MUTFAK ÜRÜNLERİ</t>
@@ -15388,69 +15489,73 @@
         </is>
       </c>
       <c r="E215" s="0" t="inlineStr">
         <is>
           <t>&amp;lt;p&amp;gt;Metal Düdük (Demir) Hakem, Deprem Düdüğü&amp;lt;/p&amp;gt;
 &amp;lt;p&amp;gt;Resimde gözüktüğü gibi&amp;amp;nbsp;gri metal renktir ve kaliteli bir üründür.&amp;lt;/p&amp;gt;
 &amp;lt;p&amp;gt;Desibel seviyesi uygundur&amp;lt;/p&amp;gt;
 &amp;lt;h2&amp;gt;Metal Düdük Ölçüleri&amp;lt;/h2&amp;gt;
 &amp;lt;p&amp;gt;Düdük Boyu: 4,5 cm'dir.&amp;lt;/p&amp;gt;
 &amp;lt;p&amp;gt;Metal ham maddeden üretilmiştir.&amp;lt;/p&amp;gt;
 </t>
         </is>
       </c>
       <c r="F215" s="0" t="n">
         <v>200</v>
       </c>
       <c r="G215" s="0" t="n">
         <v>230611171739</v>
       </c>
       <c r="H215" s="0"/>
       <c r="I215" s="0" t="n">
         <v>97</v>
       </c>
       <c r="J215" s="0" t="inlineStr">
         <is>
-          <t>https://www.realtoptan.com/image/catalog/resimler/dud.jpg</t>
+          <t>https://www.realtoptan.com/image/catalog/site_resimler/SİTE RESİMLERİ/duduk-1.png</t>
         </is>
       </c>
       <c r="K215" s="0" t="inlineStr">
         <is>
-          <t>https://www.realtoptan.com/image/catalog/resimler/dud2.jpg</t>
+          <t>https://www.realtoptan.com/image/catalog/site_resimler/SİTE RESİMLERİ/duduk-3.png</t>
         </is>
       </c>
       <c r="L215" s="0" t="inlineStr">
         <is>
-          <t>https://www.realtoptan.com/image/catalog/resimler/dud3.jpg</t>
+          <t>https://www.realtoptan.com/image/catalog/site_resimler/SİTE RESİMLERİ/duduk-2.png</t>
         </is>
       </c>
       <c r="M215" s="0" t="inlineStr">
         <is>
-          <t>https://www.realtoptan.com/image/catalog/resimler/dud4.jpg</t>
-[...2 lines deleted...]
-      <c r="N215" s="0"/>
+          <t>https://www.realtoptan.com/image/catalog/site_resimler/SİTE RESİMLERİ/duduk-4.png</t>
+        </is>
+      </c>
+      <c r="N215" s="0" t="inlineStr">
+        <is>
+          <t>https://www.realtoptan.com/image/catalog/site_resimler/SİTE RESİMLERİ/duduk-5.png</t>
+        </is>
+      </c>
       <c r="O215" s="0" t="inlineStr">
         <is>
           <t>0.00kg</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="216">
       <c r="A216" s="0" t="n">
         <v>271</v>
       </c>
       <c r="B216" s="0" t="inlineStr">
         <is>
           <t>Dijital Projeksiyonlu Çalar Saat LED Aynalı Çalar Saat </t>
         </is>
       </c>
       <c r="C216" s="0" t="inlineStr">
         <is>
           <t>EV &amp;amp; OFİS ÜRÜNLERİ|HEDİYELİK EŞYA|Yeni Ürünler</t>
         </is>
       </c>
       <c r="D216" s="0" t="inlineStr">
         <is>
           <t>EV &amp;amp; OFİS ÜRÜNLERİ</t>
         </is>
       </c>
@@ -16055,51 +16160,51 @@
       </c>
       <c r="C224" s="0" t="inlineStr">
         <is>
           <t>KAMP VE OUTDOOR|Yeni Ürünler</t>
         </is>
       </c>
       <c r="D224" s="0" t="inlineStr">
         <is>
           <t>KAMP VE OUTDOOR</t>
         </is>
       </c>
       <c r="E224" s="0" t="inlineStr">
         <is>
           <t>&amp;lt;h3&amp;gt;Kamp Plaj Duş Wc Otomatik Giyinme Çadırı 120x120×190 cm Portatif Çadır Giyinme Çadırı&amp;lt;/h3&amp;gt;
 &amp;lt;ul&amp;gt;
 	&amp;lt;li&amp;gt;KULLANIM AMAÇLARI: GİYİNME,WC AMAÇLI KULLANIM, FOTOĞRAF ÇEKİMİ&amp;lt;/li&amp;gt;
 	&amp;lt;li&amp;gt;MALZEME:&amp;amp;nbsp;METALİZE KAPLI SU GEÇİRMEZ POLYESTER KUMAŞ&amp;lt;/li&amp;gt;
 	&amp;lt;li&amp;gt;ÖLÇÜ: 120X120X190CM&amp;amp;nbsp;&amp;lt;/li&amp;gt;
 	&amp;lt;li&amp;gt;KAPALI KUTU ÖLÇÜ: 45 CM ÇAPI&amp;lt;/li&amp;gt;
 	&amp;lt;li&amp;gt;RENK SEÇENEĞİ: KOYU YEŞİL, LACİVERT&amp;lt;/li&amp;gt;
 &amp;lt;/ul&amp;gt;
 </t>
         </is>
       </c>
       <c r="F224" s="0" t="n">
-        <v>850</v>
+        <v>1000</v>
       </c>
       <c r="G224" s="0" t="n">
         <v>230624013708</v>
       </c>
       <c r="H224" s="0"/>
       <c r="I224" s="0" t="n">
         <v>82</v>
       </c>
       <c r="J224" s="0" t="inlineStr">
         <is>
           <t>https://www.realtoptan.com/image/catalog/resimler/giy.jpg</t>
         </is>
       </c>
       <c r="K224" s="0" t="inlineStr">
         <is>
           <t>https://www.realtoptan.com/image/catalog/resimler/giy2.jpg</t>
         </is>
       </c>
       <c r="L224" s="0" t="inlineStr">
         <is>
           <t>https://www.realtoptan.com/image/catalog/resimler/giy3.jpg</t>
         </is>
       </c>
       <c r="M224" s="0" t="inlineStr">
         <is>
@@ -16216,51 +16321,51 @@
         </is>
       </c>
       <c r="E226" s="0" t="inlineStr">
         <is>
           <t>&amp;lt;p&amp;gt;Ürün Açıklaması&amp;lt;/p&amp;gt;
 &amp;lt;p&amp;gt;&amp;amp;nbsp;&amp;lt;/p&amp;gt;
 &amp;lt;p&amp;gt;HAREKET SENSÖRLÜ USB ŞARJLI LED IŞIK LAMBA&amp;lt;/p&amp;gt;
 &amp;lt;p&amp;gt;Açıklama:&amp;lt;/p&amp;gt;
 &amp;lt;p&amp;gt;1. Kızılötesi sensör + Fresnel lens, gün boyunca indüksiyon yok&amp;lt;/p&amp;gt;
 &amp;lt;p&amp;gt;2. Geniş algılama aralığı, 0-3 metre algılama mesafesi, 120 ° algılama açısı&amp;lt;/p&amp;gt;
 &amp;lt;p&amp;gt;3. İndüksiyon modu, ışığı manuel olarak kapatmaya gerek yok, otomatik olarak kapanıyor&amp;lt;/p&amp;gt;
 &amp;lt;p&amp;gt;4. 0.6W düşük güç, enerji tasarrufu, uzun ömür&amp;lt;/p&amp;gt;
 &amp;lt;p&amp;gt;5. Rahat yumuşak ışık, yüksek kaliteli LED lamba boncukları&amp;lt;/p&amp;gt;
 &amp;lt;p&amp;gt;Özellikler:&amp;lt;/p&amp;gt;
 &amp;lt;p&amp;gt;Gerilimi: 5V&amp;lt;/p&amp;gt;
 &amp;lt;p&amp;gt;Gücü: 0. 6W&amp;lt;/p&amp;gt;
 &amp;lt;p&amp;gt;Malzeme: abs&amp;lt;/p&amp;gt;
 &amp;lt;p&amp;gt;LED: 6 ADET LED&amp;lt;/p&amp;gt;
 &amp;lt;p&amp;gt;Algılama Mesafesi: yaklaşık 0-3 Metre&amp;lt;/p&amp;gt;
 &amp;lt;p&amp;gt;Ürün boyutu: 8.3 * 8.3 * 2cm&amp;lt;/p&amp;gt;
 &amp;lt;p&amp;gt;Açık renk: Beyaz&amp;lt;/p&amp;gt;
 </t>
         </is>
       </c>
       <c r="F226" s="0" t="n">
-        <v>150</v>
+        <v>100</v>
       </c>
       <c r="G226" s="0" t="n">
         <v>230828153111</v>
       </c>
       <c r="H226" s="0"/>
       <c r="I226" s="0" t="n">
         <v>100</v>
       </c>
       <c r="J226" s="0" t="inlineStr">
         <is>
           <t>https://www.realtoptan.com/image/catalog/l4.jpg</t>
         </is>
       </c>
       <c r="K226" s="0" t="inlineStr">
         <is>
           <t>https://www.realtoptan.com/image/catalog/l1.jpg</t>
         </is>
       </c>
       <c r="L226" s="0" t="inlineStr">
         <is>
           <t>https://www.realtoptan.com/image/catalog/l5.jpg</t>
         </is>
       </c>
       <c r="M226" s="0" t="inlineStr">
         <is>
@@ -16714,76 +16819,84 @@
 &amp;lt;p&amp;gt;Özellikler :&amp;lt;/p&amp;gt;
 &amp;lt;p&amp;gt;Ürün: 3D Yazıcı Kalem&amp;lt;/p&amp;gt;
 &amp;lt;p&amp;gt;Yazdırma Tekniği: FDM - Fuse deposition modeling&amp;lt;/p&amp;gt;
 &amp;lt;p&amp;gt;Kullanılabilen Malzeme: 1,75mm ABS,PLA,HIPS&amp;lt;/p&amp;gt;
 &amp;lt;p&amp;gt;Uç Nozzle Çapı: 0.6 mm&amp;lt;/p&amp;gt;
 &amp;lt;p&amp;gt;Güç : AC 100/250V 3A adaptör / DC 5V 2A 24W&amp;lt;/p&amp;gt;
 &amp;lt;p&amp;gt;Ağırlık : 0.065 KG&amp;lt;/p&amp;gt;
 &amp;lt;p&amp;gt;Sertifika:CE ROHS FCC&amp;lt;/p&amp;gt;
 &amp;lt;p&amp;gt;Paket İçeriği:&amp;lt;/p&amp;gt;
 &amp;lt;p&amp;gt;1 Adet – 3D Çizim kalemi&amp;lt;/p&amp;gt;
 &amp;lt;p&amp;gt;1 Adet – Adaptör EU Çıkış&amp;lt;/p&amp;gt;
 &amp;lt;p&amp;gt;1 Adet – Filament Örnekleri&amp;lt;/p&amp;gt;
 &amp;lt;p&amp;gt;1 Adet – 3D Çizim kalemi Standı&amp;lt;/p&amp;gt;
 &amp;lt;p&amp;gt;&amp;amp;nbsp;&amp;lt;/p&amp;gt;
 &amp;lt;p&amp;gt;&amp;amp;nbsp;3D yazıcı kaleminizi hemen kontrol&amp;amp;nbsp; etmeyi unutmayınız, ayarlarını doğru yapın ve sorun halinde tamir için&amp;amp;nbsp; müdahale etmeyiniz, değişiklik ve tadilat yapmayınız. Cihazın ilk çalışması&amp;amp;nbsp; yön tuşuna 5-10 sn arası basılı tutulmalıdır. Eğer çocuklar kullanacaksa;&amp;amp;nbsp; doğru şekilde kullandıklarından emin olunuz.&amp;amp;nbsp;&amp;lt;/p&amp;gt;
 &amp;lt;p&amp;gt;3D yazıcı kalem ile yapabilecekleriniz sınırsızdır. 3D kalem kullanım kılavuzunu dikkatli&amp;amp;nbsp; ve detaylı okumanız ve talimatlarına harfiyen uymanız çok önemlidir. Güvenlik başta&amp;amp;nbsp; olmak üzere; Açma kapama, Isı ayarı, Filamenti yükleme ve çıkartma, tutuş açısı, hız&amp;amp;nbsp; ayarı ve daha birçok konuyu iyice anladıktan sonra bu sınırsız dünyaya giriş yapabilir,&amp;amp;nbsp; cihazınız uzun süreler kullanabilirsiniz. Ayarların yanlış yapılması kötü performans ve&amp;amp;nbsp;sonuçlara neden olabilir, kaleminizin düzgün çalışmasını engeller. Cihazınızı kuru tutunuz,&amp;amp;nbsp; basınç, manyetik alan, çok soğuk veya sıcak ortam, toz ve yabancı maddeler, fiziksel&amp;amp;nbsp; darbelere ve düşmeye karşı koruyunuz.&amp;amp;nbsp;&amp;lt;/p&amp;gt;
 &amp;lt;p&amp;gt;Her kullanım sonrası kalem içindeki filamenti çıkardığından emin olun. Kalemin ucunda kalan&amp;amp;nbsp; plastiği, henüz kalem sıcakken bir fırça ya da parmak koruyucu ile ucunu temizleyebilirsiniz.&amp;amp;nbsp; Kaleme filamenti yerleştirmeden önce her iki ucunun da düz olduğundan emin olun. Kaleme&amp;amp;nbsp; filament yerleştirir ya da çıkarırken itme ve çekme yapmayın.&amp;amp;nbsp;&amp;lt;/p&amp;gt;
 &amp;lt;p&amp;gt;Kalem hızı ile el hızının ayarlanması:&amp;amp;nbsp;Elinizi çok yavaş hareket ettirmeniz&amp;amp;nbsp; durumunda filament (plastik materyal) birikmeye başlayacaktır ve bu çizgilerde&amp;amp;nbsp; topaklanma yapabilir.&amp;amp;nbsp;&amp;lt;/p&amp;gt;
 &amp;lt;p&amp;gt;Kalıp Kullanma:&amp;amp;nbsp;Özellikle daire, silindir, gövde gibi tasarımlarda kalıp kullanımı&amp;amp;nbsp; çizimi kolaylaştıracaktır.&amp;amp;nbsp;&amp;lt;/p&amp;gt;
 &amp;lt;p&amp;gt;Havaya çizim:&amp;amp;nbsp;Temelinin sağlam belirlenmiş olduğundan ve çalışma yüzeyine&amp;amp;nbsp; sabitlendiğinde emin olun. Elinizin hızı ile kalem hızını ayarlayın. Havaya çizim&amp;amp;nbsp; yaptığınızda kalemi plastikten ayırmadan önce plastiğin tamamen soğuduğundan&amp;amp;nbsp; emin olun, hızlı soğuma sağlamak için fan kullanabilirsiniz.&amp;lt;/p&amp;gt;
 &amp;lt;p&amp;gt;Kalem renk seçeneği: Pembe, Lila, Mavi, Sarı&amp;lt;/p&amp;gt;
 </t>
         </is>
       </c>
       <c r="F231" s="0" t="n">
-        <v>300</v>
+        <v>350</v>
       </c>
       <c r="G231" s="0" t="n">
         <v>231002140751</v>
       </c>
       <c r="H231" s="0"/>
       <c r="I231" s="0" t="n">
         <v>4935</v>
       </c>
       <c r="J231" s="0" t="inlineStr">
         <is>
-          <t>https://www.realtoptan.com/image/catalog/resimler/3d.jpg</t>
+          <t>https://www.realtoptan.com/image/catalog/site_resimler/SİTE RESİMLERİ/3d-1-mavi.png</t>
         </is>
       </c>
       <c r="K231" s="0" t="inlineStr">
         <is>
-          <t>https://www.realtoptan.com/image/catalog/resimler/3ddd.jpg</t>
+          <t>https://www.realtoptan.com/image/catalog/site_resimler/SİTE RESİMLERİ/3d-2.png</t>
         </is>
       </c>
       <c r="L231" s="0" t="inlineStr">
         <is>
-          <t>https://www.realtoptan.com/image/catalog/resimler/3dd.jpg</t>
-[...3 lines deleted...]
-      <c r="N231" s="0"/>
+          <t>https://www.realtoptan.com/image/catalog/site_resimler/SİTE RESİMLERİ/3d-4.png</t>
+        </is>
+      </c>
+      <c r="M231" s="0" t="inlineStr">
+        <is>
+          <t>https://www.realtoptan.com/image/catalog/site_resimler/SİTE RESİMLERİ/3d-4.png</t>
+        </is>
+      </c>
+      <c r="N231" s="0" t="inlineStr">
+        <is>
+          <t>https://www.realtoptan.com/image/catalog/site_resimler/SİTE RESİMLERİ/3d-mavi.png</t>
+        </is>
+      </c>
       <c r="O231" s="0" t="inlineStr">
         <is>
           <t>0.00kg</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="232">
       <c r="A232" s="0" t="n">
         <v>287</v>
       </c>
       <c r="B232" s="0" t="inlineStr">
         <is>
           <t>Kapı Barfiksi 100 cm</t>
         </is>
       </c>
       <c r="C232" s="0" t="inlineStr">
         <is>
           <t>EV &amp;amp; OFİS ÜRÜNLERİ|Yeni Ürünler</t>
         </is>
       </c>
       <c r="D232" s="0" t="inlineStr">
         <is>
           <t>EV &amp;amp; OFİS ÜRÜNLERİ</t>
         </is>
       </c>
@@ -17045,58 +17158,58 @@
         <is>
           <t>&amp;lt;h3&amp;gt;Katlanabilir Alüminyum Kamp Masa 4'lü Tabure Seti&amp;lt;/h3&amp;gt;
 &amp;lt;ul&amp;gt;
 	&amp;lt;li&amp;gt;Alüminyum Katlanabilir Kamp Masa Seti + 4 Tabure&amp;amp;nbsp;katlanabilir kamp masası seti ve 4 taburesi ile kapalı ve açık birçok alanda rahatınız ve konforunuzdan ödün vermeyeceksiniz. Farklı pek çok alanda kullanıma uygun olan ergonomik kamp masası ve tabureleri plajda, bahçede, balkonda, balık avında, kamp alanlarında ya da piknik yerlerinde keyifle ve güvenle kullanabilirsiniz. Ergonomik bir tasarıma sahip olan kamp masası ve tubureler kolayca kurulup kaldırılabilir,&amp;lt;/li&amp;gt;
 	&amp;lt;li&amp;gt;Askılı taşıma çantası sayesinde zahmetsizce taşınabilir,&amp;lt;/li&amp;gt;
 	&amp;lt;li&amp;gt;Discovery Fishing Team alüminyum Kamp Masası toplandığında taşıma çantası ile çok az yer kaplamakta ve bu sayede pek çok alana kolayca sığabilmektedir.&amp;lt;/li&amp;gt;
 	&amp;lt;li&amp;gt;Sağlam alüminyum profiller,&amp;lt;/li&amp;gt;
 	&amp;lt;li&amp;gt;4 Adet katlanabilir tabure,&amp;lt;/li&amp;gt;
 	&amp;lt;li&amp;gt;Ekstra güçlendirilmiş bağlantı noktaları,&amp;lt;/li&amp;gt;
 	&amp;lt;li&amp;gt;Kaymaz ayaklar,&amp;lt;/li&amp;gt;
 	&amp;lt;li&amp;gt;İki kademeli yükseklik ayarlama,&amp;lt;/li&amp;gt;
 	&amp;lt;li&amp;gt;Ürün kapalı haldeyken içerisine 4 adet katlanır tabure sığmaktadır.&amp;lt;/li&amp;gt;
 	&amp;lt;li&amp;gt;Ürünü ayrıca monte etmeye gerek yoktur. Kutudan kurulu bir şekilde çıkmaktadır.&amp;lt;/li&amp;gt;
 	&amp;lt;li&amp;gt;Masa Ölçüleri&amp;lt;/li&amp;gt;
 	&amp;lt;li&amp;gt;Açık: U:120 x G:60 x Y:55&amp;amp;nbsp;cm (Yükseklik 2 kademeli olarak ayarlanabiliriyor.)&amp;lt;/li&amp;gt;
 	&amp;lt;li&amp;gt;Kapalı: G:60 x U:60 x D:10 cm&amp;lt;/li&amp;gt;
 	&amp;lt;li&amp;gt;Kutulu: G:62 x Y:12 x D:12 cm&amp;lt;/li&amp;gt;
 	&amp;lt;li&amp;gt;Tabure Ölçüleri&amp;lt;/li&amp;gt;
 	&amp;lt;li&amp;gt;G:30 x U:26 Y: 38 cm&amp;lt;/li&amp;gt;
 	&amp;lt;li&amp;gt;Renk Seçeneği: Krem&amp;lt;/li&amp;gt;
 &amp;lt;/ul&amp;gt;
 </t>
         </is>
       </c>
       <c r="F235" s="0" t="n">
-        <v>1250</v>
+        <v>1500</v>
       </c>
       <c r="G235" s="0" t="n">
         <v>231020145543</v>
       </c>
       <c r="H235" s="0"/>
       <c r="I235" s="0" t="n">
-        <v>0</v>
+        <v>100</v>
       </c>
       <c r="J235" s="0" t="inlineStr">
         <is>
           <t>https://www.realtoptan.com/image/catalog/resimler/masa66.png</t>
         </is>
       </c>
       <c r="K235" s="0" t="inlineStr">
         <is>
           <t>https://www.realtoptan.com/image/catalog/resimler/masa44.png</t>
         </is>
       </c>
       <c r="L235" s="0" t="inlineStr">
         <is>
           <t>https://www.realtoptan.com/image/catalog/resimler/masa55.png</t>
         </is>
       </c>
       <c r="M235" s="0" t="inlineStr">
         <is>
           <t>https://www.realtoptan.com/image/catalog/resimler/masa11.jpg</t>
         </is>
       </c>
       <c r="N235" s="0" t="inlineStr">
         <is>
           <t>https://www.realtoptan.com/image/catalog/resimler/masa22.jpg</t>
         </is>
@@ -17305,51 +17418,51 @@
         </is>
       </c>
       <c r="D239" s="0" t="inlineStr">
         <is>
           <t>EV &amp;amp; OFİS ÜRÜNLERİ</t>
         </is>
       </c>
       <c r="E239" s="0" t="inlineStr">
         <is>
           <t>&amp;lt;ul&amp;gt;
 	&amp;lt;li&amp;gt;Rgb şerit led iç ve dış mekan 5 metre kumandalı set tak çalıştır 16 renk, tuşlu kumanda, adaptor, silikonlu, 5 mt 300 led&amp;lt;/li&amp;gt;
 	&amp;lt;li&amp;gt;Özellikleri: şerit led 16 renk, 4 mod (strobe, fade, smooth, flash) kumanda ile renkleri değiştirebilir, istediğiniz moda geçebilir, açma/kapama yapabilirsiniz güçlü ve parlak aydınlatmaya&amp;amp;nbsp;enerji sınıfı ile düşük elektrik tüketimi 5 metre şerit led metrede 60 led, toplam 300 led çalışma gücü 12 volt yapışkanlı bantı ile istediğiniz yüzeye uygulayabilirsiniz iç ve dış mekanlarda aydınlatma ve dekor amaçlı kullanıma uygundur . tozlanmaz , kirlenmez.&amp;lt;/li&amp;gt;
 	&amp;lt;li&amp;gt;Paket içeriği: 5 mt şerit led, kumanda, adaptör kontrol kutusu.&amp;lt;/li&amp;gt;
 &amp;lt;/ul&amp;gt;
 </t>
         </is>
       </c>
       <c r="F239" s="0" t="n">
         <v>150</v>
       </c>
       <c r="G239" s="0" t="n">
         <v>231114165139</v>
       </c>
       <c r="H239" s="0"/>
       <c r="I239" s="0" t="n">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="J239" s="0" t="inlineStr">
         <is>
           <t>https://www.realtoptan.com/image/catalog/resimler/led0.jpg</t>
         </is>
       </c>
       <c r="K239" s="0" t="inlineStr">
         <is>
           <t>https://www.realtoptan.com/image/catalog/resimler/led55.jpg</t>
         </is>
       </c>
       <c r="L239" s="0" t="inlineStr">
         <is>
           <t>https://www.realtoptan.com/image/catalog/resimler/led44.jpg</t>
         </is>
       </c>
       <c r="M239" s="0" t="inlineStr">
         <is>
           <t>https://www.realtoptan.com/image/catalog/resimler/led33.jpg</t>
         </is>
       </c>
       <c r="N239" s="0"/>
       <c r="O239" s="0" t="inlineStr">
         <is>
           <t>0.00kg</t>
@@ -17381,61 +17494,61 @@
 	&amp;lt;li&amp;gt;Güneş Enerjili Solar Lamba Bahçe Aydınlatması - 10'lu Plastik solar aydınlatma -&amp;lt;/li&amp;gt;
 	&amp;lt;li&amp;gt;&amp;amp;nbsp;Herhangi bir kurulum gerektirmez, güneşi görebilecek herhangi bir alana saplayın ve havanın kararmasını bekleyin. Yol kenarlarına hizalayıcı olarak da kullanılmaktadır.&amp;lt;/li&amp;gt;
 	&amp;lt;li&amp;gt;1x Beyaz led ışık Toplam yükseklik 36cm Panel çapı 4.5cm&amp;lt;/li&amp;gt;
 	&amp;lt;li&amp;gt;Güneş ışığıyla içindeki pili şarj eder Hava karardığında solar aydınlatma otomatik olarak devreye girer.&amp;lt;/li&amp;gt;
 	&amp;lt;li&amp;gt;Piller ürüne dahildir.&amp;lt;/li&amp;gt;
 	&amp;lt;li&amp;gt;Şarj süresi güneş ışığında 6-8 saattir Işığın yanma süresi coğrafi konum ve hava koşullarına bağlı olarak farklılık gösterebilir.&amp;lt;/li&amp;gt;
 	&amp;lt;li&amp;gt;Yaklaşık 6-8 saat süresince ışık verir.&amp;lt;/li&amp;gt;
 	&amp;lt;li&amp;gt;Uyarı Pillerin daha verimli şarj olması için güneş panelinin temiz tutulması gerekmektedir.&amp;lt;/li&amp;gt;
 	&amp;lt;li&amp;gt;Güneş ışığı alan alanlarda kullanılmalıdır&amp;amp;nbsp;&amp;lt;/li&amp;gt;
 &amp;lt;/ul&amp;gt;
 </t>
         </is>
       </c>
       <c r="F240" s="0" t="n">
         <v>400</v>
       </c>
       <c r="G240" s="0" t="n">
         <v>231114165902</v>
       </c>
       <c r="H240" s="0"/>
       <c r="I240" s="0" t="n">
         <v>1000</v>
       </c>
       <c r="J240" s="0" t="inlineStr">
         <is>
-          <t>https://www.realtoptan.com/image/catalog/resimler/kkkkkk.jpg</t>
+          <t>https://www.realtoptan.com/image/catalog/site_resimler/SİTE RESİMLERİ/10-solar-1.png</t>
         </is>
       </c>
       <c r="K240" s="0" t="inlineStr">
         <is>
-          <t>https://www.realtoptan.com/image/catalog/resimler/kkkkk.jpg</t>
+          <t>https://www.realtoptan.com/image/catalog/site_resimler/SİTE RESİMLERİ/10-solar-2.png</t>
         </is>
       </c>
       <c r="L240" s="0" t="inlineStr">
         <is>
-          <t>https://www.realtoptan.com/image/catalog/resimler/kkkk.jpg</t>
+          <t>https://www.realtoptan.com/image/catalog/site_resimler/SİTE RESİMLERİ/10-solar-3.png</t>
         </is>
       </c>
       <c r="M240" s="0" t="inlineStr">
         <is>
           <t>https://www.realtoptan.com/image/catalog/resimler/kkk.jpg</t>
         </is>
       </c>
       <c r="N240" s="0"/>
       <c r="O240" s="0" t="inlineStr">
         <is>
           <t>0.00kg</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="241">
       <c r="A241" s="0" t="n">
         <v>296</v>
       </c>
       <c r="B241" s="0" t="inlineStr">
         <is>
           <t>138 Ledli Yıldız Perde Işık 3 Metre</t>
         </is>
       </c>
       <c r="C241" s="0" t="inlineStr">
         <is>
@@ -17643,68 +17756,64 @@
         </is>
       </c>
       <c r="D244" s="0" t="inlineStr">
         <is>
           <t>EV &amp;amp; OFİS ÜRÜNLERİ</t>
         </is>
       </c>
       <c r="E244" s="0" t="inlineStr">
         <is>
           <t>&amp;lt;p&amp;gt;6'lı&amp;amp;nbsp; Çelik Metal Gold Kaplama Viski Taşı Soğutma Buz Küpü Çelik Buz Küpleri Metal Soğutma Küpleri Hediyelik Çelik Viski Soğutma Taşı Seti Ürün viski için kullanımı daha yaygın olduğu için viski soğutma küpleri olarak geçse de her türlü soğuk içecek için kullanıma uygundur. · Buz küplerinin içerisi saf su ile doludur. Çelikten üretilmiştir. · Küplerin boyutu yaklaşık 2,7 cm x 2,7 cm ölçülerindedir. · Asla kimyasal zararlı vernik, cila vs kullanılmamıştır. · Ham bez pamuklu soğutma kesesi ile gönderilecektir. Kese buzluğun kokusunu taşlara geçmesini engeller. · Kutu içerisinde 6 adet Metal Soğutma taşı bulunmaktadır. · Kullanmadan önce yıkamanız önerilir. · Küpler buzdolabının buzluk bölümünde kutusunun içerisinden çıkan özel kesesi ile birlikte 3-4 saat kaldıktan sonra kullanmaya başlayabilirsiniz. Bir kadeh içeceğe 2 adet bu soğuk Buz küpünden bırakmanız yeterli olacaktır · Kullandıktan sonra ılık suyla yıkayıp tekrar kullanabilirsiniz. Bulaşık makinasında da yıkabilir. · Ürünlerimiz çok güzel bir hediyelik ürün olarak düşünülebilir. Not: Görseldeki kraf, şişe, bardak , maşa vb. aksesuarlar ürüne dahil olmayıp sadece görsel amaçlıdır. Viski taşı, viski ve diğer soğuk içeceklerinizin ısısını muhafaza eder. Viski taşı 21,6 derece bulunan yani oda sıcaklığındaki bir viskiyi yaklaşık 4 derece kadar soğutabilir. Viski taşı, viskiyi sulandırmadan soğutabilmesine ek olarak, soğutma derecesini belli bir seviyede tuttuğu için viskinin karakterini de bozmamış olur. Viski taşı, viskisini oda sıcaklığının biraz altında içmek isteyen ve bunu yaparken de viskisini sulandırmak istemeyen viski tutkunları için doğru bir tercih olacaktır. Sadece viski için değil, diğer tüm soğuk içeceklerde rahatlıkla kullanılabilir.&amp;lt;/p&amp;gt;
 </t>
         </is>
       </c>
       <c r="F244" s="0" t="n">
         <v>250</v>
       </c>
       <c r="G244" s="0" t="n">
         <v>231213181119</v>
       </c>
       <c r="H244" s="0"/>
       <c r="I244" s="0" t="n">
         <v>97</v>
       </c>
       <c r="J244" s="0" t="inlineStr">
         <is>
-          <t>https://www.realtoptan.com/image/catalog/resimler/tas2.jpg</t>
+          <t>https://www.realtoptan.com/image/catalog/site_resimler/SİTE RESİMLERİ/buz1.png</t>
         </is>
       </c>
       <c r="K244" s="0" t="inlineStr">
         <is>
-          <t>https://www.realtoptan.com/image/catalog/resimler/buzz4.jpg</t>
+          <t>https://www.realtoptan.com/image/catalog/site_resimler/SİTE RESİMLERİ/buz7.jpg</t>
         </is>
       </c>
       <c r="L244" s="0" t="inlineStr">
         <is>
-          <t>https://www.realtoptan.com/image/catalog/resimler/buzz5.jpg</t>
-[...6 lines deleted...]
-      </c>
+          <t>https://www.realtoptan.com/image/catalog/site_resimler/SİTE RESİMLERİ/buz3.png</t>
+        </is>
+      </c>
+      <c r="M244" s="0"/>
       <c r="N244" s="0"/>
       <c r="O244" s="0" t="inlineStr">
         <is>
           <t>0.00kg</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="245">
       <c r="A245" s="0" t="n">
         <v>300</v>
       </c>
       <c r="B245" s="0" t="inlineStr">
         <is>
           <t>9 oz (266ml) Çelik Matara Hediye Seti İçecek Matarası 4 Shot Bardaklı</t>
         </is>
       </c>
       <c r="C245" s="0" t="inlineStr">
         <is>
           <t>EV &amp;amp; OFİS ÜRÜNLERİ|MUTFAK ÜRÜNLERİ|HEDİYELİK EŞYA|KAMP VE OUTDOOR|Yeni Ürünler</t>
         </is>
       </c>
       <c r="D245" s="0" t="inlineStr">
         <is>
           <t>EV &amp;amp; OFİS ÜRÜNLERİ</t>
         </is>
@@ -18634,65 +18743,65 @@
 			&amp;lt;p&amp;gt;&amp;lt;img alt=&amp;quot;&amp;quot; src=&amp;quot;https://images.hepsiburada.net/description-assets/description-prod-0/5983b1dc-5bed-450b-8455-33d97017cd3f.jpg&amp;quot; /&amp;gt;&amp;lt;/p&amp;gt;
 			&amp;lt;p&amp;gt;&amp;lt;img alt=&amp;quot;&amp;quot; src=&amp;quot;https://images.hepsiburada.net/description-assets/description-prod-0/8952164d-1aa6-4367-896d-6059c8f90517.jpg&amp;quot; /&amp;gt;&amp;lt;/p&amp;gt;
 			&amp;lt;p&amp;gt;&amp;lt;img alt=&amp;quot;&amp;quot; src=&amp;quot;https://images.hepsiburada.net/description-assets/description-prod-0/fd8428d3-4656-4bb6-81ed-18122da6b6a8.jpg&amp;quot; /&amp;gt;&amp;lt;/p&amp;gt;
 			&amp;lt;p&amp;gt;&amp;lt;strong&amp;gt;&amp;amp;nbsp;Araba Güneş Gölge Koruyucu Şemsiye Oto Ön Cam Güneşlik(145cm*79cm)&amp;lt;/strong&amp;gt;&amp;lt;/p&amp;gt;
 			&amp;lt;p&amp;gt;Aracınızı güneşin zararlı etkilerinden korumak ve aşırı ısınmayı engellemek için ALLY Güneşlik ideal bir seçim olacaktır.&amp;lt;/p&amp;gt;
 			&amp;lt;p&amp;gt;UPE alaşım materyalden üretilmiştir.&amp;lt;/p&amp;gt;
 			&amp;lt;p&amp;gt;Boyutlar: 145cm*79cm&amp;lt;/p&amp;gt;
 			&amp;lt;p&amp;gt;Sedan, SUV, Hatchback araçlar ile uyumludur.&amp;lt;/p&amp;gt;
 			&amp;lt;p&amp;gt;Şemsiye tasarımıyla saniyeler içinde pratik bir şekilde açıp kullanabilirsiniz.&amp;lt;/p&amp;gt;
 			&amp;lt;p&amp;gt;Güneşi engelleyerek araç iç yüzeylerinin yıpranmasına engel olur.&amp;lt;/p&amp;gt;
 			&amp;lt;/td&amp;gt;
 		&amp;lt;/tr&amp;gt;
 	&amp;lt;/tbody&amp;gt;
 &amp;lt;/table&amp;gt;
 </t>
         </is>
       </c>
       <c r="F258" s="0" t="n">
         <v>200</v>
       </c>
       <c r="G258" s="0" t="n">
         <v>240115151415</v>
       </c>
       <c r="H258" s="0"/>
       <c r="I258" s="0" t="n">
-        <v>100</v>
+        <v>98</v>
       </c>
       <c r="J258" s="0" t="inlineStr">
         <is>
-          <t>https://www.realtoptan.com/image/catalog/resimler/güneş.jpg</t>
+          <t>https://www.realtoptan.com/image/catalog/site_resimler/SİTE RESİMLERİ/aracsems1.jpg</t>
         </is>
       </c>
       <c r="K258" s="0" t="inlineStr">
         <is>
-          <t>https://www.realtoptan.com/image/catalog/resimler/güneş2.jpg</t>
+          <t>https://www.realtoptan.com/image/catalog/site_resimler/SİTE RESİMLERİ/aracsems2.png</t>
         </is>
       </c>
       <c r="L258" s="0" t="inlineStr">
         <is>
-          <t>https://www.realtoptan.com/image/catalog/resimler/güneş3.jpg</t>
+          <t>https://www.realtoptan.com/image/catalog/site_resimler/SİTE RESİMLERİ/aracsems3.png</t>
         </is>
       </c>
       <c r="M258" s="0" t="inlineStr">
         <is>
           <t>https://www.realtoptan.com/image/catalog/resimler/güneş4.jpg</t>
         </is>
       </c>
       <c r="N258" s="0"/>
       <c r="O258" s="0" t="inlineStr">
         <is>
           <t>0.00kg</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="259">
       <c r="A259" s="0" t="n">
         <v>315</v>
       </c>
       <c r="B259" s="0" t="inlineStr">
         <is>
           <t>Şarjlı Mini Araç İçi Süpürge</t>
         </is>
       </c>
       <c r="C259" s="0" t="inlineStr">
         <is>
@@ -18720,66 +18829,66 @@
 &amp;lt;p&amp;gt;4. Kablosuz toz giderme, bir düğme ile temiz bir hayat geri, tellerin zincirlerinden kurtulun ve daha özgürce temizleyin. Kirli köşeler bile temiz bir hayatın tadını çıkararak kolayca vakumlanabilir.&amp;lt;/p&amp;gt;
 &amp;lt;p&amp;gt;&amp;amp;nbsp;&amp;lt;/p&amp;gt;
 &amp;lt;p&amp;gt;&amp;lt;strong&amp;gt;Nasıl kullanılır&amp;lt;/strong&amp;gt;&amp;lt;/p&amp;gt;
 &amp;lt;p&amp;gt;1, açın: yükseltilmiş ürünün açmak için düğmeye 5 saniye boyunca uzun süre basması gerekir.&amp;lt;/p&amp;gt;
 &amp;lt;p&amp;gt;2, iki emme dişlisi, güç değiştirmek için kısa basın.&amp;lt;/p&amp;gt;
 &amp;lt;p&amp;gt;3, kullanımdan sonra kapatmak için 5 saniye uzun basın.&amp;lt;/p&amp;gt;
 &amp;lt;p&amp;gt;&amp;amp;nbsp;&amp;lt;/p&amp;gt;
 &amp;lt;p&amp;gt;&amp;lt;strong&amp;gt;Paket içeriği:&amp;lt;/strong&amp;gt;&amp;lt;/p&amp;gt;
 &amp;lt;p&amp;gt;1x elektrikli süpürge&amp;lt;/p&amp;gt;
 &amp;lt;p&amp;gt;1x şarj kablosu&amp;lt;/p&amp;gt;
 </t>
         </is>
       </c>
       <c r="F259" s="0" t="n">
         <v>350</v>
       </c>
       <c r="G259" s="0" t="n">
         <v>240115152716</v>
       </c>
       <c r="H259" s="0"/>
       <c r="I259" s="0" t="n">
         <v>1000</v>
       </c>
       <c r="J259" s="0" t="inlineStr">
         <is>
-          <t>https://www.realtoptan.com/image/catalog/resimler/süp1.png</t>
+          <t>https://www.realtoptan.com/image/catalog/site_resimler/SİTE RESİMLERİ/supurge-1.png</t>
         </is>
       </c>
       <c r="K259" s="0" t="inlineStr">
         <is>
-          <t>https://www.realtoptan.com/image/catalog/resimler/süp2.png</t>
+          <t>https://www.realtoptan.com/image/catalog/resimler/süp4.png</t>
         </is>
       </c>
       <c r="L259" s="0" t="inlineStr">
         <is>
           <t>https://www.realtoptan.com/image/catalog/resimler/süp3.png</t>
         </is>
       </c>
       <c r="M259" s="0" t="inlineStr">
         <is>
-          <t>https://www.realtoptan.com/image/catalog/resimler/süp4.png</t>
+          <t>https://www.realtoptan.com/image/catalog/site_resimler/SİTE RESİMLERİ/supurge-2.png</t>
         </is>
       </c>
       <c r="N259" s="0" t="inlineStr">
         <is>
           <t>https://www.realtoptan.com/image/catalog/resimler/süp5.png</t>
         </is>
       </c>
       <c r="O259" s="0" t="inlineStr">
         <is>
           <t>0.00kg</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="260">
       <c r="A260" s="0" t="n">
         <v>316</v>
       </c>
       <c r="B260" s="0" t="inlineStr">
         <is>
           <t>Elektrikli Kahve Baharat Bakliyat Öğütücü Makine</t>
         </is>
       </c>
       <c r="C260" s="0" t="inlineStr">
         <is>
           <t>MUTFAK ÜRÜNLERİ|Yeni Ürünler</t>
@@ -18822,65 +18931,65 @@
 	&amp;lt;li&amp;gt;&amp;lt;strong&amp;gt;ERGONOMİK TASARIM:&amp;lt;/strong&amp;gt;&amp;amp;nbsp;Kahve çekirdeği öğütücü, bağımsız görünür kapaklı, öğütme işlemini ve öğütme kalınlığını net bir şekilde görebilirsiniz. Yüksek tane içeriği ve daha rahat öğütme ile çalıştırması ve temizlemesi kolaydır.&amp;lt;/li&amp;gt;
 	&amp;lt;li&amp;gt;&amp;lt;strong&amp;gt;GENİŞ UYGULAMA:&amp;lt;/strong&amp;gt;&amp;amp;nbsp;Öğütücümüz, çeşitli tahıllar (soya fasulyesi, siyah pirinç, mısır, arpa, pirinç, lifli malzemeler, buğday, arpa, yulaf, çavdar, karabuğday, maş fasulyesi, barbunya) gibi kuru ürünlerin öğütülmesi için uygundur. , kahve çekirdekleri),baharatlar, yıldız anason, anason, biber, tarçın vb.&amp;lt;/li&amp;gt;
 	&amp;lt;li&amp;gt;&amp;lt;strong&amp;gt;PASLANMAZ ÇELİK GÖVDE:&amp;lt;/strong&amp;gt;&amp;amp;nbsp;Bu, dayanıklı paslanmaz çelikten, korozyon direncinden, toksik olmayan, sağlıklı ve iyi mekanik özelliklerden yapılmış bir ev tipi elektrikli öğütücüdür.&amp;lt;br /&amp;gt;
 	Sevimli şeffaf bir kaplama ile temizlenmesi kolaydır. Çok fonksiyonlu öğütücü, tahıllar, fasulye, baharat.&amp;lt;/li&amp;gt;
 	&amp;lt;li&amp;gt;&amp;lt;strong&amp;gt;KOLAY TEMİZLENİR:&amp;amp;nbsp;&amp;lt;/strong&amp;gt;Çalıştırması ve temizlemesi kolay güvenli ve kullanışlı, zamandan tasarruf edin Bu makine aynı zamanda kahve, tahıl, fındık, fasulye ve diğer ilaçları da öğütebilir. Kahve değirmeni, hayatınızdaki eğlenceyi artıracak benzersiz tasarımı ve klasik tarzı ile popülerdir.&amp;lt;/li&amp;gt;
 	&amp;lt;li&amp;gt;&amp;lt;strong&amp;gt;TAŞINABİLİR KOMPAKT:&amp;amp;nbsp;&amp;lt;/strong&amp;gt;Elektrikli kahve öğütücümüz tek elle kolayca tutulabilir ve kompakt tasarımı tezgahta minimum yer kaplar, ayrıca bir dolap veya çekmecede saklaması kolaydır.&amp;amp;nbsp;&amp;lt;/li&amp;gt;
 	&amp;lt;li&amp;gt;&amp;lt;strong&amp;gt;FONKSİYONEL KULLANIM:&amp;lt;/strong&amp;gt;&amp;amp;nbsp;Mini baharat öğütücümüz günlük veya kişisel kullanım için mükemmeldir ve kahve çekirdekleri, pirinç, tohumlar, biber, masala, tahıllar, hint baharatları, küçük ot parçaları, çeşniler vb. ürünlerde güvenli kullanım.&amp;lt;/li&amp;gt;
 	&amp;lt;li&amp;gt;&amp;lt;strong&amp;gt;ŞEFFAF KAPAK:&amp;lt;/strong&amp;gt;&amp;amp;nbsp;Şeffaf kapak sayesinde, kaba veya ince toz elde etmek için öğütme işlemini gözlemleyebilirsiniz. Öğütme Kapasitesi: bir seferde yaklaşık 50g-100g. Farklı öğütme süresi, toz inceliğini farklı kılar. Öğütme sırasında, gördüğünüz duman benzeri parçacıklar aslında ince tozdur, Duman Değildir.&amp;lt;/li&amp;gt;
 	&amp;lt;li&amp;gt;&amp;lt;strong&amp;gt;KULLANIM TAVSİYESİ:&amp;lt;/strong&amp;gt;&amp;amp;nbsp;1. Öğütme kabını veya motor tabanını doğrudan suyla durulamayın. Lütfen temizlik için bir fırça veya kuru bir bez kullanın; 2. Daha iyi motor bakımı için her 30-45 saniyede bir kullandıktan sonra yaklaşık 60 saniye dinlenmenizi tavsiye edin ve kullanım voltajının 220V olduğundan emin olun; 3. Öğütülecek malzemelerin bıçağı örtmesini ve öğütme kabının 2/3'ünü geçmemesini tavsiye ederiz.&amp;lt;/li&amp;gt;
 	&amp;lt;li&amp;gt;&amp;lt;strong&amp;gt;PRATİK KULLANIM:&amp;lt;/strong&amp;gt;&amp;amp;nbsp;Öğütme işlemini başlatmak için sadece AÇMA/KAPAMA düğmesine basın ve düğmeyi bırakın, öğütme hemen duracaktır. * ADIMLAR: 1. Kahve çekirdeklerini öğütücüye dökün (öğütme kabının 2/3'ünü geçmeyecek şekilde) ; 2. Kilitlendiğinden emin olmak için kapağı sıkıca kapatın. (Kullanılırken kapak sıkıca kapatılmalıdır) ; 3. Çalışmaya başlamak için düğmeye basın, bir kez 10 saniye duraklayın; 4. Gücü kesin ve tozu dökün&amp;lt;/li&amp;gt;
 	&amp;lt;li&amp;gt;&amp;lt;strong&amp;gt;✔&amp;amp;nbsp;RİSKSİZ SATIN ALMA:&amp;lt;/strong&amp;gt;&amp;amp;nbsp;Bizden satın aldığınız ürünlerimiz Size ulaşana kadar kargoda herhangi bir kırılma, çizilme, deforme olması durumunda bize bildirmeniz durumunda mümkün olan en kısa zamanda problemi çözeceğiz.&amp;lt;/li&amp;gt;
 	&amp;lt;li&amp;gt;Ürünlerimizle hakkında&amp;amp;nbsp;&amp;quot;&amp;lt;strong&amp;gt;Soru, Öneri, Dilek ve Şikayetlerinizi&amp;lt;/strong&amp;gt;&amp;quot;&amp;amp;nbsp;bize&amp;amp;nbsp;&amp;lt;strong&amp;gt;&amp;quot;Satıcıya Soru Sor&amp;quot;&amp;amp;nbsp;&amp;lt;/strong&amp;gt;alanından ulaşarak bildirebilirsiniz en kısa zamanda size geri dönüş sağlayacağız. İlginiz için şimdiden çok teşekkür ederiz.&amp;lt;/li&amp;gt;
 &amp;lt;/ul&amp;gt;
 &amp;lt;p&amp;gt;&amp;lt;img src=&amp;quot;https://cdn.dsmcdn.com/ty670/product/media/html-images/20221230/14/457582708/7137c580-f1b4-421b-99ef-dc7a1b77fbf9.jpg&amp;quot; /&amp;gt;&amp;lt;/p&amp;gt;
 </t>
         </is>
       </c>
       <c r="F260" s="0" t="n">
         <v>250</v>
       </c>
       <c r="G260" s="0" t="n">
         <v>240115153023</v>
       </c>
       <c r="H260" s="0"/>
       <c r="I260" s="0" t="n">
-        <v>98</v>
+        <v>92</v>
       </c>
       <c r="J260" s="0" t="inlineStr">
         <is>
-          <t>https://www.realtoptan.com/image/catalog/resimler/kahveeeee.jpg</t>
+          <t>https://www.realtoptan.com/image/catalog/site_resimler/SİTE RESİMLERİ/ogutucu-3.png</t>
         </is>
       </c>
       <c r="K260" s="0" t="inlineStr">
         <is>
-          <t>https://www.realtoptan.com/image/catalog/resimler/kahveeee1.jpg</t>
+          <t>https://www.realtoptan.com/image/catalog/site_resimler/SİTE RESİMLERİ/ogutucu1.png</t>
         </is>
       </c>
       <c r="L260" s="0" t="inlineStr">
         <is>
-          <t>https://www.realtoptan.com/image/catalog/resimler/kahve12.jpg</t>
+          <t>https://www.realtoptan.com/image/catalog/site_resimler/SİTE RESİMLERİ/ogutucu2.png</t>
         </is>
       </c>
       <c r="M260" s="0"/>
       <c r="N260" s="0"/>
       <c r="O260" s="0" t="inlineStr">
         <is>
           <t>0.00kg</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="261">
       <c r="A261" s="0" t="n">
         <v>317</v>
       </c>
       <c r="B261" s="0" t="inlineStr">
         <is>
           <t>Duş Başlığı Turbo Pervaneli Serinletici Tasarım </t>
         </is>
       </c>
       <c r="C261" s="0" t="inlineStr">
         <is>
           <t>EV &amp;amp; OFİS ÜRÜNLERİ|KİŞİSEL BAKIM|Yeni Ürünler</t>
         </is>
       </c>
       <c r="D261" s="0" t="inlineStr">
@@ -18903,107 +19012,119 @@
 	&amp;lt;li&amp;gt;Filtrasyon Sistemi:Su arıtma için, duş başlığı PP pamuk ile donatılmıştır. Ayrıca, sudaki kirlerin çoğunu etkili bir şekilde çıkarabilen ve ailenin cildinin sağlığını ve güvenliğini koruyan ekstra bir PP pamuk mevcuttur. &amp;amp;nbsp;&amp;lt;/li&amp;gt;
 &amp;lt;/ul&amp;gt;
 &amp;lt;p&amp;gt;&amp;amp;nbsp;&amp;lt;/p&amp;gt;
 &amp;lt;ul&amp;gt;
 	&amp;lt;li&amp;gt;Aletsiz Kolay Bağlantı:Tesisatçı çağırmaya gerek olmadan,Kolay bir şekilde kurulum yapılabilir, herhangi bir standart duş hortumuna vidalamanız yeterlidir. Herhangi bir standart duş hortumuna kolayca bağlanabilir.&amp;amp;nbsp; &amp;amp;nbsp;&amp;lt;/li&amp;gt;
 &amp;lt;/ul&amp;gt;
 &amp;lt;p&amp;gt;&amp;amp;nbsp;&amp;lt;/p&amp;gt;
 &amp;lt;ul&amp;gt;
 	&amp;lt;li&amp;gt;Ürün Ölçüleri:26x8x4 cm ve 140 gr ağırlığındadır.&amp;lt;/li&amp;gt;
 &amp;lt;/ul&amp;gt;
 </t>
         </is>
       </c>
       <c r="F261" s="0" t="n">
         <v>100</v>
       </c>
       <c r="G261" s="0" t="n">
         <v>240115153547</v>
       </c>
       <c r="H261" s="0"/>
       <c r="I261" s="0" t="n">
         <v>93</v>
       </c>
       <c r="J261" s="0" t="inlineStr">
         <is>
-          <t>https://www.realtoptan.com/image/catalog/resimler/duj.jpg</t>
+          <t>https://www.realtoptan.com/image/catalog/site_resimler/SİTE RESİMLERİ/dus-1.png</t>
         </is>
       </c>
       <c r="K261" s="0" t="inlineStr">
         <is>
-          <t>https://www.realtoptan.com/image/catalog/resimler/duj2.jpg</t>
-[...4 lines deleted...]
-      <c r="N261" s="0"/>
+          <t>https://www.realtoptan.com/image/catalog/site_resimler/SİTE RESİMLERİ/dus-2.png</t>
+        </is>
+      </c>
+      <c r="L261" s="0" t="inlineStr">
+        <is>
+          <t>https://www.realtoptan.com/image/catalog/site_resimler/SİTE RESİMLERİ/dus-3.png</t>
+        </is>
+      </c>
+      <c r="M261" s="0" t="inlineStr">
+        <is>
+          <t>https://www.realtoptan.com/image/catalog/site_resimler/SİTE RESİMLERİ/dus-4.png</t>
+        </is>
+      </c>
+      <c r="N261" s="0" t="inlineStr">
+        <is>
+          <t>https://www.realtoptan.com/image/catalog/site_resimler/SİTE RESİMLERİ/dus-5.png</t>
+        </is>
+      </c>
       <c r="O261" s="0" t="inlineStr">
         <is>
           <t>0.00kg</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="262">
       <c r="A262" s="0" t="n">
         <v>318</v>
       </c>
       <c r="B262" s="0" t="inlineStr">
         <is>
           <t>Elma Soyma Ve Dilimleme Makinesi Çelik</t>
         </is>
       </c>
       <c r="C262" s="0" t="inlineStr">
         <is>
           <t>MUTFAK ÜRÜNLERİ|HEDİYELİK EŞYA|Yeni Ürünler</t>
         </is>
       </c>
       <c r="D262" s="0" t="inlineStr">
         <is>
           <t>MUTFAK ÜRÜNLERİ</t>
         </is>
       </c>
       <c r="E262" s="0" t="inlineStr">
         <is>
           <t>&amp;lt;ul&amp;gt;
 	&amp;lt;li&amp;gt;Elma yemek ve soymak hiç bu kadar zevkli olmamıştı! Özellikle çocuklu ailelerin kaçırmaması gereken bir ürün. armut, ayva, patates ve turp soymak için de güvenle kullanabilirsiniz. Paslanmaz çelik bıçağı ile elmayı mükemmel incelikte soyar. Kullanımı kolaydır, meyve 3'lü çiviye saplanır, çevirme kolunu çevirince alet çalışır.Meyve yemeyen çocuklarınıza elma armut yemeyi sevdiren bir üründür.Güçlü vakum tabanı ile her yüzeye sabitlenir, kullanım sırasında kaymaz. Tüm bıçakları takıp çıkarılabilir özelliktedir.Ürün dökme demirden yapılmış olup bıçakları paslanmaz çelikten imal edilmiştir.Soyma bıçağı farklı kalınlıkta soymak için ayarlanabilir, oynar başlığı ile her boyda meyveyi rahatça soyar. Bıçak başlıklarını ayarlamak suretiyle dilerseniz sadece soyma, sadece dilimleme ve çekirdek çıkarma yapabilirsiniz.Temizlemesi ve yıkaması kolaydır. Okul kantinlerinde, restoranlarda, otellerde, mutfağınızda, piknikte kısacası her yerde rahatça kullanabilirsiniz.Elmaların kabuğunu kolay ve hızlıca soyar,elmanın çekirdeğini çıkartır, Meyveleri eşit spiral halkalar halinde dilimler, dekoratif bir görüntü oluşturur.Dilimler birbirinden ayrılmadan tek parça halinde çıkar.Kabukları ince ve düzgün bir şekilde soyar.Vakumlu alt kısmı sayesinde zemine kolayca sabitlenir ve kolay kullanım imkanı sunar. Ayrıca, elma turtası, elma mezesi, meyve salatası, kuru meyveler, patates, turp ve daha bir çok meyveyi soymak için idealdir.Soyulacak olan meyvelerin şekline göre otomatik olarak ayarlanır.Altındaki vantuz ile bulunduğu ortama kolayca tutunur. Ürün boyutları: Uzunluk :20 cm&amp;lt;/li&amp;gt;
 	&amp;lt;li&amp;gt;Yükseklik :14 cm&amp;lt;/li&amp;gt;
 	&amp;lt;li&amp;gt;Genişlik : 11 cm&amp;lt;/li&amp;gt;
 	&amp;lt;li&amp;gt;Paket içeriği: 1 adet elma dilimleme ve soyma makinesi&amp;lt;/li&amp;gt;
 	&amp;lt;li&amp;gt;Not : Karışık renklerde gönderilecektir.&amp;lt;/li&amp;gt;
 &amp;lt;/ul&amp;gt;
 </t>
         </is>
       </c>
       <c r="F262" s="0" t="n">
         <v>350</v>
       </c>
       <c r="G262" s="0" t="n">
         <v>240115154439</v>
       </c>
       <c r="H262" s="0"/>
       <c r="I262" s="0" t="n">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="J262" s="0" t="inlineStr">
         <is>
           <t>https://www.realtoptan.com/image/catalog/resimler/elmaaaaaa.jpg</t>
         </is>
       </c>
       <c r="K262" s="0" t="inlineStr">
         <is>
           <t>https://www.realtoptan.com/image/catalog/resimler/elmaaaaaa2.jpg</t>
         </is>
       </c>
       <c r="L262" s="0" t="inlineStr">
         <is>
           <t>https://www.realtoptan.com/image/catalog/resimler/elmaaaaaa3.jpg</t>
         </is>
       </c>
       <c r="M262" s="0"/>
       <c r="N262" s="0"/>
       <c r="O262" s="0" t="inlineStr">
         <is>
           <t>0.00kg</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="263">
@@ -20699,51 +20820,51 @@
       </c>
       <c r="D279" s="0" t="inlineStr">
         <is>
           <t>HEDİYELİK EŞYA</t>
         </is>
       </c>
       <c r="E279" s="0" t="inlineStr">
         <is>
           <t>&amp;lt;ul&amp;gt;
 	&amp;lt;li&amp;gt;Dilek Feneri sayesinde düğün, nişan ve diğer özel günlerinizi unutulmaz kılmak için biçilmiş bir kaftan. Dilek Fenerinin üzerine isminizi yazıp gökyüzüne bırakın ve dileklerinin kabul olmasını bekleyin. Dilek Feneriniz, 15-20 dakikada 1000-1500 metreye kadar yavaşça gökyüzüne yükselir. Huzur verici ve sessizliğiyle bu muhteşem görüntü herkesi büyüler. Sönünce yavaş yavaş düşmeye başlar yüzde 100 çevre dostu olan Dilek Feneri, doğada çözülebilen maddeden yapıldığı için hiç bir zararı yoktur. Gece sevgilinizle beraber yıldızların altında romantik bir gece geçiriyorsunuz geleceğinizle ilgili bir çok dileğiniz var. Bunların gerçekleşmesi için hayaller kuruyorsunuz. Hemen bir tane dilek feneri yakıp yıldızlara doğru gönderebilirsiniz. Kullanımı: Ürünü poşetinden çıkarın ve içine normal hava doldurmak için sağa sola doğru hafifçe savurun ve balonu açın. Ürünle beraber gönderilen kokulu özel mumunu poşetinden çıkarın ve çemberin ortasına yerleştirin. Çemberin ortasından çıkan telleri iki tarafa biri sağa biri sola bakacak şekilde ayırın ve sıkıştırın. Mumun düşme ihtimalini ortadan kaldırın. Daha sonra mumu yakın. 1-2 Dakika bekleyin sıcak hava balonun içine tam dolduğu zaman dilek balonu kendiliğinden uçmak isteyecektir. Ellerinizi yukarı doğru çektiğini hissettiğiniz an dilek balonunu gökyüzüne bırakma vakti gelmiş demektir. Bu işlemlerin hepsi 4 dakika sürmektedir. Balon yaklaşık olarak 100 santimetre boyundadır uçtuktan sonra mumu sönene kadar göklere yükselir.&amp;lt;/li&amp;gt;
 	&amp;lt;li&amp;gt;Ürün Ölçüleri: 40 cm x 40&amp;amp;nbsp;cm kapalı Paket&amp;lt;/li&amp;gt;
 	&amp;lt;li&amp;gt;Açık Ölçü: 40 cm x 85 cm&amp;lt;/li&amp;gt;
 	&amp;lt;li&amp;gt;Renk seçeneği: Kırmızı, Açık Mavi, Turuncu, Toz&amp;amp;nbsp;Pembe, Mor, Şeker Pembe&amp;lt;/li&amp;gt;
 &amp;lt;/ul&amp;gt;
 </t>
         </is>
       </c>
       <c r="F279" s="0" t="n">
         <v>30</v>
       </c>
       <c r="G279" s="0" t="n">
         <v>240707162828</v>
       </c>
       <c r="H279" s="0"/>
       <c r="I279" s="0" t="n">
-        <v>500</v>
+        <v>0</v>
       </c>
       <c r="J279" s="0" t="inlineStr">
         <is>
           <t>https://www.realtoptan.com/image/catalog/resimler/dil1.jpg</t>
         </is>
       </c>
       <c r="K279" s="0" t="inlineStr">
         <is>
           <t>https://www.realtoptan.com/image/catalog/resimler/dil2.jpg</t>
         </is>
       </c>
       <c r="L279" s="0" t="inlineStr">
         <is>
           <t>https://www.realtoptan.com/image/catalog/resimler/dil3.jpg</t>
         </is>
       </c>
       <c r="M279" s="0" t="inlineStr">
         <is>
           <t>https://www.realtoptan.com/image/catalog/resimler/dil4.jpeg</t>
         </is>
       </c>
       <c r="N279" s="0"/>
       <c r="O279" s="0" t="inlineStr">
         <is>
           <t>0.00kg</t>
@@ -20772,72 +20893,72 @@
       <c r="E280" s="0" t="inlineStr">
         <is>
           <t>&amp;lt;p&amp;gt;10 Renk * 2 Metre Toplam 20 Metre PLA Kalem Filamenti&amp;amp;nbsp;&amp;lt;/p&amp;gt;
 &amp;lt;p&amp;gt;&amp;amp;nbsp;&amp;lt;/p&amp;gt;
 &amp;lt;p&amp;gt;3D YAZICI VE KALEM İLE KULLANIMA UYGUNDUR.&amp;lt;/p&amp;gt;
 &amp;lt;p&amp;gt;&amp;amp;nbsp;&amp;lt;/p&amp;gt;
 &amp;lt;p&amp;gt;&amp;lt;strong&amp;gt;DEĞERLİ MÜŞTERİLERİMİZ&amp;amp;nbsp;&amp;lt;/strong&amp;gt;&amp;lt;/p&amp;gt;
 &amp;lt;p&amp;gt;&amp;lt;strong&amp;gt;YAŞAMIŞ OLDUĞUMUZ PROBLEMLERDEN YOLA ÇIKARAK SİZLERE DAHA İYİ BİR&amp;amp;nbsp;&amp;lt;/strong&amp;gt;&amp;lt;/p&amp;gt;
 &amp;lt;p&amp;gt;&amp;lt;strong&amp;gt;DENEYİM SUNMAK İÇİN LÜTFEN AŞAĞIDAKİ HUSUSLARA DİKKAT EDİNİZ!&amp;lt;/strong&amp;gt;&amp;lt;/p&amp;gt;
 &amp;lt;p&amp;gt;&amp;lt;strong&amp;gt;1- SADECE FİLAMENT GÖNDERİLECEKTİR. KALEM DAHİL DEĞİLDİR.&amp;amp;nbsp;&amp;lt;/strong&amp;gt;&amp;lt;/p&amp;gt;
 &amp;lt;p&amp;gt;&amp;lt;strong&amp;gt;2- EĞER 3D KALEM İLE KULLANACAKSANIZ KALEMİNİZİN 200 DERECE VE ÜSTÜNDE&amp;amp;nbsp;&amp;lt;/strong&amp;gt;&amp;lt;/p&amp;gt;
 &amp;lt;p&amp;gt;&amp;lt;strong&amp;gt;ÇALIŞABİLDİĞİNDEN EMİN OLUNUZ. PLA FİLAMENTİMİZİN ERİME SICAKLIĞI 200-220&amp;amp;nbsp;&amp;lt;/strong&amp;gt;&amp;lt;/p&amp;gt;
 &amp;lt;p&amp;gt;&amp;lt;strong&amp;gt;DERECEDİR. BU DERECELER ALTINDA 3D KALEM İLE SAĞLIKLI BASKILAR&amp;amp;nbsp;&amp;lt;/strong&amp;gt;&amp;lt;/p&amp;gt;
 &amp;lt;p&amp;gt;&amp;lt;strong&amp;gt;ALAMAYABİLİRSİNİZ. BUNU DÜŞÜNEREK SİPARİŞ VERMENİZİ RİCA EDERİZ.&amp;amp;nbsp;&amp;lt;/strong&amp;gt;&amp;lt;/p&amp;gt;
 &amp;lt;p&amp;gt;&amp;amp;nbsp;&amp;lt;/p&amp;gt;
 &amp;lt;p&amp;gt;&amp;lt;strong&amp;gt;Pla 3D Kalem 3D Yazıcı Uyumlu Filament 100MT&amp;lt;/strong&amp;gt;&amp;lt;/p&amp;gt;
 &amp;lt;p&amp;gt;&amp;lt;strong&amp;gt;3D PRİNTER VE 3D KALEMLER İLE UYUMLUDUR&amp;lt;/strong&amp;gt;&amp;lt;/p&amp;gt;
 &amp;lt;p&amp;gt;Erime sıcaklığı = 195 - 230&amp;lt;/p&amp;gt;
 &amp;lt;p&amp;gt;Filament Çap = 1.75 mm&amp;amp;nbsp;&amp;amp;nbsp;&amp;lt;/p&amp;gt;
 &amp;lt;p&amp;gt;&amp;lt;strong&amp;gt;Paket içerisindeki renk karışık olarak gönderilecektir, 10 renk mevcuttur.&amp;lt;/strong&amp;gt;&amp;lt;/p&amp;gt;
 &amp;lt;p&amp;gt;&amp;amp;nbsp;&amp;lt;/p&amp;gt;
 </t>
         </is>
       </c>
       <c r="F280" s="0" t="n">
-        <v>120</v>
+        <v>150</v>
       </c>
       <c r="G280" s="0" t="n">
         <v>240707163550</v>
       </c>
       <c r="H280" s="0"/>
       <c r="I280" s="0" t="n">
         <v>93</v>
       </c>
       <c r="J280" s="0" t="inlineStr">
         <is>
-          <t>https://www.realtoptan.com/image/catalog/resimler/fla1.jpeg</t>
+          <t>https://www.realtoptan.com/image/catalog/site_resimler/SİTE RESİMLERİ/fila-2.png</t>
         </is>
       </c>
       <c r="K280" s="0" t="inlineStr">
         <is>
+          <t>https://www.realtoptan.com/image/catalog/resimler/fla3.png</t>
+        </is>
+      </c>
+      <c r="L280" s="0" t="inlineStr">
+        <is>
           <t>https://www.realtoptan.com/image/catalog/resimler/fla2.png</t>
-        </is>
-[...3 lines deleted...]
-          <t>https://www.realtoptan.com/image/catalog/resimler/fla3.png</t>
         </is>
       </c>
       <c r="M280" s="0"/>
       <c r="N280" s="0"/>
       <c r="O280" s="0" t="inlineStr">
         <is>
           <t>0.00kg</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="281">
       <c r="A281" s="0" t="n">
         <v>338</v>
       </c>
       <c r="B281" s="0" t="inlineStr">
         <is>
           <t>Koruyucu Su Geçirmez Motosiklet Diz pedi</t>
         </is>
       </c>
       <c r="C281" s="0" t="inlineStr">
         <is>
           <t>HEDİYELİK EŞYA|OTO AKSESUARLARI|KAMP VE OUTDOOR|Yeni Ürünler</t>
         </is>
       </c>
       <c r="D281" s="0" t="inlineStr">
@@ -21078,66 +21199,66 @@
       <c r="E284" s="0" t="inlineStr">
         <is>
           <t>&amp;lt;p&amp;gt;&amp;lt;strong&amp;gt;Hafif ve Dayanıklı:&amp;lt;/strong&amp;gt; Tüy Dökücü Silindir Top, birinci sınıf ABS ve PU malzemelerden yapılmıştır ve uzun süreli kullanım sağlarken kolay kullanım için hafiftir.&amp;lt;br /&amp;gt;
 &amp;lt;strong&amp;gt;Kullanımı Kolay ve Etkili:&amp;lt;/strong&amp;gt; Bunun yeniliği Çok Amaçlı Lint Remover, çeşitli yüzeylerdeki evcil hayvan tüylerini ve tüylerini zahmetsizce çıkararak size ve düzenli bir ortam sunar. kez, israfı azaltır ve sürdürülebilir bir seçim haline getirir.&amp;lt;br /&amp;gt;
 &amp;lt;strong&amp;gt;Evrensel ve Pratik:&amp;lt;/strong&amp;gt; Yapışkan Tiftik Merdane Topu, giysilerden, mobilyalardan ve arabaların iç kısımlarından tüy ve evcil hayvan tüylerini çıkarmak içindir, da onu her evcil hayvan için olmazsa olmaz bir alet haline getirir sahibi.&amp;lt;br /&amp;gt;
 &amp;lt;strong&amp;gt;Her Yere Getir:&amp;lt;/strong&amp;gt; Yapışkan Silindir kompakt ve portatiftir, çantanızda veya el çantanızda taşımayı kolaylaştırır ve hareket halindeyken tüy ve tüyleri almak için her zaman hızlı ve kolay bir çözüme sahip olmanızı sağlar.&amp;lt;br /&amp;gt;
 Renk: pembe, beyaz, yeşil&amp;lt;br /&amp;gt;
 Malzeme: ABS Poliüretan&amp;lt;br /&amp;gt;
 Boyut: Yaklaşık 6,8 x 6,8 x 6,8 cm&amp;lt;br /&amp;gt;
 Ağırlık: yaklaşık 98g&amp;lt;/p&amp;gt;
 </t>
         </is>
       </c>
       <c r="F284" s="0" t="n">
         <v>100</v>
       </c>
       <c r="G284" s="0" t="n">
         <v>240708221202</v>
       </c>
       <c r="H284" s="0"/>
       <c r="I284" s="0" t="n">
         <v>95</v>
       </c>
       <c r="J284" s="0" t="inlineStr">
         <is>
-          <t>https://www.realtoptan.com/image/catalog/resimler/toz.jpg</t>
+          <t>https://www.realtoptan.com/image/catalog/site_resimler/SİTE RESİMLERİ/top-3.png</t>
         </is>
       </c>
       <c r="K284" s="0" t="inlineStr">
         <is>
-          <t>https://www.realtoptan.com/image/catalog/resimler/toz2.jpg</t>
+          <t>https://www.realtoptan.com/image/catalog/site_resimler/SİTE RESİMLERİ/top-2.png</t>
         </is>
       </c>
       <c r="L284" s="0" t="inlineStr">
         <is>
-          <t>https://www.realtoptan.com/image/catalog/resimler/toz3.jpg</t>
+          <t>https://www.realtoptan.com/image/catalog/site_resimler/SİTE RESİMLERİ/top-4.png</t>
         </is>
       </c>
       <c r="M284" s="0" t="inlineStr">
         <is>
-          <t>https://www.realtoptan.com/image/catalog/resimler/toz4.jpg</t>
+          <t>https://www.realtoptan.com/image/catalog/site_resimler/SİTE RESİMLERİ/top-1.png</t>
         </is>
       </c>
       <c r="N284" s="0" t="inlineStr">
         <is>
           <t>https://www.realtoptan.com/image/catalog/resimler/toz5.jpg</t>
         </is>
       </c>
       <c r="O284" s="0" t="inlineStr">
         <is>
           <t>0.00kg</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="285">
       <c r="A285" s="0" t="n">
         <v>342</v>
       </c>
       <c r="B285" s="0" t="inlineStr">
         <is>
           <t>Plaj Şemsiyesi Sabit 180 cm</t>
         </is>
       </c>
       <c r="C285" s="0" t="inlineStr">
         <is>
           <t>KAMP VE OUTDOOR|Yeni Ürünler</t>
@@ -21146,76 +21267,84 @@
       <c r="D285" s="0" t="inlineStr">
         <is>
           <t>KAMP VE OUTDOOR</t>
         </is>
       </c>
       <c r="E285" s="0" t="inlineStr">
         <is>
           <t>&amp;lt;ul&amp;gt;
 	&amp;lt;li&amp;gt;Plaj Deniz Bahçe Balkon Piknik Kamp Güneş Şemsiyesi Katlanır Mavi Beyaz 170 cm Plaj şemsiyesi&amp;lt;/li&amp;gt;
 	&amp;lt;li&amp;gt;1.80 metre gölgelik alanı, katlanır:&amp;lt;/li&amp;gt;
 	&amp;lt;li&amp;gt;ürün ölçüsü: 180cm&amp;lt;/li&amp;gt;
 	&amp;lt;li&amp;gt;Renk-Tema Seçeneği: Mavi Beyaz cizgilli Kumaş, Gökkuşağı, Gün batımı, güneşli gün&amp;lt;/li&amp;gt;
 	&amp;lt;li&amp;gt;İç Dış mekanda Kullanılan Dayanıklı Polyester Kumaş&amp;lt;/li&amp;gt;
 	&amp;lt;li&amp;gt;%100 su ve güneş geçirmez .&amp;lt;/li&amp;gt;
 	&amp;lt;li&amp;gt;8 telli plaj şemsiyesi&amp;lt;/li&amp;gt;
 	&amp;lt;li&amp;gt;Açık: Genişlik: 180 cm&amp;lt;/li&amp;gt;
 	&amp;lt;li&amp;gt;Yükseklik: 180 cm&amp;lt;/li&amp;gt;
 	&amp;lt;li&amp;gt;Kumaş: Polyester 90 gsm güneşten ekstra korumalı kumaştan üretilmiştir.&amp;lt;/li&amp;gt;
 	&amp;lt;li&amp;gt;Şemsiye iskeleti : 3,80 mm çelik tel kullanılmıştır&amp;lt;/li&amp;gt;
 	&amp;lt;li&amp;gt;Şemsiye borusu: 22/25 mm full sert çelik boru&amp;lt;/li&amp;gt;
 &amp;lt;/ul&amp;gt;
 </t>
         </is>
       </c>
       <c r="F285" s="0" t="n">
-        <v>350</v>
+        <v>400</v>
       </c>
       <c r="G285" s="0" t="n">
         <v>240804234522</v>
       </c>
       <c r="H285" s="0"/>
       <c r="I285" s="0" t="n">
-        <v>0</v>
+        <v>1000</v>
       </c>
       <c r="J285" s="0" t="inlineStr">
         <is>
-          <t>https://www.realtoptan.com/image/catalog/resimler/sems3.jpg</t>
+          <t>https://www.realtoptan.com/image/catalog/site_resimler/SİTE RESİMLERİ/sems2.jpg</t>
         </is>
       </c>
       <c r="K285" s="0" t="inlineStr">
         <is>
-          <t>https://www.realtoptan.com/image/catalog/resimler/sems2.jpg</t>
+          <t>https://www.realtoptan.com/image/catalog/site_resimler/SİTE RESİMLERİ/mavisems4.jpeg</t>
         </is>
       </c>
       <c r="L285" s="0" t="inlineStr">
         <is>
-          <t>https://www.realtoptan.com/image/catalog/resimler/sems4.jpg</t>
-[...3 lines deleted...]
-      <c r="N285" s="0"/>
+          <t>https://www.realtoptan.com/image/catalog/site_resimler/SİTE RESİMLERİ/mavisems2.jpeg</t>
+        </is>
+      </c>
+      <c r="M285" s="0" t="inlineStr">
+        <is>
+          <t>https://www.realtoptan.com/image/catalog/site_resimler/SİTE RESİMLERİ/mavisems.jpeg</t>
+        </is>
+      </c>
+      <c r="N285" s="0" t="inlineStr">
+        <is>
+          <t>https://www.realtoptan.com/image/catalog/site_resimler/SİTE RESİMLERİ/yesilsems1.jpg</t>
+        </is>
+      </c>
       <c r="O285" s="0" t="inlineStr">
         <is>
           <t>0.00kg</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="286">
       <c r="A286" s="0" t="n">
         <v>343</v>
       </c>
       <c r="B286" s="0" t="inlineStr">
         <is>
           <t>Şarjlı Sinek Öldürücü Raket</t>
         </is>
       </c>
       <c r="C286" s="0" t="inlineStr">
         <is>
           <t>EV &amp;amp; OFİS ÜRÜNLERİ|TV ÜRÜNLERİ|Yeni Ürünler</t>
         </is>
       </c>
       <c r="D286" s="0" t="inlineStr">
         <is>
           <t>EV &amp;amp; OFİS ÜRÜNLERİ</t>
         </is>
       </c>
@@ -21299,76 +21428,84 @@
           <t>EV &amp;amp; OFİS ÜRÜNLERİ</t>
         </is>
       </c>
       <c r="E287" s="0" t="inlineStr">
         <is>
           <t>&amp;lt;ul&amp;gt;
 	&amp;lt;li&amp;gt;Sivrisinek öldürücü lamba&amp;lt;/li&amp;gt;
 	&amp;lt;li&amp;gt;Etkili menzil yaklaşık: 40 m'2&amp;lt;/li&amp;gt;
 	&amp;lt;li&amp;gt;Güç: 4 Watt&amp;lt;/li&amp;gt;
 	&amp;lt;li&amp;gt;Haşere ilacı olmaksızın sağlıklı, kokusuz ve zehirsiz kullanım&amp;lt;/li&amp;gt;
 	&amp;lt;li&amp;gt;Şık ve yenilikçi tasarım&amp;lt;/li&amp;gt;
 	&amp;lt;li&amp;gt;Özel ışığı sayesinde sivrisinek, karasinek, kelebek gibi haşereleri içine çeker&amp;lt;/li&amp;gt;
 	&amp;lt;li&amp;gt;Siyah ışık tüpü (Ultraviyole ışınları) insanlara zarar vermez&amp;lt;/li&amp;gt;
 	&amp;lt;li&amp;gt;Dış örgü kullanıcıyı iç ızgaraya dokunmaktan korur&amp;lt;/li&amp;gt;
 	&amp;lt;li&amp;gt;Yumuşak ışığı sayesinde rahatsızlık vermeksizin yatak odasında kullanıma uygundur&amp;lt;/li&amp;gt;
 	&amp;lt;li&amp;gt;Düşük enerji tüketimi&amp;lt;/li&amp;gt;
 &amp;lt;/ul&amp;gt;
 &amp;lt;p&amp;gt;&amp;amp;nbsp;&amp;lt;/p&amp;gt;
 &amp;lt;p&amp;gt;&amp;lt;img alt=&amp;quot;Asonic S24 4 Watt Siyah Led Işıklı Sinek Öldürücü Özellikleri&amp;quot; src=&amp;quot;https://www.merterelektronik.com/class/INNOVAEditor/assets/urun-gorselleri/asonic-s24-4-watt-siyah-led-isikli-sinek-oldurucu.jpg&amp;quot; /&amp;gt;&amp;lt;/p&amp;gt;
 &amp;lt;p&amp;gt;&amp;amp;nbsp;&amp;lt;/p&amp;gt;
 &amp;lt;p&amp;gt;&amp;amp;nbsp;&amp;lt;/p&amp;gt;
 </t>
         </is>
       </c>
       <c r="F287" s="0" t="n">
-        <v>200</v>
+        <v>250</v>
       </c>
       <c r="G287" s="0" t="n">
         <v>240804235721</v>
       </c>
       <c r="H287" s="0"/>
       <c r="I287" s="0" t="n">
         <v>78</v>
       </c>
       <c r="J287" s="0" t="inlineStr">
         <is>
-          <t>https://www.realtoptan.com/image/catalog/resimler/kıran1.jpg</t>
+          <t>https://www.realtoptan.com/image/catalog/site_resimler/SİTE RESİMLERİ/cız-1.png</t>
         </is>
       </c>
       <c r="K287" s="0" t="inlineStr">
         <is>
-          <t>https://www.realtoptan.com/image/catalog/resimler/kıran2.jpg</t>
+          <t>https://www.realtoptan.com/image/catalog/site_resimler/SİTE RESİMLERİ/cız-2.png</t>
         </is>
       </c>
       <c r="L287" s="0" t="inlineStr">
         <is>
           <t>https://www.realtoptan.com/image/catalog/resimler/kıran3.png</t>
         </is>
       </c>
-      <c r="M287" s="0"/>
-      <c r="N287" s="0"/>
+      <c r="M287" s="0" t="inlineStr">
+        <is>
+          <t>https://www.realtoptan.com/image/catalog/site_resimler/SİTE RESİMLERİ/cız-4.png</t>
+        </is>
+      </c>
+      <c r="N287" s="0" t="inlineStr">
+        <is>
+          <t>https://www.realtoptan.com/image/catalog/site_resimler/SİTE RESİMLERİ/cız-6.png</t>
+        </is>
+      </c>
       <c r="O287" s="0" t="inlineStr">
         <is>
           <t>0.00kg</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="288">
       <c r="A288" s="0" t="n">
         <v>345</v>
       </c>
       <c r="B288" s="0" t="inlineStr">
         <is>
           <t>Sinek Öldürücü Ampul</t>
         </is>
       </c>
       <c r="C288" s="0" t="inlineStr">
         <is>
           <t>EV &amp;amp; OFİS ÜRÜNLERİ|TV ÜRÜNLERİ|Yeni Ürünler</t>
         </is>
       </c>
       <c r="D288" s="0" t="inlineStr">
         <is>
           <t>EV &amp;amp; OFİS ÜRÜNLERİ</t>
         </is>
       </c>
@@ -21606,1949 +21743,2033 @@
       <c r="H291" s="0"/>
       <c r="I291" s="0" t="n">
         <v>100</v>
       </c>
       <c r="J291" s="0" t="inlineStr">
         <is>
           <t>https://www.realtoptan.com/image/catalog/resimler/elk_pomp1.png</t>
         </is>
       </c>
       <c r="K291" s="0" t="inlineStr">
         <is>
           <t>https://www.realtoptan.com/image/catalog/resimler/elk_pomp2.png</t>
         </is>
       </c>
       <c r="L291" s="0"/>
       <c r="M291" s="0"/>
       <c r="N291" s="0"/>
       <c r="O291" s="0" t="inlineStr">
         <is>
           <t>0.00kg</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="292">
       <c r="A292" s="0" t="n">
+        <v>349</v>
+      </c>
+      <c r="B292" s="0" t="inlineStr">
+        <is>
+          <t>Harley Davidson Matara 5 Oz (147 Ml) İçecek Matarası</t>
+        </is>
+      </c>
+      <c r="C292" s="0" t="inlineStr">
+        <is>
+          <t>EV &amp;amp; OFİS ÜRÜNLERİ|HEDİYELİK EŞYA|TV ÜRÜNLERİ|Yeni Ürünler</t>
+        </is>
+      </c>
+      <c r="D292" s="0" t="inlineStr">
+        <is>
+          <t>EV &amp;amp; OFİS ÜRÜNLERİ</t>
+        </is>
+      </c>
+      <c r="E292" s="0" t="inlineStr">
+        <is>
+          <t>&amp;lt;ul&amp;gt;
+	&amp;lt;li&amp;gt;&amp;amp;nbsp;İçecek matarası birinci sınıf paslanmaz çelikten üretilmiştir. Seyahat edenler şişe taşımaktansa bu şık ürünü taşıyabilirler Dekoratif olarak vitrinlerinizi süsleyebilir. Konyak matarası, içki matarası olarak kullanabilirsiniz. Ürün elde yıkama için uygundur. Şık kutusuyla güzel bir hediye alternatifi.&amp;lt;/li&amp;gt;
+	&amp;lt;li&amp;gt;Ürün yaklaşık 147&amp;amp;nbsp;ml sıvı alır. (5&amp;amp;nbsp;oz)&amp;lt;/li&amp;gt;
+	&amp;lt;li&amp;gt;Sıcak veya soğuk olarak yaklaşık 8 saat muhafaza eder&amp;lt;/li&amp;gt;
+	&amp;lt;li&amp;gt;Ürün Ölçüleri Kutu Ölçüsü: 14x19x4&amp;lt;/li&amp;gt;
+	&amp;lt;li&amp;gt;Matara Ölçüsü: 8x10x2,5&amp;amp;nbsp;&amp;lt;/li&amp;gt;
+&amp;lt;/ul&amp;gt;
+</t>
+        </is>
+      </c>
+      <c r="F292" s="0" t="n">
+        <v>120</v>
+      </c>
+      <c r="G292" s="0" t="n">
+        <v>240805002251</v>
+      </c>
+      <c r="H292" s="0"/>
+      <c r="I292" s="0" t="n">
+        <v>100</v>
+      </c>
+      <c r="J292" s="0" t="inlineStr">
+        <is>
+          <t>https://www.realtoptan.com/image/catalog/resimler/h1.jpg</t>
+        </is>
+      </c>
+      <c r="K292" s="0" t="inlineStr">
+        <is>
+          <t>https://www.realtoptan.com/image/catalog/resimler/h2.jpg</t>
+        </is>
+      </c>
+      <c r="L292" s="0"/>
+      <c r="M292" s="0"/>
+      <c r="N292" s="0"/>
+      <c r="O292" s="0" t="inlineStr">
+        <is>
+          <t>0.00kg</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="293">
+      <c r="A293" s="0" t="n">
         <v>350</v>
       </c>
-      <c r="B292" s="0" t="inlineStr">
+      <c r="B293" s="0" t="inlineStr">
         <is>
           <t>Harley Davidson Matara 6 Oz (177 Ml) İçecek Matarası</t>
         </is>
       </c>
-      <c r="C292" s="0" t="inlineStr">
+      <c r="C293" s="0" t="inlineStr">
         <is>
           <t>EV &amp;amp; OFİS ÜRÜNLERİ|HEDİYELİK EŞYA|TV ÜRÜNLERİ|Yeni Ürünler</t>
         </is>
       </c>
-      <c r="D292" s="0" t="inlineStr">
+      <c r="D293" s="0" t="inlineStr">
         <is>
           <t>EV &amp;amp; OFİS ÜRÜNLERİ</t>
         </is>
       </c>
-      <c r="E292" s="0" t="inlineStr">
+      <c r="E293" s="0" t="inlineStr">
         <is>
           <t>&amp;lt;ul&amp;gt;
 	&amp;lt;li&amp;gt;İçecek matarası birinci sınıf paslanmaz çelikten üretilmiştir. Seyahat edenler şişe taşımaktansa bu şık ürünü taşıyabilirler Dekoratif olarak vitrinlerinizi süsleyebilir. Konyak matarası, içki matarası olarak kullanabilirsiniz. Ürün elde yıkama için uygundur. Şık kutusuyla güzel bir hediye alternatifi.&amp;lt;/li&amp;gt;
 	&amp;lt;li&amp;gt;Ürün yaklaşık 177&amp;amp;nbsp;ml sıvı alır. (6&amp;amp;nbsp;oz)&amp;lt;/li&amp;gt;
 	&amp;lt;li&amp;gt;Sıcak veya soğuk olarak yaklaşık 8 saat muhafaza eder&amp;lt;/li&amp;gt;
 	&amp;lt;li&amp;gt;Ürün Ölçüleri Kutu Ölçüsü: 14x19x4&amp;lt;/li&amp;gt;
 	&amp;lt;li&amp;gt;Matara Ölçüsü: 9x13x2,5&amp;amp;nbsp;&amp;lt;/li&amp;gt;
 &amp;lt;/ul&amp;gt;
 </t>
         </is>
       </c>
-      <c r="F292" s="0" t="n">
+      <c r="F293" s="0" t="n">
         <v>140</v>
       </c>
-      <c r="G292" s="0" t="n">
+      <c r="G293" s="0" t="n">
         <v>240805002657</v>
       </c>
-      <c r="H292" s="0"/>
-      <c r="I292" s="0" t="n">
+      <c r="H293" s="0"/>
+      <c r="I293" s="0" t="n">
         <v>0</v>
       </c>
-      <c r="J292" s="0" t="inlineStr">
+      <c r="J293" s="0" t="inlineStr">
         <is>
           <t>https://www.realtoptan.com/image/catalog/resimler/h1.jpg</t>
         </is>
       </c>
-      <c r="K292" s="0" t="inlineStr">
+      <c r="K293" s="0" t="inlineStr">
         <is>
           <t>https://www.realtoptan.com/image/catalog/resimler/h2.jpg</t>
         </is>
       </c>
-      <c r="L292" s="0"/>
-[...9 lines deleted...]
-      <c r="A293" s="0" t="n">
+      <c r="L293" s="0"/>
+      <c r="M293" s="0"/>
+      <c r="N293" s="0"/>
+      <c r="O293" s="0" t="inlineStr">
+        <is>
+          <t>0.00kg</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="294">
+      <c r="A294" s="0" t="n">
         <v>351</v>
       </c>
-      <c r="B293" s="0" t="inlineStr">
+      <c r="B294" s="0" t="inlineStr">
         <is>
           <t>Harley Davidson Matara 7 Oz (207 Ml) İçecek Matarası</t>
         </is>
       </c>
-      <c r="C293" s="0" t="inlineStr">
+      <c r="C294" s="0" t="inlineStr">
         <is>
           <t>EV &amp;amp; OFİS ÜRÜNLERİ|HEDİYELİK EŞYA|TV ÜRÜNLERİ|KAMP VE OUTDOOR|Yeni Ürünler</t>
         </is>
       </c>
-      <c r="D293" s="0" t="inlineStr">
+      <c r="D294" s="0" t="inlineStr">
         <is>
           <t>EV &amp;amp; OFİS ÜRÜNLERİ</t>
         </is>
       </c>
-      <c r="E293" s="0" t="inlineStr">
+      <c r="E294" s="0" t="inlineStr">
         <is>
           <t>&amp;lt;ul&amp;gt;
 	&amp;lt;li&amp;gt;&amp;amp;nbsp;İçecek matarası birinci sınıf paslanmaz çelikten üretilmiştir. Seyahat edenler şişe taşımaktansa bu şık ürünü taşıyabilirler Dekoratif olarak vitrinlerinizi süsleyebilir. İçecek&amp;amp;nbsp;matarası olarak kullanabilirsiniz. Ürün elde yıkama için uygundur. Şık kutusuyla güzel bir hediye alternatifi.&amp;lt;/li&amp;gt;
 	&amp;lt;li&amp;gt;Ürün yaklaşık 177&amp;amp;nbsp;ml sıvı alır. (7&amp;amp;nbsp;oz)&amp;lt;/li&amp;gt;
 	&amp;lt;li&amp;gt;Sıcak veya soğuk olarak yaklaşık 8 saat muhafaza eder&amp;lt;/li&amp;gt;
 	&amp;lt;li&amp;gt;Ürün Ölçüleri Kutu Ölçüsü: 14x19x4&amp;lt;/li&amp;gt;
 	&amp;lt;li&amp;gt;Matara Ölçüsü: 10x15x2,5&amp;amp;nbsp;&amp;lt;/li&amp;gt;
 &amp;lt;/ul&amp;gt;
 </t>
         </is>
       </c>
-      <c r="F293" s="0" t="n">
+      <c r="F294" s="0" t="n">
         <v>140</v>
       </c>
-      <c r="G293" s="0" t="n">
+      <c r="G294" s="0" t="n">
         <v>240805002810</v>
       </c>
-      <c r="H293" s="0"/>
-      <c r="I293" s="0" t="n">
+      <c r="H294" s="0"/>
+      <c r="I294" s="0" t="n">
         <v>100</v>
       </c>
-      <c r="J293" s="0" t="inlineStr">
+      <c r="J294" s="0" t="inlineStr">
         <is>
           <t>https://www.realtoptan.com/image/catalog/resimler/h1.jpg</t>
         </is>
       </c>
-      <c r="K293" s="0" t="inlineStr">
+      <c r="K294" s="0" t="inlineStr">
         <is>
           <t>https://www.realtoptan.com/image/catalog/resimler/h2.jpg</t>
         </is>
       </c>
-      <c r="L293" s="0"/>
-[...9 lines deleted...]
-      <c r="A294" s="0" t="n">
+      <c r="L294" s="0"/>
+      <c r="M294" s="0"/>
+      <c r="N294" s="0"/>
+      <c r="O294" s="0" t="inlineStr">
+        <is>
+          <t>0.00kg</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="295">
+      <c r="A295" s="0" t="n">
         <v>352</v>
       </c>
-      <c r="B294" s="0" t="inlineStr">
+      <c r="B295" s="0" t="inlineStr">
         <is>
           <t>Harley Davidson Matara 9 Oz (270 Ml) İçecek Matarası</t>
         </is>
       </c>
-      <c r="C294" s="0" t="inlineStr">
+      <c r="C295" s="0" t="inlineStr">
         <is>
           <t>EV &amp;amp; OFİS ÜRÜNLERİ|HEDİYELİK EŞYA|TV ÜRÜNLERİ|Yeni Ürünler</t>
         </is>
       </c>
-      <c r="D294" s="0" t="inlineStr">
+      <c r="D295" s="0" t="inlineStr">
         <is>
           <t>EV &amp;amp; OFİS ÜRÜNLERİ</t>
         </is>
       </c>
-      <c r="E294" s="0" t="inlineStr">
+      <c r="E295" s="0" t="inlineStr">
         <is>
           <t>&amp;lt;ul&amp;gt;
 	&amp;lt;li&amp;gt;&amp;amp;nbsp;İçecek matarası birinci sınıf paslanmaz çelikten üretilmiştir. Seyahat edenler şişe taşımaktansa bu şık ürünü taşıyabilirler Dekoratif olarak vitrinlerinizi süsleyebilir. İçecek matarası olarak kullanabilirsiniz. Ürün elde yıkama için uygundur. Şık kutusuyla güzel bir hediye alternatifi.&amp;lt;/li&amp;gt;
 	&amp;lt;li&amp;gt;Ürün yaklaşık 270 ml sıvı alır. (9&amp;amp;nbsp;oz)&amp;lt;/li&amp;gt;
 	&amp;lt;li&amp;gt;Sıcak veya soğuk olarak yaklaşık 8 saat muhafaza eder&amp;lt;/li&amp;gt;
 	&amp;lt;li&amp;gt;Ürün Ölçüleri Kutu Ölçüsü: 14x19x4&amp;lt;/li&amp;gt;
 	&amp;lt;li&amp;gt;Matara Ölçüsü: 10x15x2,5&amp;amp;nbsp;&amp;lt;/li&amp;gt;
 &amp;lt;/ul&amp;gt;
 </t>
         </is>
       </c>
-      <c r="F294" s="0" t="n">
+      <c r="F295" s="0" t="n">
         <v>160</v>
       </c>
-      <c r="G294" s="0" t="n">
+      <c r="G295" s="0" t="n">
         <v>240805002933</v>
       </c>
-      <c r="H294" s="0"/>
-[...3 lines deleted...]
-      <c r="J294" s="0" t="inlineStr">
+      <c r="H295" s="0"/>
+      <c r="I295" s="0" t="n">
+        <v>0</v>
+      </c>
+      <c r="J295" s="0" t="inlineStr">
         <is>
           <t>https://www.realtoptan.com/image/catalog/resimler/h1.jpg</t>
         </is>
       </c>
-      <c r="K294" s="0" t="inlineStr">
+      <c r="K295" s="0" t="inlineStr">
         <is>
           <t>https://www.realtoptan.com/image/catalog/resimler/h2.jpg</t>
         </is>
       </c>
-      <c r="L294" s="0"/>
-[...9 lines deleted...]
-      <c r="A295" s="0" t="n">
+      <c r="L295" s="0"/>
+      <c r="M295" s="0"/>
+      <c r="N295" s="0"/>
+      <c r="O295" s="0" t="inlineStr">
+        <is>
+          <t>0.00kg</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="296">
+      <c r="A296" s="0" t="n">
         <v>353</v>
       </c>
-      <c r="B295" s="0" t="inlineStr">
+      <c r="B296" s="0" t="inlineStr">
         <is>
           <t>Çelik 5 Oz 147 Ml İçecek Matarası</t>
         </is>
       </c>
-      <c r="C295" s="0" t="inlineStr">
+      <c r="C296" s="0" t="inlineStr">
         <is>
           <t>EV &amp;amp; OFİS ÜRÜNLERİ|HEDİYELİK EŞYA|TV ÜRÜNLERİ|KAMP VE OUTDOOR|Yeni Ürünler</t>
         </is>
       </c>
-      <c r="D295" s="0" t="inlineStr">
+      <c r="D296" s="0" t="inlineStr">
         <is>
           <t>EV &amp;amp; OFİS ÜRÜNLERİ</t>
         </is>
       </c>
-      <c r="E295" s="0" t="inlineStr">
+      <c r="E296" s="0" t="inlineStr">
         <is>
           <t>&amp;lt;p&amp;gt;&amp;lt;strong&amp;gt;Çelik 5 Oz 177 Ml İçecek Matarası&amp;lt;/strong&amp;gt;&amp;lt;/p&amp;gt;
 &amp;lt;ul&amp;gt;
 	&amp;lt;li&amp;gt;5 oz - 147&amp;amp;nbsp;ml hacim.&amp;lt;/li&amp;gt;
 	&amp;lt;li&amp;gt;304 &amp;amp;nbsp;paslanmaz çelik .&amp;lt;/li&amp;gt;
 	&amp;lt;li&amp;gt;Ürünün kapağı plastiktir.&amp;lt;/li&amp;gt;
 	&amp;lt;li&amp;gt;Boyutları 9&amp;amp;nbsp;cm. x 9,5&amp;amp;nbsp;cm. Kalınlık : 2 cm.&amp;lt;/li&amp;gt;
 	&amp;lt;li&amp;gt;Not: Ürünün içini ilk kullanımda mutlaka su koyup çalkalayarak yıkayınız.&amp;lt;/li&amp;gt;
 &amp;lt;/ul&amp;gt;
 </t>
         </is>
       </c>
-      <c r="F295" s="0" t="n">
+      <c r="F296" s="0" t="n">
         <v>90</v>
       </c>
-      <c r="G295" s="0" t="n">
+      <c r="G296" s="0" t="n">
         <v>240805003046</v>
       </c>
-      <c r="H295" s="0"/>
-      <c r="I295" s="0" t="n">
+      <c r="H296" s="0"/>
+      <c r="I296" s="0" t="n">
         <v>0</v>
       </c>
-      <c r="J295" s="0" t="inlineStr">
+      <c r="J296" s="0" t="inlineStr">
         <is>
           <t>https://www.realtoptan.com/image/catalog/resimler/oz.jpg</t>
         </is>
       </c>
-      <c r="K295" s="0" t="inlineStr">
+      <c r="K296" s="0" t="inlineStr">
         <is>
           <t>https://www.realtoptan.com/image/catalog/resimler/oz4.jpg</t>
         </is>
       </c>
-      <c r="L295" s="0" t="inlineStr">
+      <c r="L296" s="0" t="inlineStr">
         <is>
           <t>https://www.realtoptan.com/image/catalog/resimler/oz3.jpg</t>
         </is>
       </c>
-      <c r="M295" s="0" t="inlineStr">
+      <c r="M296" s="0" t="inlineStr">
         <is>
           <t>https://www.realtoptan.com/image/catalog/resimler/oz2.jpg</t>
         </is>
       </c>
-      <c r="N295" s="0"/>
-[...7 lines deleted...]
-      <c r="A296" s="0" t="n">
+      <c r="N296" s="0"/>
+      <c r="O296" s="0" t="inlineStr">
+        <is>
+          <t>0.00kg</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="297">
+      <c r="A297" s="0" t="n">
         <v>354</v>
       </c>
-      <c r="B296" s="0" t="inlineStr">
+      <c r="B297" s="0" t="inlineStr">
         <is>
           <t>Çelik 7 Oz 207 Ml İçecek Matarası</t>
         </is>
       </c>
-      <c r="C296" s="0" t="inlineStr">
+      <c r="C297" s="0" t="inlineStr">
         <is>
           <t>EV &amp;amp; OFİS ÜRÜNLERİ|HEDİYELİK EŞYA|KAMP VE OUTDOOR|Yeni Ürünler</t>
         </is>
       </c>
-      <c r="D296" s="0" t="inlineStr">
+      <c r="D297" s="0" t="inlineStr">
         <is>
           <t>EV &amp;amp; OFİS ÜRÜNLERİ</t>
         </is>
       </c>
-      <c r="E296" s="0" t="inlineStr">
+      <c r="E297" s="0" t="inlineStr">
         <is>
           <t>&amp;lt;p&amp;gt;&amp;lt;strong&amp;gt;Çelik 7 Oz 207 Ml İçecek Matarası&amp;lt;/strong&amp;gt;&amp;lt;/p&amp;gt;
 &amp;lt;ul&amp;gt;
 	&amp;lt;li&amp;gt;7 oz - 207&amp;amp;nbsp;ml hacim.&amp;lt;/li&amp;gt;
 	&amp;lt;li&amp;gt;304 &amp;amp;nbsp;paslanmaz çelik .&amp;lt;/li&amp;gt;
 	&amp;lt;li&amp;gt;Ürünün kapağı plastiktir.&amp;lt;/li&amp;gt;
 	&amp;lt;li&amp;gt;Boyutları 9&amp;amp;nbsp;cm. x 9,5&amp;amp;nbsp;cm. Kalınlık : 2 cm.&amp;lt;/li&amp;gt;
 	&amp;lt;li&amp;gt;Not: Ürünün içini ilk kullanımda mutlaka su koyup çalkalayarak yıkayınız.&amp;lt;/li&amp;gt;
 &amp;lt;/ul&amp;gt;
 </t>
         </is>
       </c>
-      <c r="F296" s="0" t="n">
+      <c r="F297" s="0" t="n">
         <v>110</v>
       </c>
-      <c r="G296" s="0" t="n">
+      <c r="G297" s="0" t="n">
         <v>240805003202</v>
       </c>
-      <c r="H296" s="0"/>
-      <c r="I296" s="0" t="n">
+      <c r="H297" s="0"/>
+      <c r="I297" s="0" t="n">
         <v>0</v>
       </c>
-      <c r="J296" s="0" t="inlineStr">
+      <c r="J297" s="0" t="inlineStr">
         <is>
           <t>https://www.realtoptan.com/image/catalog/resimler/oz.jpg</t>
         </is>
       </c>
-      <c r="K296" s="0" t="inlineStr">
+      <c r="K297" s="0" t="inlineStr">
         <is>
           <t>https://www.realtoptan.com/image/catalog/resimler/oz4.jpg</t>
         </is>
       </c>
-      <c r="L296" s="0" t="inlineStr">
+      <c r="L297" s="0" t="inlineStr">
         <is>
           <t>https://www.realtoptan.com/image/catalog/resimler/oz3.jpg</t>
         </is>
       </c>
-      <c r="M296" s="0" t="inlineStr">
+      <c r="M297" s="0" t="inlineStr">
         <is>
           <t>https://www.realtoptan.com/image/catalog/resimler/oz2.jpg</t>
         </is>
       </c>
-      <c r="N296" s="0"/>
-[...7 lines deleted...]
-      <c r="A297" s="0" t="n">
+      <c r="N297" s="0"/>
+      <c r="O297" s="0" t="inlineStr">
+        <is>
+          <t>0.00kg</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="298">
+      <c r="A298" s="0" t="n">
         <v>355</v>
       </c>
-      <c r="B297" s="0" t="inlineStr">
+      <c r="B298" s="0" t="inlineStr">
         <is>
           <t>Çelik 8 Oz 240 Ml İçecek Matarası</t>
         </is>
       </c>
-      <c r="C297" s="0" t="inlineStr">
+      <c r="C298" s="0" t="inlineStr">
         <is>
           <t>EV &amp;amp; OFİS ÜRÜNLERİ|HEDİYELİK EŞYA|KAMP VE OUTDOOR|Yeni Ürünler</t>
         </is>
       </c>
-      <c r="D297" s="0" t="inlineStr">
+      <c r="D298" s="0" t="inlineStr">
         <is>
           <t>EV &amp;amp; OFİS ÜRÜNLERİ</t>
         </is>
       </c>
-      <c r="E297" s="0" t="inlineStr">
+      <c r="E298" s="0" t="inlineStr">
         <is>
           <t>&amp;lt;p&amp;gt;&amp;lt;strong&amp;gt;Çelik 8 Oz 240 Ml İçecekMatarası&amp;lt;/strong&amp;gt;&amp;lt;/p&amp;gt;
 &amp;lt;ul&amp;gt;
 	&amp;lt;li&amp;gt;8 oz - 240&amp;amp;nbsp;ml hacim.&amp;lt;/li&amp;gt;
 	&amp;lt;li&amp;gt;304 &amp;amp;nbsp;paslanmaz çelik .&amp;lt;/li&amp;gt;
 	&amp;lt;li&amp;gt;Ürünün kapağı plastiktir.&amp;lt;/li&amp;gt;
 	&amp;lt;li&amp;gt;Boyutları 9&amp;amp;nbsp;cm. x 9,5&amp;amp;nbsp;cm. Kalınlık : 2 cm.&amp;lt;/li&amp;gt;
 	&amp;lt;li&amp;gt;Not: Ürünün içini ilk kullanımda mutlaka su koyup çalkalayarak yıkayınız.&amp;lt;/li&amp;gt;
 &amp;lt;/ul&amp;gt;
 </t>
         </is>
       </c>
-      <c r="F297" s="0" t="n">
+      <c r="F298" s="0" t="n">
         <v>120</v>
       </c>
-      <c r="G297" s="0" t="n">
+      <c r="G298" s="0" t="n">
         <v>240805003351</v>
       </c>
-      <c r="H297" s="0"/>
-      <c r="I297" s="0" t="n">
+      <c r="H298" s="0"/>
+      <c r="I298" s="0" t="n">
         <v>0</v>
       </c>
-      <c r="J297" s="0" t="inlineStr">
+      <c r="J298" s="0" t="inlineStr">
         <is>
           <t>https://www.realtoptan.com/image/catalog/resimler/oz.jpg</t>
         </is>
       </c>
-      <c r="K297" s="0" t="inlineStr">
+      <c r="K298" s="0" t="inlineStr">
         <is>
           <t>https://www.realtoptan.com/image/catalog/resimler/oz4.jpg</t>
         </is>
       </c>
-      <c r="L297" s="0" t="inlineStr">
+      <c r="L298" s="0" t="inlineStr">
         <is>
           <t>https://www.realtoptan.com/image/catalog/resimler/oz3.jpg</t>
         </is>
       </c>
-      <c r="M297" s="0" t="inlineStr">
+      <c r="M298" s="0" t="inlineStr">
         <is>
           <t>https://www.realtoptan.com/image/catalog/resimler/oz2.jpg</t>
         </is>
       </c>
-      <c r="N297" s="0"/>
-[...7 lines deleted...]
-      <c r="A298" s="0" t="n">
+      <c r="N298" s="0"/>
+      <c r="O298" s="0" t="inlineStr">
+        <is>
+          <t>0.00kg</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="299">
+      <c r="A299" s="0" t="n">
         <v>356</v>
       </c>
-      <c r="B298" s="0" t="inlineStr">
+      <c r="B299" s="0" t="inlineStr">
         <is>
           <t>Çelik 9 Oz 277 Ml İçecek Matarası</t>
         </is>
       </c>
-      <c r="C298" s="0" t="inlineStr">
+      <c r="C299" s="0" t="inlineStr">
         <is>
           <t>EV &amp;amp; OFİS ÜRÜNLERİ|HEDİYELİK EŞYA|KAMP VE OUTDOOR|Yeni Ürünler</t>
         </is>
       </c>
-      <c r="D298" s="0" t="inlineStr">
+      <c r="D299" s="0" t="inlineStr">
         <is>
           <t>EV &amp;amp; OFİS ÜRÜNLERİ</t>
         </is>
       </c>
-      <c r="E298" s="0" t="inlineStr">
+      <c r="E299" s="0" t="inlineStr">
         <is>
           <t>&amp;lt;p&amp;gt;&amp;lt;strong&amp;gt;Çelik 9 Oz 277 Ml İçecekMatarası&amp;lt;/strong&amp;gt;&amp;lt;/p&amp;gt;
 &amp;lt;ul&amp;gt;
 	&amp;lt;li&amp;gt;9 oz - 277&amp;amp;nbsp;ml hacim.&amp;lt;/li&amp;gt;
 	&amp;lt;li&amp;gt;304 &amp;amp;nbsp;paslanmaz çelik .&amp;lt;/li&amp;gt;
 	&amp;lt;li&amp;gt;Ürünün kapağı plastiktir.&amp;lt;/li&amp;gt;
 	&amp;lt;li&amp;gt;Boyutları 9&amp;amp;nbsp;cm. x 9,5&amp;amp;nbsp;cm. Kalınlık : 2 cm.&amp;lt;/li&amp;gt;
 	&amp;lt;li&amp;gt;Not: Ürünün içini ilk kullanımda mutlaka su koyup çalkalayarak yıkayınız.&amp;lt;/li&amp;gt;
 &amp;lt;/ul&amp;gt;
 </t>
         </is>
       </c>
-      <c r="F298" s="0" t="n">
+      <c r="F299" s="0" t="n">
         <v>130</v>
       </c>
-      <c r="G298" s="0" t="n">
+      <c r="G299" s="0" t="n">
         <v>240805003351</v>
       </c>
-      <c r="H298" s="0"/>
-      <c r="I298" s="0" t="n">
+      <c r="H299" s="0"/>
+      <c r="I299" s="0" t="n">
         <v>0</v>
       </c>
-      <c r="J298" s="0" t="inlineStr">
+      <c r="J299" s="0" t="inlineStr">
         <is>
           <t>https://www.realtoptan.com/image/catalog/resimler/oz.jpg</t>
         </is>
       </c>
-      <c r="K298" s="0" t="inlineStr">
+      <c r="K299" s="0" t="inlineStr">
         <is>
           <t>https://www.realtoptan.com/image/catalog/resimler/oz2.jpg</t>
         </is>
       </c>
-      <c r="L298" s="0" t="inlineStr">
+      <c r="L299" s="0" t="inlineStr">
         <is>
           <t>https://www.realtoptan.com/image/catalog/resimler/oz3.jpg</t>
         </is>
       </c>
-      <c r="M298" s="0" t="inlineStr">
+      <c r="M299" s="0" t="inlineStr">
         <is>
           <t>https://www.realtoptan.com/image/catalog/resimler/oz4.jpg</t>
         </is>
       </c>
-      <c r="N298" s="0"/>
-[...7 lines deleted...]
-      <c r="A299" s="0" t="n">
+      <c r="N299" s="0"/>
+      <c r="O299" s="0" t="inlineStr">
+        <is>
+          <t>0.00kg</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="300">
+      <c r="A300" s="0" t="n">
         <v>357</v>
       </c>
-      <c r="B299" s="0" t="inlineStr">
+      <c r="B300" s="0" t="inlineStr">
         <is>
           <t>Harley Davidson Matara 5 Oz (147 Ml) İçecek Viski Konyak Matarası</t>
         </is>
       </c>
-      <c r="C299" s="0" t="inlineStr">
+      <c r="C300" s="0" t="inlineStr">
         <is>
           <t>EV &amp;amp; OFİS ÜRÜNLERİ|HEDİYELİK EŞYA|TV ÜRÜNLERİ|Yeni Ürünler</t>
         </is>
       </c>
-      <c r="D299" s="0" t="inlineStr">
+      <c r="D300" s="0" t="inlineStr">
         <is>
           <t>EV &amp;amp; OFİS ÜRÜNLERİ</t>
         </is>
       </c>
-      <c r="E299" s="0" t="inlineStr">
+      <c r="E300" s="0" t="inlineStr">
         <is>
           <t>&amp;lt;ul&amp;gt;
 	&amp;lt;li&amp;gt;&amp;amp;nbsp;Konyak matarası birinci sınıf paslanmaz çelikten üretilmiştir. Seyahat edenler şişe taşımaktansa bu şık ürünü taşıyabilirler Dekoratif olarak vitrinlerinizi süsleyebilir. İçecek matarası olarak kullanabilirsiniz. Ürün elde yıkama için uygundur. Şık kutusuyla güzel bir hediye alternatifi.&amp;lt;/li&amp;gt;
 	&amp;lt;li&amp;gt;Ürün yaklaşık 147&amp;amp;nbsp;ml sıvı alır. (5&amp;amp;nbsp;oz)&amp;lt;/li&amp;gt;
 	&amp;lt;li&amp;gt;Sıcak veya soğuk olarak yaklaşık 8 saat muhafaza eder&amp;lt;/li&amp;gt;
 	&amp;lt;li&amp;gt;Ürün Ölçüleri Kutu Ölçüsü: 14x19x4&amp;lt;/li&amp;gt;
 	&amp;lt;li&amp;gt;Matara Ölçüsü: 10x15x2,5&amp;amp;nbsp;&amp;lt;/li&amp;gt;
 &amp;lt;/ul&amp;gt;
 </t>
         </is>
       </c>
-      <c r="F299" s="0" t="n">
+      <c r="F300" s="0" t="n">
         <v>120</v>
       </c>
-      <c r="G299" s="0" t="n">
+      <c r="G300" s="0" t="n">
         <v>240805002933</v>
       </c>
-      <c r="H299" s="0"/>
-      <c r="I299" s="0" t="n">
+      <c r="H300" s="0"/>
+      <c r="I300" s="0" t="n">
         <v>99</v>
       </c>
-      <c r="J299" s="0" t="inlineStr">
+      <c r="J300" s="0" t="inlineStr">
         <is>
           <t>https://www.realtoptan.com/image/catalog/resimler/h1.jpg</t>
         </is>
       </c>
-      <c r="K299" s="0" t="inlineStr">
+      <c r="K300" s="0" t="inlineStr">
         <is>
           <t>https://www.realtoptan.com/image/catalog/resimler/h2.jpg</t>
         </is>
       </c>
-      <c r="L299" s="0"/>
-[...9 lines deleted...]
-      <c r="A300" s="0" t="n">
+      <c r="L300" s="0"/>
+      <c r="M300" s="0"/>
+      <c r="N300" s="0"/>
+      <c r="O300" s="0" t="inlineStr">
+        <is>
+          <t>0.00kg</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="301">
+      <c r="A301" s="0" t="n">
         <v>358</v>
       </c>
-      <c r="B300" s="0" t="inlineStr">
+      <c r="B301" s="0" t="inlineStr">
         <is>
           <t>5 Parça Kokteyl Hazırlama Seti 550 Ml</t>
         </is>
       </c>
-      <c r="C300" s="0" t="inlineStr">
+      <c r="C301" s="0" t="inlineStr">
         <is>
           <t>HEDİYELİK EŞYA|Yeni Ürünler</t>
         </is>
       </c>
-      <c r="D300" s="0" t="inlineStr">
+      <c r="D301" s="0" t="inlineStr">
         <is>
           <t>HEDİYELİK EŞYA</t>
         </is>
       </c>
-      <c r="E300" s="0" t="inlineStr">
+      <c r="E301" s="0" t="inlineStr">
         <is>
           <t>&amp;lt;p&amp;gt;5 Parça Kokteyl Hazırlama Seti&amp;lt;/p&amp;gt;
 &amp;lt;ul&amp;gt;
 	&amp;lt;li&amp;gt;Kokteyl seti tüm gerekli araçlara sahiptir,&amp;lt;/li&amp;gt;
 	&amp;lt;li&amp;gt;1 * 550ml Shaker&amp;lt;/li&amp;gt;
 	&amp;lt;li&amp;gt;1 * Maşa,&amp;lt;/li&amp;gt;
 	&amp;lt;li&amp;gt;1 * Süzgeç,&amp;lt;/li&amp;gt;
 	&amp;lt;li&amp;gt;1 * 20 / 40ml Jigger&amp;lt;/li&amp;gt;
 	&amp;lt;li&amp;gt;1* Karıştırıcı (18cm)&amp;lt;/li&amp;gt;
 	&amp;lt;li&amp;gt;Pürüzsüz ve yuvarlak kenarlı bu set cam bardağınızı çizmez veya içerken size zarar vermez.&amp;lt;/li&amp;gt;
 	&amp;lt;li&amp;gt;Zararlı kimyasalları sızdırmayan ve içeceklerinizin aromasını etkilemeyen 304 paslanmaz çelik içerir.&amp;lt;/li&amp;gt;
 	&amp;lt;li&amp;gt;Kolayca yıkayabilir ve parlaklığını koruyabilirsiniz.&amp;lt;/li&amp;gt;
 	&amp;lt;li&amp;gt;İyi bir dayanıklılıkla emilim ve renk solmasını önler.&amp;lt;/li&amp;gt;
 &amp;lt;/ul&amp;gt;
 </t>
         </is>
       </c>
-      <c r="F300" s="0" t="n">
+      <c r="F301" s="0" t="n">
         <v>500</v>
       </c>
-      <c r="G300" s="0" t="n">
+      <c r="G301" s="0" t="n">
         <v>240906174745</v>
       </c>
-      <c r="H300" s="0"/>
-      <c r="I300" s="0" t="n">
+      <c r="H301" s="0"/>
+      <c r="I301" s="0" t="n">
         <v>99</v>
       </c>
-      <c r="J300" s="0" t="inlineStr">
-[...15 lines deleted...]
-      <c r="A301" s="0" t="n">
+      <c r="J301" s="0" t="inlineStr">
+        <is>
+          <t>https://www.realtoptan.com/image/catalog/site_resimler/SİTE RESİMLERİ/kokteyl_44.png</t>
+        </is>
+      </c>
+      <c r="K301" s="0" t="inlineStr">
+        <is>
+          <t>https://www.realtoptan.com/image/catalog/site_resimler/SİTE RESİMLERİ/kokteyl_33.png</t>
+        </is>
+      </c>
+      <c r="L301" s="0" t="inlineStr">
+        <is>
+          <t>https://www.realtoptan.com/image/catalog/site_resimler/SİTE RESİMLERİ/kokteyl_22.png</t>
+        </is>
+      </c>
+      <c r="M301" s="0" t="inlineStr">
+        <is>
+          <t>https://www.realtoptan.com/image/catalog/site_resimler/SİTE RESİMLERİ/kokteyl-1.png</t>
+        </is>
+      </c>
+      <c r="N301" s="0" t="inlineStr">
+        <is>
+          <t>https://www.realtoptan.com/image/catalog/site_resimler/SİTE RESİMLERİ/kokteyl-3.png</t>
+        </is>
+      </c>
+      <c r="O301" s="0" t="inlineStr">
+        <is>
+          <t>0.00kg</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="302">
+      <c r="A302" s="0" t="n">
         <v>359</v>
       </c>
-      <c r="B301" s="0" t="inlineStr">
+      <c r="B302" s="0" t="inlineStr">
         <is>
           <t>Çok Fonksiyonlu Şarj Edilebilir 3 Parça Araç Süpürgesi</t>
         </is>
       </c>
-      <c r="C301" s="0" t="inlineStr">
+      <c r="C302" s="0" t="inlineStr">
         <is>
           <t>EV &amp;amp; OFİS ÜRÜNLERİ|OTO AKSESUARLARI|Yeni Ürünler</t>
         </is>
       </c>
-      <c r="D301" s="0" t="inlineStr">
+      <c r="D302" s="0" t="inlineStr">
         <is>
           <t>EV &amp;amp; OFİS ÜRÜNLERİ</t>
         </is>
       </c>
-      <c r="E301" s="0" t="inlineStr">
+      <c r="E302" s="0" t="inlineStr">
         <is>
           <t>&amp;lt;p&amp;gt;&amp;lt;strong&amp;gt;Hafif ve Güçlü Çalışma:&amp;lt;/strong&amp;gt; Kompakt tasarım, hafif ve elde taşınabilir ve güçlü emiş ve üfleyici toz toplayıcı. Çıkış gücü 120W süper güç motoru olup&amp;amp;nbsp; 6000/4500 pa'ya kadar güçlü emiş sağlar,&amp;lt;br /&amp;gt;
 Hafiftir sadece 340g.&amp;lt;br /&amp;gt;
 &amp;lt;strong&amp;gt;Geniş Kullanım: &amp;lt;/strong&amp;gt;Arabada Elektrikli Süpürgesi, bilgisayar temizleyici, üfleyici, dizüstü bilgisayar temizleyici, masaüstü elektrik süpürgesi, araba, piyano, evcil hayvan evi, ofis masası temizliği vb. için el elektrikli süpürgesi olarak kullanılabilir. Her türlü çöp ve derinlemesine temizlik için iki başlık stile sahiptir.&amp;lt;br /&amp;gt;
 &amp;lt;strong&amp;gt;Kablosuz şarj edilebilir: &amp;lt;/strong&amp;gt;USB ile şarj edilebilir, Dahili 1200/4000Amh piller, 38000RPM/42000RPM'ye kadar motor hızı, hızlı şarj teknolojisi içerir.&amp;lt;br /&amp;gt;
 Yaklaşık 15-20 dakika sürekli çalışma süresi sağlayabilir, bu da evinizin/ofisinizin/arabanızın çoğu alanıyla başa çıkmak için yeterlidir.&amp;lt;br /&amp;gt;
 &amp;lt;strong&amp;gt;Renk Seçenekleri: &amp;lt;/strong&amp;gt;Kül Grisi, Haki Yeşil&amp;lt;/p&amp;gt;
 </t>
         </is>
       </c>
-      <c r="F301" s="0" t="n">
+      <c r="F302" s="0" t="n">
         <v>250</v>
       </c>
-      <c r="G301" s="0" t="n">
+      <c r="G302" s="0" t="n">
         <v>240906180238</v>
       </c>
-      <c r="H301" s="0"/>
-      <c r="I301" s="0" t="n">
+      <c r="H302" s="0"/>
+      <c r="I302" s="0" t="n">
         <v>0</v>
       </c>
-      <c r="J301" s="0" t="inlineStr">
+      <c r="J302" s="0" t="inlineStr">
         <is>
           <t>https://www.realtoptan.com/image/catalog/resimler/supurge4.png</t>
         </is>
       </c>
-      <c r="K301" s="0" t="inlineStr">
+      <c r="K302" s="0" t="inlineStr">
         <is>
           <t>https://www.realtoptan.com/image/catalog/resimler/supurge4.png</t>
         </is>
       </c>
-      <c r="L301" s="0" t="inlineStr">
+      <c r="L302" s="0" t="inlineStr">
         <is>
           <t>https://www.realtoptan.com/image/catalog/resimler/supurge2.png</t>
         </is>
       </c>
-      <c r="M301" s="0"/>
-[...8 lines deleted...]
-      <c r="A302" s="0" t="n">
+      <c r="M302" s="0"/>
+      <c r="N302" s="0"/>
+      <c r="O302" s="0" t="inlineStr">
+        <is>
+          <t>0.00kg</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="303">
+      <c r="A303" s="0" t="n">
         <v>360</v>
       </c>
-      <c r="B302" s="0" t="inlineStr">
+      <c r="B303" s="0" t="inlineStr">
         <is>
           <t>Squat Pilates Studio Evde Spor Egzersiz Çubuğu Squat Pilates Barı </t>
         </is>
       </c>
-      <c r="C302" s="0" t="inlineStr">
+      <c r="C303" s="0" t="inlineStr">
         <is>
           <t>KİŞİSEL BAKIM|TV ÜRÜNLERİ|Yeni Ürünler</t>
         </is>
       </c>
-      <c r="D302" s="0" t="inlineStr">
+      <c r="D303" s="0" t="inlineStr">
         <is>
           <t>KİŞİSEL BAKIM</t>
         </is>
       </c>
-      <c r="E302" s="0" t="inlineStr">
+      <c r="E303" s="0" t="inlineStr">
         <is>
           <t>&amp;lt;p&amp;gt;&amp;amp;nbsp;&amp;lt;/p&amp;gt;
 &amp;lt;p&amp;gt;Pilates Studio Jimnastik Çubuğu, 90 cm uzunluğundaki bar ve 2 adet direnç lastiğinden oluşan multi-fonksiyonel bir spor aletidir.&amp;lt;br /&amp;gt;
 Çok yönlü çalışma programları ile tüm vücut kas grupları çalıştırılabilir.&amp;lt;br /&amp;gt;
 Farklı boy ve kiloya sahip kullanıcılar için uygundur.&amp;lt;br /&amp;gt;
 Portable Pilates Studio Jimnastik Çubuğu ile kalori yakabilir, kaslarınızı sıkılaştırabilir bu sayede iyi birgörünüme kavuşabilirsiniz.&amp;lt;br /&amp;gt;
 Portable Pilates Studio Jimnastik Çubuğu Set İçeriği:1 Adet El Tutamaklı Çift Lastikli Metal Bar,1 Adet Uygulamalı Tanıtma ve Kullanma Kılavuzu Set içeriğinde hazır egzersiz programı bulunmaktadır.&amp;lt;br /&amp;gt;
 Dilerseniz bu programı kullanabilir veya kendinize özel egzersiz programları tasarlayabilirsiniz.&amp;lt;/p&amp;gt;
 &amp;lt;p&amp;gt;Renk Seçeneği: Mor&amp;lt;/p&amp;gt;
 </t>
         </is>
       </c>
-      <c r="F302" s="0" t="n">
+      <c r="F303" s="0" t="n">
         <v>150</v>
       </c>
-      <c r="G302" s="0" t="n">
+      <c r="G303" s="0" t="n">
         <v>240906182740</v>
       </c>
-      <c r="H302" s="0"/>
-      <c r="I302" s="0" t="n">
+      <c r="H303" s="0"/>
+      <c r="I303" s="0" t="n">
         <v>0</v>
       </c>
-      <c r="J302" s="0" t="inlineStr">
+      <c r="J303" s="0" t="inlineStr">
         <is>
           <t>https://www.realtoptan.com/image/catalog/resimler/plates.png</t>
         </is>
       </c>
-      <c r="K302" s="0" t="inlineStr">
+      <c r="K303" s="0" t="inlineStr">
         <is>
           <t>https://www.realtoptan.com/image/catalog/resimler/plates2.png</t>
         </is>
       </c>
-      <c r="L302" s="0" t="inlineStr">
+      <c r="L303" s="0" t="inlineStr">
         <is>
           <t>https://www.realtoptan.com/image/catalog/resimler/plates3.png</t>
         </is>
       </c>
-      <c r="M302" s="0" t="inlineStr">
+      <c r="M303" s="0" t="inlineStr">
         <is>
           <t>https://www.realtoptan.com/image/catalog/resimler/plates4.png</t>
         </is>
       </c>
-      <c r="N302" s="0"/>
-[...7 lines deleted...]
-      <c r="A303" s="0" t="n">
+      <c r="N303" s="0"/>
+      <c r="O303" s="0" t="inlineStr">
+        <is>
+          <t>0.00kg</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="304">
+      <c r="A304" s="0" t="n">
         <v>361</v>
       </c>
-      <c r="B303" s="0" t="inlineStr">
+      <c r="B304" s="0" t="inlineStr">
         <is>
           <t>Clean Step Mat Yıkanabilir Mikrofiber Kir Toz Emici Iç-dış Ortam Paspas</t>
         </is>
       </c>
-      <c r="C303" s="0" t="inlineStr">
+      <c r="C304" s="0" t="inlineStr">
         <is>
           <t>EV &amp;amp; OFİS ÜRÜNLERİ|Yeni Ürünler</t>
         </is>
       </c>
-      <c r="D303" s="0" t="inlineStr">
+      <c r="D304" s="0" t="inlineStr">
         <is>
           <t>EV &amp;amp; OFİS ÜRÜNLERİ</t>
         </is>
       </c>
-      <c r="E303" s="0" t="inlineStr">
+      <c r="E304" s="0" t="inlineStr">
         <is>
           <t>&amp;lt;h2&amp;gt;&amp;lt;strong&amp;gt;Çamaşır Makinesinde Yıkanabilir Kir Toz Emici Mikrofiberli Paspas&amp;lt;/strong&amp;gt;&amp;lt;/h2&amp;gt;
 &amp;lt;p&amp;gt;&amp;lt;strong&amp;gt;Clean Step Mat Paspas,&amp;lt;/strong&amp;gt;&amp;amp;nbsp;tüm kir koşullarına karşı özel olarak süper emici özelliğiyle üretilmiştir Çamur, toz, ağır kir, yağmur suyu, kar ve tüm kirli etkenleri&amp;amp;nbsp;&amp;lt;strong&amp;gt;Clean Step Mat&amp;lt;/strong&amp;gt;&amp;amp;nbsp;bir adımda temizler&amp;lt;strong&amp;gt;&amp;amp;nbsp;Clean Step Mat&amp;lt;/strong&amp;gt;, hiçbir şekilde sızıntı yapmaz emici lifler sayesinde suyu içine hapseder.&amp;lt;br /&amp;gt;
 &amp;amp;nbsp;&amp;lt;/p&amp;gt;
 &amp;lt;p&amp;gt;&amp;lt;strong&amp;gt;Clean Step Çamaşır Makinesinde Yıkanabilir Paspas&amp;lt;/strong&amp;gt;ı istediğiniz zaman çamaşır makinesinde bozulma, yıpranma olmadan rahatlıkla yıkayabilirsiniz,&amp;amp;nbsp;&amp;lt;strong&amp;gt;Clean Step Mikrofiberli Mat paspas&amp;lt;/strong&amp;gt;&amp;amp;nbsp;hızlı kuruma özelliğiyle kısa sürede Clean Step Mat Paspası&amp;amp;nbsp;kullanmaya devam edebilirsiniz&amp;amp;nbsp;Clean Çamur Kir Temizleyici Paspas&amp;amp;nbsp;özel lateks esnek taban hiçbir şekilde kaymaz tüm zeminlere muhteşem tutunma özelliğiyle sabit olarak durur&amp;lt;br /&amp;gt;
 &amp;lt;br /&amp;gt;
 &amp;lt;strong&amp;gt;Clean Step&amp;amp;nbsp;Lateks Kaymaz Tabanlı Paspas&amp;amp;nbsp;&amp;lt;/strong&amp;gt;her yerde kullanabilirsiniz; kapı önlerinde, bina girişlerinde, araç içinde, evinizde, banyonuzda dilediğiniz her yerde&amp;lt;/p&amp;gt;
 &amp;lt;h2&amp;gt;&amp;lt;br /&amp;gt;
 &amp;lt;strong&amp;gt;Lateks Kaymaz Tabanlı Yıkanabilir Çamur Kir Temizleyici Paspas Özellikleri:&amp;lt;/strong&amp;gt;&amp;lt;/h2&amp;gt;
 &amp;lt;ul&amp;gt;
 	&amp;lt;li&amp;gt;
 	&amp;lt;p&amp;gt;Clean Step Mat, %55 cotton %45 microfiber’den üretilmiştir&amp;lt;/p&amp;gt;
 	&amp;lt;/li&amp;gt;
 	&amp;lt;li&amp;gt;
 	&amp;lt;p&amp;gt;Clean Step Mat ebatlar 45 cm x 70 cm’dir&amp;lt;/p&amp;gt;
 	&amp;lt;/li&amp;gt;
 	&amp;lt;li&amp;gt;
 	&amp;lt;p&amp;gt;Renk : Krem&amp;lt;/p&amp;gt;
 	&amp;lt;/li&amp;gt;
 &amp;lt;/ul&amp;gt;
 </t>
         </is>
       </c>
-      <c r="F303" s="0" t="n">
+      <c r="F304" s="0" t="n">
         <v>80</v>
       </c>
-      <c r="G303" s="0" t="n">
+      <c r="G304" s="0" t="n">
         <v>240930131825</v>
       </c>
-      <c r="H303" s="0"/>
-      <c r="I303" s="0" t="n">
+      <c r="H304" s="0"/>
+      <c r="I304" s="0" t="n">
         <v>43</v>
       </c>
-      <c r="J303" s="0" t="inlineStr">
+      <c r="J304" s="0" t="inlineStr">
         <is>
           <t>https://www.realtoptan.com/image/catalog/resimler/paspas.jpg</t>
         </is>
       </c>
-      <c r="K303" s="0" t="inlineStr">
+      <c r="K304" s="0" t="inlineStr">
         <is>
           <t>https://www.realtoptan.com/image/catalog/resimler/paspas2.jpg</t>
         </is>
       </c>
-      <c r="L303" s="0" t="inlineStr">
+      <c r="L304" s="0" t="inlineStr">
         <is>
           <t>https://www.realtoptan.com/image/catalog/resimler/paspas3.jpg</t>
         </is>
       </c>
-      <c r="M303" s="0" t="inlineStr">
+      <c r="M304" s="0" t="inlineStr">
         <is>
           <t>https://www.realtoptan.com/image/catalog/resimler/paspas4.jpg</t>
         </is>
       </c>
-      <c r="N303" s="0"/>
-[...7 lines deleted...]
-      <c r="A304" s="0" t="n">
+      <c r="N304" s="0"/>
+      <c r="O304" s="0" t="inlineStr">
+        <is>
+          <t>0.00kg</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="305">
+      <c r="A305" s="0" t="n">
         <v>362</v>
       </c>
-      <c r="B304" s="0" t="inlineStr">
+      <c r="B305" s="0" t="inlineStr">
         <is>
           <t>Kıyma ve Salça Çekme Makinesi</t>
         </is>
       </c>
-      <c r="C304" s="0" t="inlineStr">
+      <c r="C305" s="0" t="inlineStr">
         <is>
           <t>EV &amp;amp; OFİS ÜRÜNLERİ|MUTFAK ÜRÜNLERİ|TV ÜRÜNLERİ|Yeni Ürünler</t>
         </is>
       </c>
-      <c r="D304" s="0" t="inlineStr">
+      <c r="D305" s="0" t="inlineStr">
         <is>
           <t>EV &amp;amp; OFİS ÜRÜNLERİ</t>
         </is>
       </c>
-      <c r="E304" s="0" t="inlineStr">
+      <c r="E305" s="0" t="inlineStr">
         <is>
           <t>&amp;lt;p&amp;gt;&amp;lt;strong&amp;gt;Ürün&amp;amp;nbsp;&amp;lt;/strong&amp;gt;&amp;lt;strong&amp;gt;Özellikleri&amp;lt;/strong&amp;gt;:&amp;lt;br /&amp;gt;
 Ev yapımı köfte, sosis vb. için sığır eti kıyabilirsiniz.&amp;lt;br /&amp;gt;
 Tavuk, hindi, balık, geyik eti gibi etleri kıyabilirsiniz.&amp;lt;br /&amp;gt;
 Penne, tagliatelle, fusilli ,spiral ve spagetti vb. makarna yapabilirsiniz.&amp;lt;br /&amp;gt;
 Kompakt ve Taşınabilir.&amp;lt;br /&amp;gt;
 Kolay temizlenir.&amp;lt;/p&amp;gt;
 &amp;lt;p&amp;gt;&amp;lt;strong&amp;gt;Kutu İçeriği:&amp;lt;/strong&amp;gt;&amp;lt;br /&amp;gt;
 Bir sosis hunisi&amp;lt;br /&amp;gt;
 Paslanmaz çelik bıçaklar&amp;lt;br /&amp;gt;
 Kaba kıyma plakası&amp;lt;br /&amp;gt;
 İnce kıyma plakası&amp;lt;/p&amp;gt;
 </t>
         </is>
       </c>
-      <c r="F304" s="0" t="n">
+      <c r="F305" s="0" t="n">
         <v>300</v>
       </c>
-      <c r="G304" s="0" t="n">
+      <c r="G305" s="0" t="n">
         <v>240930134354</v>
       </c>
-      <c r="H304" s="0"/>
-      <c r="I304" s="0" t="n">
+      <c r="H305" s="0"/>
+      <c r="I305" s="0" t="n">
         <v>0</v>
       </c>
-      <c r="J304" s="0" t="inlineStr">
+      <c r="J305" s="0" t="inlineStr">
         <is>
           <t>https://www.realtoptan.com/image/catalog/resimler/kıyma.jpg</t>
         </is>
       </c>
-      <c r="K304" s="0" t="inlineStr">
+      <c r="K305" s="0" t="inlineStr">
         <is>
           <t>https://www.realtoptan.com/image/catalog/resimler/kıyma2.jpg</t>
         </is>
       </c>
-      <c r="L304" s="0" t="inlineStr">
+      <c r="L305" s="0" t="inlineStr">
         <is>
           <t>https://www.realtoptan.com/image/catalog/resimler/kıyma3.jpg</t>
         </is>
       </c>
-      <c r="M304" s="0"/>
-[...8 lines deleted...]
-      <c r="A305" s="0" t="n">
+      <c r="M305" s="0"/>
+      <c r="N305" s="0"/>
+      <c r="O305" s="0" t="inlineStr">
+        <is>
+          <t>0.00kg</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="306">
+      <c r="A306" s="0" t="n">
         <v>363</v>
       </c>
-      <c r="B305" s="0" t="inlineStr">
+      <c r="B306" s="0" t="inlineStr">
         <is>
           <t>Pratik Duş Masaj Seti Spin Spa</t>
         </is>
       </c>
-      <c r="C305" s="0" t="inlineStr">
+      <c r="C306" s="0" t="inlineStr">
         <is>
           <t>KİŞİSEL BAKIM|TV ÜRÜNLERİ|Yeni Ürünler</t>
         </is>
       </c>
-      <c r="D305" s="0" t="inlineStr">
+      <c r="D306" s="0" t="inlineStr">
         <is>
           <t>KİŞİSEL BAKIM</t>
         </is>
       </c>
-      <c r="E305" s="0" t="inlineStr">
+      <c r="E306" s="0" t="inlineStr">
         <is>
           <t>&amp;lt;p&amp;gt;&amp;lt;strong&amp;gt;Spin Spa Duş ve Vücut Masaj Seti&amp;lt;/strong&amp;gt;&amp;lt;/p&amp;gt;
 &amp;lt;p&amp;gt;-Spin spa elektronik duş fırçası seti Vücudunuzdaki ölü deriyi atmanızı sağlayacak.&amp;lt;br /&amp;gt;
 &amp;lt;br /&amp;gt;
 -Spin spa ile spa merkezlerinde aldığınız hizmeti evinize taşıyacaksınız.&amp;lt;br /&amp;gt;
 &amp;lt;br /&amp;gt;
 -Her gün spa keyfini yaşamanızı sağlayacak setle kusursuz görünüme kavuşacak, günün yorgunluğunu atacaksınız.&amp;lt;br /&amp;gt;
 &amp;lt;br /&amp;gt;
 -Özellikler Günlük temizliğiniz için de kullanabileceğiniz sete, sevdiğiniz sabun ya da jeli doldurabilirsiniz.&amp;lt;br /&amp;gt;
 &amp;lt;br /&amp;gt;
 -Mikro derm cilt soyucu başlığı sayesinde vücudunuzdaki ölü deriden tamamen kurtulacak yepyeni canlı cilde sahip olacaksınız.&amp;lt;br /&amp;gt;
 &amp;lt;br /&amp;gt;
 -Ağlı sünger başlığı sayesinde narin soyma işlemini gerçekleştirecek, ışıltılı bir cilde sahip olacaksınız.&amp;lt;/p&amp;gt;
 &amp;lt;p&amp;gt;-Masaj başlığını kullanarak, yorgun kaslarınızı rahatlatacak, tüm gerginliğinizden kurtulacaksınız.&amp;amp;nbsp;&amp;lt;/p&amp;gt;
 </t>
         </is>
       </c>
-      <c r="F305" s="0" t="n">
+      <c r="F306" s="0" t="n">
         <v>200</v>
       </c>
-      <c r="G305" s="0" t="n">
+      <c r="G306" s="0" t="n">
         <v>240930134744</v>
       </c>
-      <c r="H305" s="0"/>
-[...3 lines deleted...]
-      <c r="J305" s="0" t="inlineStr">
+      <c r="H306" s="0"/>
+      <c r="I306" s="0" t="n">
+        <v>0</v>
+      </c>
+      <c r="J306" s="0" t="inlineStr">
         <is>
           <t>https://www.realtoptan.com/image/catalog/resimler/spin.jpg</t>
         </is>
       </c>
-      <c r="K305" s="0" t="inlineStr">
+      <c r="K306" s="0" t="inlineStr">
         <is>
           <t>https://www.realtoptan.com/image/catalog/resimler/spin2.jpg</t>
         </is>
       </c>
-      <c r="L305" s="0" t="inlineStr">
+      <c r="L306" s="0" t="inlineStr">
         <is>
           <t>https://www.realtoptan.com/image/catalog/resimler/spin3.jpg</t>
         </is>
       </c>
-      <c r="M305" s="0"/>
-[...8 lines deleted...]
-      <c r="A306" s="0" t="n">
+      <c r="M306" s="0"/>
+      <c r="N306" s="0"/>
+      <c r="O306" s="0" t="inlineStr">
+        <is>
+          <t>0.00kg</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="307">
+      <c r="A307" s="0" t="n">
         <v>364</v>
       </c>
-      <c r="B306" s="0" t="inlineStr">
+      <c r="B307" s="0" t="inlineStr">
         <is>
           <t>4 in 1 Su Geçirmez Elektrikli Banyo Fırçası Çok Fonksiyonlu Vücut Temizleme Fırçası </t>
         </is>
       </c>
-      <c r="C306" s="0" t="inlineStr">
+      <c r="C307" s="0" t="inlineStr">
         <is>
           <t>KİŞİSEL BAKIM|TV ÜRÜNLERİ|Yeni Ürünler</t>
         </is>
       </c>
-      <c r="D306" s="0" t="inlineStr">
+      <c r="D307" s="0" t="inlineStr">
         <is>
           <t>KİŞİSEL BAKIM</t>
         </is>
       </c>
-      <c r="E306" s="0" t="inlineStr">
+      <c r="E307" s="0" t="inlineStr">
         <is>
           <t>&amp;lt;p&amp;gt;Ürün detayları&amp;lt;/p&amp;gt;
 &amp;lt;p&amp;gt;Duş temizleme fırçamız, tüm duş fırçası ihtiyaçlarınızı karşılayacak şekilde 4 yedek başlıkla birlikte gelir. Duş için bu dört sırt fırçası, masaj başlığı fırçası olarak da kullanılabilen bir silikon banyo fırçası, bir lif sırt fırçası, bir vücut peeling fırçası ve ayak bakımı için bir ponza taşı içerir.&amp;lt;/p&amp;gt;
 &amp;lt;p&amp;gt;Özellik：&amp;lt;/p&amp;gt;
 &amp;lt;p&amp;gt;Her gün temizlik için sabununuz veya vücut yıkama jelinizle çalışır.&amp;lt;br /&amp;gt;
 Uzun sapı sırtınıza ve alt bacaklarınıza ulaşmanızı kolaylaştırır.&amp;lt;br /&amp;gt;
 360° dönen dönüşe sahip 2 hız ayarı vardır.&amp;lt;br /&amp;gt;
 Tüm vücudunuza masaj yapmanıza, gözenekleri derinlemesine temizlemenize ve kiri temizlemenize yardımcı olur.&amp;lt;br /&amp;gt;
 Duşta IPX6 su geçirmezlik sağlar.&amp;lt;br /&amp;gt;
 Daha sağlıklı, daha genç görünen bir cildi desteklemeye yardımcı olur ve yorgun, ağrıyan kasları anında yatıştırır.&amp;lt;br /&amp;gt;
 Tutarlı kullanımdan sonra daha ipeksi, pürüzsüz hissettiren bir cilt ve donuklukta ve genel cilt görünümünde gözle görülür bir iyileşme fark edeceksiniz!&amp;lt;br /&amp;gt;
 Özellikler:&amp;lt;br /&amp;gt;
 Malzeme: ABS ve TPE&amp;lt;br /&amp;gt;
 Renk: turuncu&amp;lt;br /&amp;gt;
 Hız: 2 hız modu&amp;lt;br /&amp;gt;
 Su geçirmez&amp;lt;br /&amp;gt;
 Pil: 4 * AA (dahil değildir)&amp;lt;br /&amp;gt;
 Paket ağırlığı: 480g&amp;lt;br /&amp;gt;
 Paket boyutu: 225 * 225 * 92mm&amp;lt;br /&amp;gt;
 Paket listesi:&amp;lt;br /&amp;gt;
 1 * Elektrikli banyo fırçası&amp;lt;/p&amp;gt;
 &amp;lt;p&amp;gt;4'ü 1 arada çok işlevli değiştirilebilir fırça başlığı&amp;lt;br /&amp;gt;
 4x AA pil ile çalışır (Piller dahil değildir)&amp;lt;br /&amp;gt;
 Uzun saplı, sırtınızı temizlemeniz kolaydır&amp;lt;br /&amp;gt;
 Vücut temizliği ve masajı için mükemmeldir&amp;lt;br /&amp;gt;
 Yaşlılar veya vücudu temizlemek için hareket etmekte zorluk çeken kişiler için güzel bir yardımcı üründür&amp;lt;/p&amp;gt;
 </t>
         </is>
       </c>
-      <c r="F306" s="0" t="n">
+      <c r="F307" s="0" t="n">
         <v>150</v>
       </c>
-      <c r="G306" s="0" t="n">
+      <c r="G307" s="0" t="n">
         <v>240930135801</v>
       </c>
-      <c r="H306" s="0"/>
-      <c r="I306" s="0" t="n">
+      <c r="H307" s="0"/>
+      <c r="I307" s="0" t="n">
         <v>0</v>
       </c>
-      <c r="J306" s="0" t="inlineStr">
+      <c r="J307" s="0" t="inlineStr">
         <is>
           <t>https://www.realtoptan.com/image/catalog/resimler/spa.jpg</t>
         </is>
       </c>
-      <c r="K306" s="0" t="inlineStr">
+      <c r="K307" s="0" t="inlineStr">
         <is>
           <t>https://www.realtoptan.com/image/catalog/resimler/spa4.jpg</t>
         </is>
       </c>
-      <c r="L306" s="0" t="inlineStr">
+      <c r="L307" s="0" t="inlineStr">
         <is>
           <t>https://www.realtoptan.com/image/catalog/resimler/spa3.jpg</t>
         </is>
       </c>
-      <c r="M306" s="0" t="inlineStr">
+      <c r="M307" s="0" t="inlineStr">
         <is>
           <t>https://www.realtoptan.com/image/catalog/resimler/spa2.jpg</t>
         </is>
       </c>
-      <c r="N306" s="0"/>
-[...7 lines deleted...]
-      <c r="A307" s="0" t="n">
+      <c r="N307" s="0"/>
+      <c r="O307" s="0" t="inlineStr">
+        <is>
+          <t>0.00kg</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="308">
+      <c r="A308" s="0" t="n">
         <v>365</v>
       </c>
-      <c r="B307" s="0" t="inlineStr">
+      <c r="B308" s="0" t="inlineStr">
         <is>
           <t>Pintar Facil Pratik Damlatmayan Boya Rulosu Ve Fırçası</t>
         </is>
       </c>
-      <c r="C307" s="0" t="inlineStr">
+      <c r="C308" s="0" t="inlineStr">
         <is>
           <t>EV &amp;amp; OFİS ÜRÜNLERİ|TV ÜRÜNLERİ|Yeni Ürünler</t>
         </is>
       </c>
-      <c r="D307" s="0" t="inlineStr">
+      <c r="D308" s="0" t="inlineStr">
         <is>
           <t>EV &amp;amp; OFİS ÜRÜNLERİ</t>
         </is>
       </c>
-      <c r="E307" s="0" t="inlineStr">
+      <c r="E308" s="0" t="inlineStr">
         <is>
           <t>&amp;lt;h2&amp;gt;Ürün Açıklaması&amp;lt;/h2&amp;gt;
 &amp;lt;p&amp;gt;&amp;lt;strong&amp;gt;&amp;amp;nbsp;Pintar Facil Damlatmayan Boya Rulosu Tavan Duvar Boya Badana Rulo Fırça Takımı Alüminyum Uzatma Sapı&amp;lt;/strong&amp;gt;&amp;lt;/p&amp;gt;
 &amp;lt;p&amp;gt;Pıntar Facıl ile evinizi pratik ve keyifli biçimde renklendirmeye ne dersiniz? Daldırma, damlatma, saçılmaya son! Kısa zamanda zorlanmadan, yorulmadan boyama yapın! Daha fazla duvarı daha rahat ve daha kısa sürede boyayın! Pıntar Facıl tek başına işleyebilen ve damlatmadan boya yapabileceğiniz pratik bir boya düzeneğidir. Herkesin yapabileceği kadar pratiktir. Yapmanız gereken tek şey merdaneyi açmak ve boyayı doldurmak. Bu basit işlemin ardından boyamaya hazırsınız! Ürün Özellikleri: Boyayı eşit olarak dağıtmayı sağlayan bir iç deposu mevcuttur. Klasik boya merdanelerinin aksine, damlatma problemlerini ortadan kaldırır. Uzatma aparatı ile yüksek yerleri de rahatlıkla boyayabilirsiniz. Temizlemesi, kullanımı çok kolaydır. Rulo fırçası üstün kaliteli yün malzemeden, sapları kaliteli plastikten üretilmiştir. Yılın her döneminde kullanılabilir.&amp;lt;/p&amp;gt;
 &amp;lt;p&amp;gt;&amp;lt;strong&amp;gt;Ürün Kullanımı: &amp;lt;/strong&amp;gt;&amp;lt;br /&amp;gt;
 1/10 oranında su ve 9/10 oranında boyayı boya doldurma kabında karıştırın. İstediğiniz boy ruloyu açıp ihtiyacınız kadar boyayı boya kabı ile boşaltın. Duvar üzerinde ruloyu yavaş hareket ettiriniz. İşiniz bitince veya renk değiştireceğinizde ruloyu boya kalmayıncaya kadar yıkayın ve kurumaya bırakın.&amp;lt;br /&amp;gt;
 Her doldurum ile ortalama 25 metrekare alan boyanabilir.&amp;lt;br /&amp;gt;
 1lt boya kapasitesi vardır.&amp;lt;br /&amp;gt;
 Sadece su bazlı olan boyalarla kullanılabilir.&amp;lt;/p&amp;gt;
 &amp;lt;p&amp;gt;&amp;lt;strong&amp;gt;Paket İçeriği: &amp;lt;/strong&amp;gt;&amp;lt;br /&amp;gt;
 700 ml Büyük Boy Rulo&amp;lt;br /&amp;gt;
 3 adet Uzatma Aparatı&amp;lt;br /&amp;gt;
 Boya Doldurma Kabı&amp;amp;nbsp;&amp;lt;/p&amp;gt;
 </t>
         </is>
       </c>
-      <c r="F307" s="0" t="n">
+      <c r="F308" s="0" t="n">
         <v>100</v>
       </c>
-      <c r="G307" s="0" t="n">
+      <c r="G308" s="0" t="n">
         <v>240930145830</v>
       </c>
-      <c r="H307" s="0"/>
-      <c r="I307" s="0" t="n">
+      <c r="H308" s="0"/>
+      <c r="I308" s="0" t="n">
         <v>2375</v>
       </c>
-      <c r="J307" s="0" t="inlineStr">
+      <c r="J308" s="0" t="inlineStr">
         <is>
           <t>https://www.realtoptan.com/image/catalog/resimler/pintar.jpg</t>
         </is>
       </c>
-      <c r="K307" s="0" t="inlineStr">
+      <c r="K308" s="0" t="inlineStr">
         <is>
           <t>https://www.realtoptan.com/image/catalog/resimler/pintar2.jpg</t>
         </is>
       </c>
-      <c r="L307" s="0" t="inlineStr">
+      <c r="L308" s="0" t="inlineStr">
         <is>
           <t>https://www.realtoptan.com/image/catalog/resimler/pintar3.jpg</t>
         </is>
       </c>
-      <c r="M307" s="0" t="inlineStr">
+      <c r="M308" s="0" t="inlineStr">
         <is>
           <t>https://www.realtoptan.com/image/catalog/resimler/pintar4.jpg</t>
         </is>
       </c>
-      <c r="N307" s="0"/>
-[...7 lines deleted...]
-      <c r="A308" s="0" t="n">
+      <c r="N308" s="0"/>
+      <c r="O308" s="0" t="inlineStr">
+        <is>
+          <t>0.00kg</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="309">
+      <c r="A309" s="0" t="n">
         <v>366</v>
       </c>
-      <c r="B308" s="0" t="inlineStr">
+      <c r="B309" s="0" t="inlineStr">
         <is>
           <t>Switch Blade 6 Parça Pilli Erkek Bakım Seti Tıraş Makinesi</t>
         </is>
       </c>
-      <c r="C308" s="0" t="inlineStr">
+      <c r="C309" s="0" t="inlineStr">
         <is>
           <t>KİŞİSEL BAKIM|TV ÜRÜNLERİ|Yeni Ürünler</t>
         </is>
       </c>
-      <c r="D308" s="0" t="inlineStr">
+      <c r="D309" s="0" t="inlineStr">
         <is>
           <t>KİŞİSEL BAKIM</t>
         </is>
       </c>
-      <c r="E308" s="0" t="inlineStr">
+      <c r="E309" s="0" t="inlineStr">
         <is>
           <t>&amp;lt;h2&amp;gt;Switch Blade 6in1 Profesyonel Erkek Bakım Tıraş Seti&amp;lt;/h2&amp;gt;
 &amp;lt;p&amp;gt;&amp;lt;strong&amp;gt;Switch Blade 6in1 Profesyonel Erkek Bakım Tıraş Seti&amp;lt;br /&amp;gt;
 Çok fazla sakalınız varsa veya yoldayken bile temiz bir tıraş sağlamaktan hoşlanıyorsanız, 6'sı&amp;amp;nbsp; 1 Arada Elektrikli Tıraş Makinesi ve Düzeltici sektörün en iyileri arasındadır.&amp;lt;/strong&amp;gt;&amp;lt;br /&amp;gt;
 Vücut kıllarını, sakalları ve baş kıllarını düzeltebilirsiniz. Kit, dahili hafif, 4 geçmeli kılavuz ve Alman paslanmaz çelik bıçaklarla birlikte Microtouch Switchblade (4 tarak ataşmanı, mikro düzeltici başlığı, tam boyutlu düzeltici kafası ve koruyucu başlık içerir) ile birlikte gelir.&amp;lt;/p&amp;gt;
 &amp;lt;p&amp;gt;6'sı 1 arada tasarım, tepeden tırnağa tıraş için ışıklı mini ve tam boyutlu düzelticiler içerir.&amp;lt;br /&amp;gt;
 Zor maddeler için yeterince güçlü, ancak en hassas ciltler için yeterince nazik.&amp;lt;br /&amp;gt;
 Üstün kontrol için hassas geçmeli kılavuzlar.&amp;lt;br /&amp;gt;
 Her uçta, saç uzunluğunu kontrol etmeniz için uygun olan iki farklı boyutta tarak aparatı bulunur.&amp;lt;br /&amp;gt;
 Çift uçlar mevcuttur. Burun kılı, kaş, bıyık ve diğer ucu saç kesimi için bir uç.&amp;lt;/p&amp;gt;
 &amp;lt;p&amp;gt;&amp;lt;img alt=&amp;quot;&amp;quot; src=&amp;quot;https://1.bp.blogspot.com/-aOM4rOb_sbQ/X18kus1DSjI/AAAAAAAAEyQ/IhStHbTKO8Qa7Ka6VuYobuWrd4L-u6OggCLcBGAsYHQ/45856226d0cdda75df45e10d25c35ad1002b89310_4585.jpg&amp;quot; /&amp;gt;&amp;lt;br /&amp;gt;
 &amp;lt;img alt=&amp;quot;&amp;quot; src=&amp;quot;https://1.bp.blogspot.com/-wVKZkuEokBE/X18kunV3UCI/AAAAAAAAEyM/4uTpQGNqU4ogvG_rdrcUD8iwcxuiUSA4ACLcBGAsYHQ/45853507b20d8fc9af0b99087437d3a4e0ce75156_4585.jpg&amp;quot; /&amp;gt;&amp;lt;br /&amp;gt;
 &amp;lt;img alt=&amp;quot;&amp;quot; src=&amp;quot;https://1.bp.blogspot.com/-gIAkNtsCZ5A/X18kvbjUV7I/AAAAAAAAEyY/nLA8SuOFoNYA40H9cABqsbKGbArY0eVIQCLcBGAsYHQ/458581f83af1ee2522150be9c83f4be9603737789_4585.jpg&amp;quot; /&amp;gt;&amp;lt;br /&amp;gt;
 &amp;lt;img alt=&amp;quot;&amp;quot; src=&amp;quot;https://1.bp.blogspot.com/-rCs0vv9OkDU/X18kwUVFbYI/AAAAAAAAEyo/loZyfey7vf4MfKDQWwHydWNdn5LuLxFZACLcBGAsYHQ/4585f198d193ee3b489559aae562eea59b5a47236_4585.jpg&amp;quot; /&amp;gt;&amp;lt;br /&amp;gt;
 &amp;lt;img alt=&amp;quot;&amp;quot; src=&amp;quot;https://1.bp.blogspot.com/-m6V7h8Mj0I4/X18kvqy9n9I/AAAAAAAAEyc/WVFHNOkYN4c58sQ5jvimAWDa7llgGYTzgCLcBGAsYHQ/4585d01359002ec39372e3d3660163f446a569290_4585.jpg&amp;quot; /&amp;gt;&amp;lt;/p&amp;gt;
 &amp;lt;p&amp;gt;&amp;amp;nbsp;&amp;lt;/p&amp;gt;
 &amp;lt;p&amp;gt;&amp;lt;strong&amp;gt;Yükseltilmiş sürüm 5D Tıraş Makinesi&amp;lt;/strong&amp;gt;&amp;lt;br /&amp;gt;
 Bu düzeltici seti saçınız, sakalınız ve yüz bakımınız için ihtiyacınız olan tek alet olacaktır.&amp;lt;br /&amp;gt;
 5D yüzer başlık, her uzunluktaki ve büyüyen yöndeki kılları etkili bir şekilde tıraş etmek için her zaman yüz hatlarına yaklaşabilir. Dayanıklı ve Keskin ve ergonomik olarak tasarlanmıştır.&amp;lt;/p&amp;gt;
 &amp;lt;p&amp;gt;&amp;lt;img alt=&amp;quot;&amp;quot; src=&amp;quot;https://1.bp.blogspot.com/-iuPZHs1SljM/X18kwGbM-nI/AAAAAAAAEyk/0Iyj0cwHmLQd6LE4WTmZ9NN0LpWFl_nDACLcBGAsYHQ/4585d617d86cadf5b090293882cc1279b53762472_4585.jpg&amp;quot; /&amp;gt;&amp;lt;br /&amp;gt;
 &amp;lt;img alt=&amp;quot;&amp;quot; src=&amp;quot;https://1.bp.blogspot.com/-WIb_kQqaK70/X18kvqIegwI/AAAAAAAAEyg/LMGAdXjSnYsX6cNOm0OKcp8p1dLu1h7uACLcBGAsYHQ/4585c0cc2107669fbc1e655b6debfa31e1d238330_4585.jpg&amp;quot; /&amp;gt;&amp;lt;br /&amp;gt;
 &amp;lt;img alt=&amp;quot;&amp;quot; src=&amp;quot;https://1.bp.blogspot.com/-0hzkpGkLatk/X18kwgK5neI/AAAAAAAAEyw/R-BNLbSU72ABi8owZtwegXCcKELOWWaTQCLcBGAsYHQ/51puSL94mSL_large.webp&amp;quot; /&amp;gt;&amp;lt;br /&amp;gt;
 &amp;lt;img alt=&amp;quot;&amp;quot; src=&amp;quot;https://1.bp.blogspot.com/-HXyMidZOXgo/X18kwQQWgzI/AAAAAAAAEys/WIva5nYoji0ruTB-Q-P3M4T9Ot2OQ-mKQCLcBGAsYHQ/51j-OVYwngL._SX522_large.webp&amp;quot; /&amp;gt;&amp;lt;/p&amp;gt;
 &amp;lt;p&amp;gt;&amp;amp;nbsp;&amp;lt;/p&amp;gt;
 &amp;lt;p&amp;gt;&amp;amp;nbsp;&amp;lt;/p&amp;gt;
 &amp;lt;p&amp;gt;&amp;lt;strong&amp;gt;Paket İçeriği:&amp;lt;/strong&amp;gt;&amp;lt;br /&amp;gt;
 1 Microtouch Switch Blade Profesyonel Erkek Bakım Tıraş Seti Makinesi&amp;lt;br /&amp;gt;
 4 Adet Tarak&amp;amp;nbsp;&amp;lt;br /&amp;gt;
 1 Kullanım Kılavuzu&amp;lt;br /&amp;gt;
 1 Adet Temizlik Fırçası&amp;lt;/p&amp;gt;
 </t>
         </is>
       </c>
-      <c r="F308" s="0" t="n">
+      <c r="F309" s="0" t="n">
         <v>100</v>
       </c>
-      <c r="G308" s="0" t="n">
+      <c r="G309" s="0" t="n">
         <v>240930150434</v>
       </c>
-      <c r="H308" s="0"/>
-      <c r="I308" s="0" t="n">
+      <c r="H309" s="0"/>
+      <c r="I309" s="0" t="n">
         <v>0</v>
       </c>
-      <c r="J308" s="0" t="inlineStr">
+      <c r="J309" s="0" t="inlineStr">
         <is>
           <t>https://www.realtoptan.com/image/catalog/resimler/sw3.jpg</t>
         </is>
       </c>
-      <c r="K308" s="0" t="inlineStr">
+      <c r="K309" s="0" t="inlineStr">
         <is>
           <t>https://www.realtoptan.com/image/catalog/resimler/sw2.jpg</t>
         </is>
       </c>
-      <c r="L308" s="0" t="inlineStr">
+      <c r="L309" s="0" t="inlineStr">
         <is>
           <t>https://www.realtoptan.com/image/catalog/resimler/sw.jpg</t>
         </is>
       </c>
-      <c r="M308" s="0" t="inlineStr">
+      <c r="M309" s="0" t="inlineStr">
         <is>
           <t>https://www.realtoptan.com/image/catalog/resimler/sw4.jpg</t>
         </is>
       </c>
-      <c r="N308" s="0" t="inlineStr">
+      <c r="N309" s="0" t="inlineStr">
         <is>
           <t>https://www.realtoptan.com/image/catalog/resimler/sw5.jpg</t>
         </is>
       </c>
-      <c r="O308" s="0" t="inlineStr">
-[...6 lines deleted...]
-      <c r="A309" s="0" t="n">
+      <c r="O309" s="0" t="inlineStr">
+        <is>
+          <t>0.00kg</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="310">
+      <c r="A310" s="0" t="n">
         <v>367</v>
       </c>
-      <c r="B309" s="0" t="inlineStr">
+      <c r="B310" s="0" t="inlineStr">
         <is>
           <t>Gıdık Giderici Gıdı Eritme Çene Altı Masaj Aleti Boyun Egzersizi</t>
         </is>
       </c>
-      <c r="C309" s="0" t="inlineStr">
+      <c r="C310" s="0" t="inlineStr">
         <is>
           <t>KİŞİSEL BAKIM|TV ÜRÜNLERİ|Yeni Ürünler</t>
         </is>
       </c>
-      <c r="D309" s="0" t="inlineStr">
+      <c r="D310" s="0" t="inlineStr">
         <is>
           <t>KİŞİSEL BAKIM</t>
         </is>
       </c>
-      <c r="E309" s="0" t="inlineStr">
+      <c r="E310" s="0" t="inlineStr">
         <is>
           <t>&amp;lt;p&amp;gt;&amp;lt;strong&amp;gt;Gıdık Giderici Gıdı Eritme Çene Altı Masaj Aleti Neckline Slimmer&amp;lt;/strong&amp;gt;&amp;lt;/p&amp;gt;
 &amp;lt;p&amp;gt;Tamamen acısız ve ağrısız olarak zayıf çene altı kaslarının güçlendirilmesi ve yüz altı ile boyun gerginliğinin yeniden kazanımı için geliştirilmiş bir aparattır. Neckline Slimmer ile günlük 2 dakikalık masaj ve egzersiz sonunda çene altı, boyun kısmı ilk günkü tazeliğine ve sıkılığına kavuşacak. Paket içerisinden çıkmakta olan 3 farklı dirençte yay sistemi ile Neckline Slimmer güç ayarı değiştirleceği gibi uygulamanın ilerleyen günlerinde isteğe göre sertlik derecesi yükseltilebilmekte veya düşürülebilmektedir.İnsanların egzersiz hareketlerini kolaylıkla ve sıkılmadan yapabilmeleri için yepyeni bir egzersiz sistemi düzenlenerek Neckline Slimmer′ı geliştirmiştir. Neckline Slimmer, yüz, çene ve boyun kaslarında kalıtsal yahut zaman içerisinde oluşmuş fazla yağ birikimlerini çalıştırarak daha sıkı ve diri bir görünüm elde etmeyi sağlar. Boyun kasları da vücuttaki her kas gibi egzersize ihtiyaç duyar ve eğer düzenli egzersiz yapılırsa diğer kaslarımız gibi sonuç verir. Ürün Özellikleri: Neckline Slimmer ile yapılan egzersizlerde; Egzersizlerinizi eğlenceye dönüştürür, Zaman kaybı yok, Egzersiz programını uygulama zorluğu yok, Sağlığınıza yan etkisi yok, Yaş sınırı yok, Acı çekmek yok, Kullanımda zorluk çekmek yok, Morarma, şişme veya kızarıklık yok,&amp;lt;/p&amp;gt;
 &amp;lt;p&amp;gt;&amp;lt;strong&amp;gt;Paket İçeriği: &amp;lt;/strong&amp;gt;&amp;lt;br /&amp;gt;
 1 adet Neckline Slimmer.&amp;lt;br /&amp;gt;
 3 farklı Dirençte Yay Sistemi.&amp;lt;/p&amp;gt;
 &amp;lt;p&amp;gt;&amp;lt;strong&amp;gt;Ürün Boyutu:&amp;lt;/strong&amp;gt; 12 cm x 5 cm.&amp;lt;/p&amp;gt;
 </t>
         </is>
       </c>
-      <c r="F309" s="0" t="n">
+      <c r="F310" s="0" t="n">
         <v>100</v>
       </c>
-      <c r="G309" s="0" t="n">
+      <c r="G310" s="0" t="n">
         <v>240930150811</v>
       </c>
-      <c r="H309" s="0"/>
-      <c r="I309" s="0" t="n">
+      <c r="H310" s="0"/>
+      <c r="I310" s="0" t="n">
         <v>114</v>
       </c>
-      <c r="J309" s="0" t="inlineStr">
-[...23 lines deleted...]
-      <c r="A310" s="0" t="n">
+      <c r="J310" s="0" t="inlineStr">
+        <is>
+          <t>https://www.realtoptan.com/image/catalog/site_resimler/SİTE RESİMLERİ/NECK-1.png</t>
+        </is>
+      </c>
+      <c r="K310" s="0" t="inlineStr">
+        <is>
+          <t>https://www.realtoptan.com/image/catalog/site_resimler/SİTE RESİMLERİ/neck-2.png</t>
+        </is>
+      </c>
+      <c r="L310" s="0" t="inlineStr">
+        <is>
+          <t>https://www.realtoptan.com/image/catalog/site_resimler/SİTE RESİMLERİ/neck-3.png</t>
+        </is>
+      </c>
+      <c r="M310" s="0"/>
+      <c r="N310" s="0"/>
+      <c r="O310" s="0" t="inlineStr">
+        <is>
+          <t>0.00kg</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="311">
+      <c r="A311" s="0" t="n">
         <v>368</v>
       </c>
-      <c r="B310" s="0" t="inlineStr">
+      <c r="B311" s="0" t="inlineStr">
         <is>
           <t>Flea Doctor Kedi ve Köpekler için Pilli Pire Tarağı</t>
         </is>
       </c>
-      <c r="C310" s="0" t="inlineStr">
+      <c r="C311" s="0" t="inlineStr">
         <is>
           <t>TV ÜRÜNLERİ|Yeni Ürünler</t>
         </is>
       </c>
-      <c r="D310" s="0" t="inlineStr">
+      <c r="D311" s="0" t="inlineStr">
         <is>
           <t>TV ÜRÜNLERİ</t>
         </is>
       </c>
-      <c r="E310" s="0" t="inlineStr">
+      <c r="E311" s="0" t="inlineStr">
         <is>
           <t>&amp;lt;h2&amp;gt;&amp;lt;strong&amp;gt;Flea Doctor Kedi ve Köpekler için Pilli Pire Tarağı&amp;lt;/strong&amp;gt;&amp;lt;/h2&amp;gt;
 &amp;lt;p&amp;gt;Pilli pire tarağı sayesinde kedi ve köpeğinizin pirelerinden kurtulmak çok kolay olacaktır. Kedi ve köpekler için, ergonomik şekli ile rahat bir kullanılan pilli pire tarağının top uçları pirelerin kolay alınmasını sağlar ve deriyi tahriş etmez.&amp;lt;br /&amp;gt;
 Sık ve ince dişlidir.&amp;lt;br /&amp;gt;
 1,5 voltluk 2 adet AA pil ile çalışmaktadır.&amp;lt;br /&amp;gt;
 Pire tarağının üzerinde bulunan ileri geri düğmesi ile uçları içeriye çekilerek pireler kolay atılır.&amp;lt;br /&amp;gt;
 Güvenlidir, verdiği akım kedi ve köpeğinizi rahatsız etmez.&amp;lt;br /&amp;gt;
 Pire tarağı, 16,5 cm uzunluğundadır.&amp;lt;/p&amp;gt;
 </t>
         </is>
       </c>
-      <c r="F310" s="0" t="n">
+      <c r="F311" s="0" t="n">
         <v>100</v>
       </c>
-      <c r="G310" s="0" t="n">
+      <c r="G311" s="0" t="n">
         <v>240930153724</v>
       </c>
-      <c r="H310" s="0"/>
-      <c r="I310" s="0" t="n">
+      <c r="H311" s="0"/>
+      <c r="I311" s="0" t="n">
         <v>95</v>
       </c>
-      <c r="J310" s="0" t="inlineStr">
+      <c r="J311" s="0" t="inlineStr">
         <is>
           <t>https://www.realtoptan.com/image/catalog/resimler/trk1.jpg</t>
         </is>
       </c>
-      <c r="K310" s="0" t="inlineStr">
+      <c r="K311" s="0" t="inlineStr">
         <is>
           <t>https://www.realtoptan.com/image/catalog/resimler/trk2.jpeg</t>
         </is>
       </c>
-      <c r="L310" s="0" t="inlineStr">
+      <c r="L311" s="0" t="inlineStr">
         <is>
           <t>https://www.realtoptan.com/image/catalog/resimler/trk3.png</t>
         </is>
       </c>
-      <c r="M310" s="0" t="inlineStr">
+      <c r="M311" s="0" t="inlineStr">
         <is>
           <t>https://www.realtoptan.com/image/catalog/resimler/trk4.jpg</t>
         </is>
       </c>
-      <c r="N310" s="0"/>
-[...7 lines deleted...]
-      <c r="A311" s="0" t="n">
+      <c r="N311" s="0"/>
+      <c r="O311" s="0" t="inlineStr">
+        <is>
+          <t>0.00kg</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="312">
+      <c r="A312" s="0" t="n">
         <v>369</v>
       </c>
-      <c r="B311" s="0" t="inlineStr">
+      <c r="B312" s="0" t="inlineStr">
         <is>
           <t>Multi Cutter Kalın Ve Sert Malzeme Kesme Aleti</t>
         </is>
       </c>
-      <c r="C311" s="0" t="inlineStr">
+      <c r="C312" s="0" t="inlineStr">
         <is>
           <t>TV ÜRÜNLERİ|KAMP VE OUTDOOR|Yeni Ürünler</t>
         </is>
       </c>
-      <c r="D311" s="0" t="inlineStr">
+      <c r="D312" s="0" t="inlineStr">
         <is>
           <t>TV ÜRÜNLERİ</t>
         </is>
       </c>
-      <c r="E311" s="0" t="inlineStr">
+      <c r="E312" s="0" t="inlineStr">
         <is>
           <t>&amp;lt;p&amp;gt;&amp;lt;strong&amp;gt;Ürün Açıklaması&amp;lt;/strong&amp;gt;&amp;lt;/p&amp;gt;
 &amp;lt;p&amp;gt;&amp;lt;strong&amp;gt;Multi Cutter Kalın Ve Sert Malzeme Kesme Aleti&amp;lt;/strong&amp;gt;&amp;lt;/p&amp;gt;
 &amp;lt;p&amp;gt;-Kalın ve Sert Malzemeyi Kolayca Kesin,&amp;lt;/p&amp;gt;
 &amp;lt;p&amp;gt;-Zahmetsizce Döşeme Bakır, Alüminyum ve Çelik Tel kesebilirsiniz,&amp;lt;/p&amp;gt;
 &amp;lt;p&amp;gt;-Kullanımda değilken Kapalı Kalmasını Sağlayın.&amp;lt;/p&amp;gt;
 &amp;lt;p&amp;gt;-Multi-Cut, makasdan farklı bir mekanik aksiyona sahiptir. Makasla, kağıt, kumaş ve ince plastik gibi malzemelerin kesilmesiyle sınırlıdır.&amp;lt;br /&amp;gt;
 &amp;lt;br /&amp;gt;
 -Multi-Cut, düz bir örsün üzerine inen bir bıçağın mekanik bir hareketine sahiptir.&amp;lt;br /&amp;gt;
 &amp;lt;br /&amp;gt;
 -Bu tasarım, keskin bir bıçak ve bir dönme pivot noktası ile birleştiğinde, yoğunluğa sahip kalın ve sert malzemeleri kesmek için inanılmaz kesme yeteneği sunar.&amp;lt;br /&amp;gt;
 &amp;lt;br /&amp;gt;
 - Multi-Cut, plastik, muşamba, çalılar, kalın deri, her türlü hortum, otomotiv kemer, PEX boru, dübel, hobi ve el işi ürünlerini kesmenizi sağlar.&amp;lt;br /&amp;gt;
 &amp;lt;br /&amp;gt;
 -Kesilen parçanın parçalanmasını ve yıpranmasını önlerken, bıçağı yıpranmadan koruyabilen, değiştirilebilir, yüksek etkili plastik örsüne karşı kesim işlemini tamamlar.&amp;lt;/p&amp;gt;
 &amp;lt;p&amp;gt;&amp;lt;br /&amp;gt;
 &amp;amp;nbsp;&amp;lt;/p&amp;gt;
 &amp;lt;p&amp;gt;&amp;lt;img src=&amp;quot;https://cdn03.ciceksepeti.com/images/product/kcm91420364/d2973b32-b6b8-4a31-bd96-0c426d0df19c.jpg&amp;quot; /&amp;gt;&amp;lt;/p&amp;gt;
 &amp;lt;p&amp;gt;&amp;lt;img src=&amp;quot;https://cdn03.ciceksepeti.com/images/product/kcm91420364/28f28a99-3ed7-408d-b4b0-18d3cc9e960e.jpg&amp;quot; /&amp;gt;&amp;lt;/p&amp;gt;
 &amp;lt;p&amp;gt;&amp;lt;img src=&amp;quot;https://cdn03.ciceksepeti.com/images/product/kcm91420364/d91e4067-9903-44a2-8b3c-84d4e542ac72.jpg&amp;quot; /&amp;gt;&amp;lt;/p&amp;gt;
 &amp;lt;p&amp;gt;&amp;lt;img src=&amp;quot;https://cdn03.ciceksepeti.com/images/product/kcm91420364/454b002a-b8f9-417a-9f89-81ae7065c5e2.jpg&amp;quot; /&amp;gt;&amp;lt;/p&amp;gt;
 &amp;lt;p&amp;gt;&amp;lt;img src=&amp;quot;https://cdn03.ciceksepeti.com/images/product/kcm91420364/54b7f36d-58c0-41fd-bde0-b571bd034635.jpg&amp;quot; /&amp;gt;&amp;lt;/p&amp;gt;
 </t>
         </is>
       </c>
-      <c r="F311" s="0" t="n">
+      <c r="F312" s="0" t="n">
         <v>300</v>
       </c>
-      <c r="G311" s="0" t="n">
+      <c r="G312" s="0" t="n">
         <v>240930154054</v>
       </c>
-      <c r="H311" s="0"/>
-      <c r="I311" s="0" t="n">
+      <c r="H312" s="0"/>
+      <c r="I312" s="0" t="n">
         <v>100</v>
       </c>
-      <c r="J311" s="0" t="inlineStr">
-[...23 lines deleted...]
-      <c r="A312" s="0" t="n">
+      <c r="J312" s="0" t="inlineStr">
+        <is>
+          <t>https://www.realtoptan.com/image/catalog/site_resimler/SİTE RESİMLERİ/makas-1.png</t>
+        </is>
+      </c>
+      <c r="K312" s="0" t="inlineStr">
+        <is>
+          <t>https://www.realtoptan.com/image/catalog/site_resimler/SİTE RESİMLERİ/makas-2.png</t>
+        </is>
+      </c>
+      <c r="L312" s="0" t="inlineStr">
+        <is>
+          <t>https://www.realtoptan.com/image/catalog/site_resimler/SİTE RESİMLERİ/makas-3.png</t>
+        </is>
+      </c>
+      <c r="M312" s="0" t="inlineStr">
+        <is>
+          <t>https://www.realtoptan.com/image/catalog/site_resimler/SİTE RESİMLERİ/makas-5.png</t>
+        </is>
+      </c>
+      <c r="N312" s="0" t="inlineStr">
+        <is>
+          <t>https://www.realtoptan.com/image/catalog/site_resimler/SİTE RESİMLERİ/makas-4.png</t>
+        </is>
+      </c>
+      <c r="O312" s="0" t="inlineStr">
+        <is>
+          <t>0.00kg</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="313">
+      <c r="A313" s="0" t="n">
         <v>370</v>
       </c>
-      <c r="B312" s="0" t="inlineStr">
+      <c r="B313" s="0" t="inlineStr">
         <is>
           <t>Pest Reject Elektronik Fare ve Haşere Kovucu</t>
         </is>
       </c>
-      <c r="C312" s="0" t="inlineStr">
+      <c r="C313" s="0" t="inlineStr">
         <is>
           <t>EV &amp;amp; OFİS ÜRÜNLERİ|TV ÜRÜNLERİ|Yeni Ürünler</t>
         </is>
       </c>
-      <c r="D312" s="0" t="inlineStr">
+      <c r="D313" s="0" t="inlineStr">
         <is>
           <t>EV &amp;amp; OFİS ÜRÜNLERİ</t>
         </is>
       </c>
-      <c r="E312" s="0" t="inlineStr">
+      <c r="E313" s="0" t="inlineStr">
         <is>
           <t>&amp;lt;p&amp;gt;&amp;lt;strong&amp;gt;Ürün Açıklaması&amp;lt;/strong&amp;gt;&amp;lt;/p&amp;gt;
 &amp;lt;p&amp;gt;&amp;lt;strong&amp;gt;Pest Reject Elektronik Fare ve Haşere Kovucu&amp;lt;/strong&amp;gt;&amp;lt;/p&amp;gt;
 &amp;lt;p&amp;gt;Pest Reject: Evlerinzde huzurlu bir şekilde oturabilmeniz ve davetsiz misafirler tarafından rahatsız edilmemeniz için Haşere Fare Kovucu .&amp;lt;/p&amp;gt;
 &amp;lt;p&amp;gt;Pest Reject haşere önleme sistemine sahip cihazlarımız, farelerde ve diğer kemirgenlerin, beyin otomatik reflekslerini birkaç saniye içinde bozarak, etki alanına girme eylemlerine son vermektedir.&amp;lt;/p&amp;gt;
 &amp;lt;p&amp;gt;Bu ani etki mekanizması sonucu, içerde önceden yuvalanmış fare ve diğer kemirgenler, hastalanmakta, üreme, uyku, beslenme, düzenleri bozulmaktadır.&amp;lt;/p&amp;gt;
 &amp;lt;p&amp;gt;Pest Reject haşare kovucuya alışabilen fare ve kemirgen görülmemiştir.&amp;lt;/p&amp;gt;
 &amp;lt;p&amp;gt;Sistemin alışkanlık/bağışıklık yapma gibi bir yan etkisi da görülmemiştir.&amp;lt;/p&amp;gt;
 &amp;lt;p&amp;gt;Ancak haşare kovucunun etki alanı dışına çıkabilen fare ve diğer kemirgenler etkiden kurtulmuş olurlar.&amp;lt;/p&amp;gt;
 &amp;lt;p&amp;gt;Sağlıkları normale dönmeye başlar.Kın kanatlı yürüyen ve uçan böcek türlerinde, böceklerde etkili olan, havadaki dalga salınımının karakteristik gücü, onları uçamaz, yürüyemez, çiftleşemez, uyuyamaz hale getirir.&amp;lt;/p&amp;gt;
 &amp;lt;p&amp;gt;Pest Reject fare kovucu Çoğunun bu fiziksel yorgunluğa dayanamayıp, mekânın fiziki durumuna göre, geç de olsa neticede öldükleri de görülmüştür.&amp;lt;/p&amp;gt;
 &amp;lt;p&amp;gt;Pest Reject Benzersizdir. Çünkü: Kanserojen etkisi yoktur. - 25 metrekareden 150 metrekareye kadar, koruma yapabilecek teknolojiye sahip üründür.&amp;lt;/p&amp;gt;
 &amp;lt;p&amp;gt;Tamamen programlı olup, müdahale gerektirmez. Böylece size haşerelerle birlikte kendini de unutturur.Pest Reject haşare kovucu Yaklaşık 7 yıl etki süresi vardır.&amp;lt;/p&amp;gt;
 &amp;lt;p&amp;gt;Pest reject haşare kovucu tamamen Elektroniktir...&amp;lt;/p&amp;gt;
 &amp;lt;p&amp;gt;Pest reject haşare kovucu tamamen elektronik olup, elektrikle çalışmaktadır.&amp;lt;/p&amp;gt;
 &amp;lt;p&amp;gt;Yapısında hiçbir kanserojen madde ya da kimyasal bulunmamaktadır.&amp;lt;/p&amp;gt;
 &amp;lt;p&amp;gt;İnsan sağlığına ve evcil hayvanlara hiçbir zararı ve yan etkisi yoktur.&amp;lt;/p&amp;gt;
 &amp;lt;p&amp;gt;Elektronik Fare ve Haşere Kovucu Pest Reject Kullanımı:Haşere Kovucunun çalışması için 220 Volt bir prize takmanız yeterlidir.&amp;lt;/p&amp;gt;
 &amp;lt;p&amp;gt;Maksimum verim alabilmek için seçtiğiniz prizin merkezi bir yerde olmasına, karşısında sert yüzeyler bulunmasına, önlerinde koltuk, kanepe gibi engeller olmamasına ve yerden 1 - 1,5 metre yüksekte bulunmasına özen gösterilmelidir.&amp;lt;/p&amp;gt;
 &amp;lt;p&amp;gt;Pest Reject Haşare kovucu yu Yaklaşık 25 - 150m2 alanda etkilidir. Daha geniş alanlar için birden fazla pest reject haşare kovucu kullanmanız gerekmektedir.&amp;lt;/p&amp;gt;
 &amp;lt;p&amp;gt;Elektrik sarfiyatı çok düşük olup sürekli prizde kalması haşerelerin tekrar ortama gelmesini kesinlikle engellemektedir.&amp;lt;/p&amp;gt;
 &amp;lt;p&amp;gt;Çoğunun bu fiziksel yorgunluğa dayanamayıp, mekânın fiziki durumuna göre, geç de olsa neticede öldükleri de müşahede edilmiştir.&amp;lt;/p&amp;gt;
 &amp;lt;p&amp;gt;Sistem Nasıl Çalışır? Hem atmosfere, hem de fişinin takıldığı prizin elektrik tesisatını kullanarak, duvar içlerindeki elektrik kablolarından yayın yapan sisteme sahiptir.&amp;lt;/p&amp;gt;
 &amp;lt;p&amp;gt;Bu yayın sistemi, onları duvar içlerini terke mecbur bırakır. Duvar çatlaklarında, duvar içi elektrik borularında yuvalanmaları biter.&amp;lt;/p&amp;gt;
 &amp;lt;p&amp;gt;Betonarmeden ürken kın kanatlı haşereler, mekâna dağılıp etkisi az alanlarda yaşamaya çalışırlar.Yapılacak bir ilaçlama sonrası ürünün prize takılması, onların direkt haşere öldürücü ilaçlarla, ilaçların tesiri geçmeden temasını sağlayarak.&amp;lt;/p&amp;gt;
 &amp;lt;p&amp;gt;İlaçlamadan daha iyi netice almanızı da sağlar.&amp;lt;/p&amp;gt;
 &amp;lt;p&amp;gt;&amp;lt;strong&amp;gt;Paket İçeriği:&amp;lt;/strong&amp;gt;&amp;lt;/p&amp;gt;
 &amp;lt;p&amp;gt;Bir adet Pest Reject fare ve haşare kovucu&amp;lt;/p&amp;gt;
 </t>
         </is>
       </c>
-      <c r="F312" s="0" t="n">
+      <c r="F313" s="0" t="n">
         <v>100</v>
       </c>
-      <c r="G312" s="0" t="n">
+      <c r="G313" s="0" t="n">
         <v>240930155950</v>
       </c>
-      <c r="H312" s="0"/>
-      <c r="I312" s="0" t="n">
+      <c r="H313" s="0"/>
+      <c r="I313" s="0" t="n">
         <v>92</v>
       </c>
-      <c r="J312" s="0" t="inlineStr">
+      <c r="J313" s="0" t="inlineStr">
         <is>
           <t>https://www.realtoptan.com/image/catalog/resimler/pest.jpg</t>
         </is>
       </c>
-      <c r="K312" s="0" t="inlineStr">
+      <c r="K313" s="0" t="inlineStr">
         <is>
           <t>https://www.realtoptan.com/image/catalog/resimler/pest2.jpg</t>
         </is>
       </c>
-      <c r="L312" s="0"/>
-[...9 lines deleted...]
-      <c r="A313" s="0" t="n">
+      <c r="L313" s="0"/>
+      <c r="M313" s="0"/>
+      <c r="N313" s="0"/>
+      <c r="O313" s="0" t="inlineStr">
+        <is>
+          <t>0.00kg</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="314">
+      <c r="A314" s="0" t="n">
         <v>371</v>
       </c>
-      <c r="B313" s="0" t="inlineStr">
+      <c r="B314" s="0" t="inlineStr">
         <is>
           <t>Wonder Arms Kol Gym Aleti</t>
         </is>
       </c>
-      <c r="C313" s="0" t="inlineStr">
+      <c r="C314" s="0" t="inlineStr">
         <is>
           <t>KİŞİSEL BAKIM|TV ÜRÜNLERİ|Yeni Ürünler</t>
         </is>
       </c>
-      <c r="D313" s="0" t="inlineStr">
+      <c r="D314" s="0" t="inlineStr">
         <is>
           <t>KİŞİSEL BAKIM</t>
         </is>
       </c>
-      <c r="E313" s="0" t="inlineStr">
+      <c r="E314" s="0" t="inlineStr">
         <is>
           <t>&amp;lt;table&amp;gt;
 	&amp;lt;tbody&amp;gt;
 		&amp;lt;tr&amp;gt;
 			&amp;lt;td&amp;gt;Wonder Arms Kol&amp;amp;nbsp;Egzersiz&amp;amp;nbsp;Aleti
 			&amp;lt;pre&amp;gt;
 Wonder Arms, kollarınızın altındaki bu sorunlu alandan kurtulmanıza yardım eden eğitim cihazıdır.
 Sırt, biseps, triceps, omuz ve hatta göğsünüzün tek seferde çalışan benzersiz dinamik direniş hareketler ile inanılmaz sonuçlar elde edin.
 Eklemleri zorlanmadan kalori yakarken kaslarınızın sıkılaşmasını ve sıkılmasını hissedeceksiniz.
 Tüm fitness seviyeleri için mükemmeldir.
 Dört farklı kas grubunu hedefler ve üç farklı direnç bandıyla gelir.
 Wonder Arms Nedir?
 Wonder Arms, dirençle çalışan ergonomik bir eğitim cihazıdır.
 Seviyenize (başlangıç, ortalama veya tecrübeli) bağlı olarak direniş bandını seçin ve Wonder Arms'a yerleştirin Cihazı yerleştirdiğiniz yere bağlı olarak omuzlarınızı, pazılarınızı, tricepslerinizi, göğüslerinizi ve sırt kaslarınızı eğitin.
 Egzersizler eklemleriniz için stresli değildir ve hem oturma hem de ayakta olarak yapılabilir.
 Wonder Arms bölgeleri hedefler ve onları göstermekten gurur duyacağınız sert, gösterişli, kollara ve omuzlara dönüştürür.&amp;lt;/pre&amp;gt;
 			&amp;lt;/td&amp;gt;
 		&amp;lt;/tr&amp;gt;
 	&amp;lt;/tbody&amp;gt;
 &amp;lt;/table&amp;gt;
 &amp;lt;p&amp;gt;&amp;amp;nbsp;&amp;lt;/p&amp;gt;
 </t>
         </is>
       </c>
-      <c r="F313" s="0" t="n">
+      <c r="F314" s="0" t="n">
         <v>100</v>
       </c>
-      <c r="G313" s="0" t="n">
+      <c r="G314" s="0" t="n">
         <v>240930160714</v>
       </c>
-      <c r="H313" s="0"/>
-      <c r="I313" s="0" t="n">
+      <c r="H314" s="0"/>
+      <c r="I314" s="0" t="n">
         <v>95</v>
       </c>
-      <c r="J313" s="0" t="inlineStr">
-[...23 lines deleted...]
-      <c r="A314" s="0" t="n">
+      <c r="J314" s="0" t="inlineStr">
+        <is>
+          <t>https://www.realtoptan.com/image/catalog/site_resimler/SİTE RESİMLERİ/WON-3.jpeg</t>
+        </is>
+      </c>
+      <c r="K314" s="0" t="inlineStr">
+        <is>
+          <t>https://www.realtoptan.com/image/catalog/site_resimler/SİTE RESİMLERİ/won-2.png</t>
+        </is>
+      </c>
+      <c r="L314" s="0" t="inlineStr">
+        <is>
+          <t>https://www.realtoptan.com/image/catalog/site_resimler/SİTE RESİMLERİ/won-1.png</t>
+        </is>
+      </c>
+      <c r="M314" s="0"/>
+      <c r="N314" s="0"/>
+      <c r="O314" s="0" t="inlineStr">
+        <is>
+          <t>0.00kg</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="315">
+      <c r="A315" s="0" t="n">
         <v>372</v>
       </c>
-      <c r="B314" s="0" t="inlineStr">
+      <c r="B315" s="0" t="inlineStr">
         <is>
           <t>Havai Fişek Pixel Şerit Led</t>
         </is>
       </c>
-      <c r="C314" s="0" t="inlineStr">
+      <c r="C315" s="0" t="inlineStr">
         <is>
           <t>EV &amp;amp; OFİS ÜRÜNLERİ|HEDİYELİK EŞYA|TV ÜRÜNLERİ|Yeni Ürünler</t>
         </is>
       </c>
-      <c r="D314" s="0" t="inlineStr">
+      <c r="D315" s="0" t="inlineStr">
         <is>
           <t>EV &amp;amp; OFİS ÜRÜNLERİ</t>
         </is>
       </c>
-      <c r="E314" s="0" t="inlineStr">
+      <c r="E315" s="0" t="inlineStr">
         <is>
           <t>&amp;lt;p&amp;gt;&amp;lt;strong&amp;gt;Toplam 650 cm Şerit LED- Uzaktan Kumanda- 213 Çeşit Mod 16 Milyon Renk&amp;lt;/strong&amp;gt;&amp;lt;/p&amp;gt;
 &amp;lt;p&amp;gt;&amp;lt;br /&amp;gt;
 1. Havai LED; oturma odası, yatak odası,oyun odası, sundurma, noel, cadılar bayramı, bar,partiler,festivaller ve yıldönümleri gibi tatil ve etkinlikler için ortamınızı harika bir hale getirir.&amp;lt;/p&amp;gt;
 &amp;lt;p&amp;gt;2. Üç çeşit kontrol sağlayabilirsiniz. Cep telefonu Uygulaması (duoCo StripX) ile uzaktan kumanda veya USB kablo üzerindeki denetleyici düğmeleri ile kontrol edilebilir.Uygulamayı barkodu okutarak indirebilirsiniz.&amp;lt;/p&amp;gt;
 &amp;lt;p&amp;gt;3. Değişim modu seçenekleri 213 çeşit, 16 milyon çeşit renk seçenekleri bulunur.&amp;lt;/p&amp;gt;
 &amp;lt;p&amp;gt;4. Uzaktan kumanda ile 24 tuşlu 10 seviyeli parlaklık, hız ve hassasiyet ayarı yapılabilir.&amp;lt;/p&amp;gt;
 &amp;lt;p&amp;gt;5. Dinamik mod seçimi 21 çeşit (uzaktan kumanda), AUTOA düğmesi (uzaktan kumanda içinde, havai aydınlanma etkisi)&amp;lt;/p&amp;gt;
 &amp;lt;p&amp;gt;6. İsteğe bağlı zamanlama fonksiyonu ile Led leri kontrol edebilirsiniz.&amp;lt;/p&amp;gt;
 &amp;lt;p&amp;gt;7. Müzik fonksiyonu ile telefonunuzdaki ışıklar müzik ritmi ile yanıp söner. Dahili mikrofon ile ortam müziğine göre de ayarlanabilir.&amp;lt;/p&amp;gt;
 &amp;lt;p&amp;gt;&amp;amp;nbsp;&amp;lt;/p&amp;gt;
 &amp;lt;p&amp;gt;&amp;lt;strong&amp;gt;Kurulum Nasıl Yapılır :&amp;lt;/strong&amp;gt;Lütfen kurulumdan önce duvarı silerek temizleyin. Önce yuvarlak hub çoğaltıcıyı yapıştırıcı kısmını sökerek duvara sabitleyin. Ardından 150 cm lik uzun şerit ledin kendinden yapışkanlı şeridi çıkararak aşağı gelecek şekilde sabitleyin. Diğer 10 adet şerit ledi yuvarlak hubın soketlerine tututurup duvara sabitleyin.&amp;lt;/p&amp;gt;
 &amp;lt;p&amp;gt;İç mekan kullanımları için tasarlanmıştır su geçirmez değildir, lütfen evde veya dış mekanlarda nemli yerlerden uzak tutunuz.&amp;lt;/p&amp;gt;
 &amp;lt;p&amp;gt;&amp;amp;nbsp;&amp;lt;/p&amp;gt;
 &amp;lt;p&amp;gt;&amp;lt;strong&amp;gt;Teknik Özellikleri&amp;lt;/strong&amp;gt;&amp;lt;/p&amp;gt;
 &amp;lt;p&amp;gt;Güç Kaynağı: USB 5Volt&amp;lt;br /&amp;gt;
 Uzaktan Kumanda: 24 tuşlu&amp;lt;br /&amp;gt;
 Şerit Led Sayısı: 156 Led (10 Adet 50cm + 1 Adet150cm)&amp;lt;br /&amp;gt;
 LED Modeli: 5050 RGB&amp;lt;br /&amp;gt;
 Uygulama Adı: duoCo StripX&amp;lt;br /&amp;gt;
 Ambalaj Boyutu: 140*115*45mm&amp;lt;br /&amp;gt;
 Ağırlık: 195gr&amp;lt;/p&amp;gt;
 &amp;lt;p&amp;gt;&amp;amp;nbsp;&amp;lt;/p&amp;gt;
 &amp;lt;p&amp;gt;&amp;lt;strong&amp;gt;Paket İçeriği&amp;lt;/strong&amp;gt;&amp;lt;/p&amp;gt;
 &amp;lt;p&amp;gt;&amp;amp;nbsp;&amp;lt;/p&amp;gt;
 &amp;lt;p&amp;gt;10 × Kısa havai şeritler (her biri 50 cm uzunluğunda)&amp;lt;/p&amp;gt;
 &amp;lt;p&amp;gt;1 × Uzun ışın havai şerit (150 cm uzunluk)&amp;lt;/p&amp;gt;
 &amp;lt;p&amp;gt;1 × Yuvarlak Şerit Hub&amp;lt;/p&amp;gt;
 &amp;lt;p&amp;gt;1 × Uzaktan kumanda(pil CR2025 dahildir)&amp;lt;/p&amp;gt;
 &amp;lt;p&amp;gt;1 × Usb güç kablosu (163 cm uzunluğunda)&amp;lt;/p&amp;gt;
 &amp;lt;p&amp;gt;1 × İngilizce kullanım klavuzu&amp;lt;/p&amp;gt;
 &amp;lt;p&amp;gt;&amp;amp;nbsp;&amp;lt;/p&amp;gt;
 &amp;lt;p&amp;gt;&amp;lt;img alt=&amp;quot;&amp;quot; src=&amp;quot;https://cdn03.ciceksepeti.com/images/product/kcm53083676/ab25cfc1-8ced-4d98-8d7c-2f856a3386a0.jpg&amp;quot; /&amp;gt;&amp;lt;img alt=&amp;quot;&amp;quot; src=&amp;quot;https://cdn03.ciceksepeti.com/images/product/kcm53083676/6c904f30-1951-4828-86d4-5907ac6210be.jpg&amp;quot; /&amp;gt;&amp;lt;img alt=&amp;quot;&amp;quot; src=&amp;quot;https://cdn03.ciceksepeti.com/images/product/kcm53083676/036e6833-7521-4dee-a360-b4ffe976dc74.jpg&amp;quot; /&amp;gt;&amp;lt;img alt=&amp;quot;&amp;quot; src=&amp;quot;https://cdn03.ciceksepeti.com/images/product/kcm53083676/aa4e50b6-c20b-4cc5-b1fb-b4fbaddd3866.jpg&amp;quot; /&amp;gt;&amp;lt;img alt=&amp;quot;&amp;quot; src=&amp;quot;https://cdn03.ciceksepeti.com/images/product/kcm53083676/53ea867d-080f-4a53-85a9-987174cb435d.jpg&amp;quot; /&amp;gt;&amp;lt;img alt=&amp;quot;&amp;quot; src=&amp;quot;https://cdn03.ciceksepeti.com/images/product/kcm53083676/c9c49694-b0d7-4320-9f56-d4763bd8973a.jpg&amp;quot; /&amp;gt;&amp;lt;/p&amp;gt;
 </t>
         </is>
       </c>
-      <c r="F314" s="0" t="n">
+      <c r="F315" s="0" t="n">
         <v>550</v>
       </c>
-      <c r="G314" s="0" t="n">
+      <c r="G315" s="0" t="n">
         <v>241002203425</v>
       </c>
-      <c r="H314" s="0"/>
-      <c r="I314" s="0" t="n">
+      <c r="H315" s="0"/>
+      <c r="I315" s="0" t="n">
         <v>0</v>
       </c>
-      <c r="J314" s="0" t="inlineStr">
+      <c r="J315" s="0" t="inlineStr">
         <is>
           <t>https://www.realtoptan.com/image/catalog/resimler/haw2.png</t>
         </is>
       </c>
-      <c r="K314" s="0" t="inlineStr">
+      <c r="K315" s="0" t="inlineStr">
         <is>
           <t>https://www.realtoptan.com/image/catalog/resimler/haw3.jpg</t>
         </is>
       </c>
-      <c r="L314" s="0" t="inlineStr">
+      <c r="L315" s="0" t="inlineStr">
         <is>
           <t>https://www.realtoptan.com/image/catalog/resimler/haw1.jpg</t>
         </is>
       </c>
-      <c r="M314" s="0" t="inlineStr">
+      <c r="M315" s="0" t="inlineStr">
         <is>
           <t>https://www.realtoptan.com/image/catalog/resimler/haw4.jpg</t>
         </is>
       </c>
-      <c r="N314" s="0" t="inlineStr">
+      <c r="N315" s="0" t="inlineStr">
         <is>
           <t>https://www.realtoptan.com/image/catalog/resimler/haw5.jpg</t>
         </is>
       </c>
-      <c r="O314" s="0" t="inlineStr">
-[...6 lines deleted...]
-      <c r="A315" s="0" t="n">
+      <c r="O315" s="0" t="inlineStr">
+        <is>
+          <t>0.00kg</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="316">
+      <c r="A316" s="0" t="n">
         <v>373</v>
       </c>
-      <c r="B315" s="0" t="inlineStr">
+      <c r="B316" s="0" t="inlineStr">
         <is>
           <t>Browns İpli Pratik Epilasyon Aleti</t>
         </is>
       </c>
-      <c r="C315" s="0" t="inlineStr">
+      <c r="C316" s="0" t="inlineStr">
         <is>
           <t>KİŞİSEL BAKIM|TV ÜRÜNLERİ|Yeni Ürünler</t>
         </is>
       </c>
-      <c r="D315" s="0" t="inlineStr">
+      <c r="D316" s="0" t="inlineStr">
         <is>
           <t>KİŞİSEL BAKIM</t>
         </is>
       </c>
-      <c r="E315" s="0" t="inlineStr">
+      <c r="E316" s="0" t="inlineStr">
         <is>
           <t>&amp;lt;p&amp;gt;&amp;lt;strong&amp;gt;İPLİ PRATİK EPİLASYON ALETİ&amp;lt;/strong&amp;gt;&amp;lt;br /&amp;gt;
 &amp;lt;strong&amp;gt;İstenmeyen tüyleri jilet ya da cımbızla aldığınızda, tüyler daha sert ve daha kısa sürede çıkar, ağda yapmaksa oldukça zahmetli bir işlemdir. Epilasyon işleminde kullanılan iple alma yöntemi kadınlar tarafından oldukça tercih edilen bir yöntemdir!&amp;lt;/strong&amp;gt;&amp;lt;br /&amp;gt;
 Aslında iple tüy alma tekniği eski çin geleneksel güzellik yöntemine dayanır. İple yapılan epilasyon işleminde en kısa ve en kalın tüyleri bile kolaylıkla alabilir, cildinizin yumuşak ve pürüzsüz olmasını sağlayabilirsiniz.&amp;lt;br /&amp;gt;
 &amp;lt;strong&amp;gt;Şimdi sizi yepyeni bir yöntemle tanıştıracağız. Artık iple yapacağınız epilasyon işleminde başkasına ihtiyacınız olmayacak!&amp;lt;/strong&amp;gt;&amp;lt;br /&amp;gt;
 Adaptörle çalışan King İpli Epilasyonu uzun süre aktif olarak kullanabilirsiniz. İstenmeyen tüylerden kurtulmanın en uygun güvenli ve hızlı yoluyla sizde tanışın.&amp;lt;/p&amp;gt;
 &amp;lt;p&amp;gt;&amp;lt;strong&amp;gt;Ürün Özellikleri&amp;lt;/strong&amp;gt;&amp;lt;br /&amp;gt;
 BROWNS İpli Epilasyon ile bu işlemi hızlı ve pratik bir şekilde yapabileceksiniz.&amp;lt;br /&amp;gt;
 BROWNS İpli Epilasyon tüyleri güvenle alır, kesmez veya koparmaz.&amp;lt;br /&amp;gt;
 Tüm cilt tiplerine uygundur.&amp;lt;br /&amp;gt;
 Dudak üzeri, çene, kaş üstü, yanak ve benzeri hassas yüz bölgelerinde kullanılabilir.&amp;lt;br /&amp;gt;
 Ciltten iple tüy alma size sadece pürüzsüz bir cilt sunmaz ayrıca makyaj içinde ideal bir zemin hazırlar.&amp;lt;br /&amp;gt;
 Ayrıca kol ve bacakta oluşan istenmeyen tüylerden kurtulmak içinde kullanım sağlayabilirsiniz.&amp;lt;br /&amp;gt;
 BROWNS İpli Epilasyonu erkekler dahi rahatlıkla kullanabilir, elmacık kemiği üzerinde bulunan ince kalmış istenmeyen tüylerden bu işlem sayesinde kurtulabilir.&amp;lt;br /&amp;gt;
 Güçlü ışık sistemi epilasyon sırasında cildi aydınlatır böylece en küçük ayrıntıyı dahi atlamazsınız.&amp;lt;br /&amp;gt;
 İpler çok hızlı bir şekilde hareket ettiğinden tüyle yakalar ve kökünden alır.&amp;lt;br /&amp;gt;
 Hiçbir kimyasal madde, ısı, tıbbi malzeme veya metal kullanılmadığından cilde zarar vermez, hiçbir yan etkisi yoktur.&amp;lt;br /&amp;gt;
 Vücut ve yüz için en ideal&amp;amp;nbsp;&amp;lt;strong&amp;gt;epilasyon aletidir&amp;lt;/strong&amp;gt;&amp;amp;nbsp;ve derinize en güvenli şekilde temas eder.&amp;lt;br /&amp;gt;
 &amp;amp;nbsp;&amp;lt;/p&amp;gt;
 &amp;lt;p&amp;gt;&amp;lt;strong&amp;gt;Kullanımı&amp;lt;/strong&amp;gt;&amp;lt;br /&amp;gt;
 Pamuk ipliğini uygun alanlara takarak vidaları sıkıştırın.&amp;lt;/p&amp;gt;
 &amp;lt;p&amp;gt;Uygulamak bölgeye pudrayı uygulayın ve cildin kuru olduğundan emin olun, tüyle uzama yönün tersine doğru işleme başlayın. İşte bu kadar kolay.&amp;lt;br /&amp;gt;
 &amp;lt;br /&amp;gt;
 &amp;lt;strong&amp;gt;Paket İçeriği&amp;lt;/strong&amp;gt;&amp;lt;/p&amp;gt;
 &amp;lt;p&amp;gt;Pamuk İpliği&amp;lt;br /&amp;gt;
 Pudra&amp;lt;br /&amp;gt;
 Adaptör&amp;lt;br /&amp;gt;
 Kullanım Kılavuzu&amp;lt;/p&amp;gt;
 </t>
         </is>
       </c>
-      <c r="F315" s="0" t="n">
+      <c r="F316" s="0" t="n">
         <v>350</v>
       </c>
-      <c r="G315" s="0" t="n">
+      <c r="G316" s="0" t="n">
         <v>241013203833</v>
       </c>
-      <c r="H315" s="0"/>
-      <c r="I315" s="0" t="n">
+      <c r="H316" s="0"/>
+      <c r="I316" s="0" t="n">
         <v>0</v>
       </c>
-      <c r="J315" s="0" t="inlineStr">
+      <c r="J316" s="0" t="inlineStr">
         <is>
           <t>https://www.realtoptan.com/image/catalog/resimler/brows4.jpg</t>
         </is>
       </c>
-      <c r="K315" s="0" t="inlineStr">
+      <c r="K316" s="0" t="inlineStr">
         <is>
           <t>https://www.realtoptan.com/image/catalog/resimler/brows3.jpg</t>
         </is>
       </c>
-      <c r="L315" s="0" t="inlineStr">
+      <c r="L316" s="0" t="inlineStr">
         <is>
           <t>https://www.realtoptan.com/image/catalog/resimler/brows2.jpg</t>
         </is>
       </c>
-      <c r="M315" s="0" t="inlineStr">
+      <c r="M316" s="0" t="inlineStr">
         <is>
           <t>https://www.realtoptan.com/image/catalog/resimler/brows.jpg</t>
         </is>
       </c>
-      <c r="N315" s="0"/>
-[...7 lines deleted...]
-      <c r="A316" s="0" t="n">
+      <c r="N316" s="0"/>
+      <c r="O316" s="0" t="inlineStr">
+        <is>
+          <t>0.00kg</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="317">
+      <c r="A317" s="0" t="n">
         <v>374</v>
       </c>
-      <c r="B316" s="0" t="inlineStr">
+      <c r="B317" s="0" t="inlineStr">
         <is>
           <t>Vacuum Sealer Gıda Vakum Ve Mühürleme Makinesi (10 plastik poşet hediyeli)</t>
         </is>
       </c>
-      <c r="C316" s="0" t="inlineStr">
+      <c r="C317" s="0" t="inlineStr">
         <is>
           <t>EV &amp;amp; OFİS ÜRÜNLERİ|MUTFAK ÜRÜNLERİ|TV ÜRÜNLERİ|Yeni Ürünler</t>
         </is>
       </c>
-      <c r="D316" s="0" t="inlineStr">
+      <c r="D317" s="0" t="inlineStr">
         <is>
           <t>EV &amp;amp; OFİS ÜRÜNLERİ</t>
         </is>
       </c>
-      <c r="E316" s="0" t="inlineStr">
+      <c r="E317" s="0" t="inlineStr">
         <is>
           <t>&amp;lt;ul&amp;gt;
 	&amp;lt;li&amp;gt;Taze meyve ve sebzelerin, kuruyemişlerin, etlerin, tatlıların tadını ve nemini koruyabilirsiniz.&amp;lt;/li&amp;gt;
 	&amp;lt;li&amp;gt;Fotoğraf, mektup, mücevher, antika ve elektronik ürünler gibi değerli eşyalarınızı oksidasyondan koruyabilirsiniz.&amp;lt;/li&amp;gt;
 	&amp;lt;li&amp;gt;Tek tuşla otomatik vakum mühürleme, daha kolay, daha hızlı vakumlamak ve mühürlemek için akıllı led gösterge ışıklarına sahip elle kullanılmayan tasarımın kullanımını kolaylaştırır.&amp;lt;/li&amp;gt;
 	&amp;lt;li&amp;gt;çeşitli ihtiyaçlarınızı karşılayın: Sızdırmazlık ve vakum mühürleyen işlevi ayrı ayrı çalıştırılabilir, yiyecek hava geçirmez olduğunda ve depolamaya hazır olduğunda otomatik olarak durur.&amp;lt;/li&amp;gt;
 	&amp;lt;li&amp;gt;hafif ve yüksek teknolojili tasarım: Dayanıklı, kolay temizlenen abs malzeme ve taşınabilir tasarım, ev ve dış mekan kullanımı için mükemmeldir.&amp;lt;/li&amp;gt;
 	&amp;lt;li&amp;gt;Şok emici pamuklu, sessiz mıknatıslı, kaputu azaltan.&amp;lt;/li&amp;gt;
 	&amp;lt;li&amp;gt;Aşırı ısınma koruma fonksiyonu ve 3'ü 1 arada gürültü azaltma teknolojisi, artık gürültü ve güvenlik endişesi yok.&amp;lt;/li&amp;gt;
 	&amp;lt;li&amp;gt;Yalnızca mühür modunu seçin&amp;amp;nbsp;&amp;lt;/li&amp;gt;
 	&amp;lt;li&amp;gt;cihazı bir güç kaynağına takın, yeşil led yanar&amp;lt;/li&amp;gt;
 	&amp;lt;li&amp;gt;torbanın bir ucunu sızdırmazlık şeridinin üstüne koyun, ancak ucunun vakum odasına girmediğinden emin olun.&amp;lt;/li&amp;gt;
 	&amp;lt;li&amp;gt;kapağı kapatın ve ardından kapağın her iki tarafına bastırın&amp;amp;nbsp;&amp;lt;/li&amp;gt;
 	&amp;lt;li&amp;gt;&amp;quot;yalnızca mühür&amp;quot; düğmesine 3 saniye basın, led kırmızıya döner&amp;lt;/li&amp;gt;
 	&amp;lt;li&amp;gt;kırmızı led tekrar yeşile döner ? mühürleme tamamlanır.&amp;lt;/li&amp;gt;
 	&amp;lt;li&amp;gt;Not: - nemli yiyecekleri vakumlayarak kapatırken, iyi bir sızdırmazlık sağlamaya yardımcı olmak için önceden dondurabilir veya çantada bir kağıt havlu bırakabilirsiniz.&amp;lt;/li&amp;gt;
 	&amp;lt;li&amp;gt;- yeşil gösterge ışığı vakumlama yaptığı anlamına gelir, kırmızı l gösterge ışığı sızdırmazlığı gösterir.&amp;lt;/li&amp;gt;
 	&amp;lt;li&amp;gt;- kek, ekmek gibi kabarık yiyecekleri vakumla kapatırken, pompalama miktarını kontrol etmek için gösterge düğmesine tekrar tekrar basabilirsiniz (bir kez basın, vakumlamaya başlayabilir, tekrar basın, vakumlamayı durdurabilir) ve ardından mühürlemek için mühür düğmesine basın.&amp;lt;/li&amp;gt;
 	&amp;lt;li&amp;gt;- makine sürekli olarak birkaç kez çalıştığında, aşırı ısınma koruması işlevini başlatabilir, lütfen tekrar kullanmadan önce birkaç dakika bekleyin.&amp;lt;/li&amp;gt;
 	&amp;lt;li&amp;gt;- cips poşetleri, bisküvi poşetleri vb.Gibi hemen hemen tüm plastik poşetleri kapatabilir.&amp;lt;/li&amp;gt;
 	&amp;lt;li&amp;gt;- bu cihazı en iyi şekilde kullanmak ve güvenle kullanmak için lütfen talimatları dikkatlice okuyunuz.&amp;lt;/li&amp;gt;
 	&amp;lt;li&amp;gt;Paket içeriği: 1 adet × Profesyonel vakumlama makinesi 1 adet × Fiş 1 adet × Kullanım kılavuzu x&amp;amp;nbsp;10 plastik poşet hediyeli&amp;lt;/li&amp;gt;
 &amp;lt;/ul&amp;gt;
 </t>
         </is>
       </c>
-      <c r="F316" s="0" t="n">
+      <c r="F317" s="0" t="n">
         <v>250</v>
       </c>
-      <c r="G316" s="0" t="n">
+      <c r="G317" s="0" t="n">
         <v>241013204702</v>
       </c>
-      <c r="H316" s="0"/>
-      <c r="I316" s="0" t="n">
+      <c r="H317" s="0"/>
+      <c r="I317" s="0" t="n">
         <v>0</v>
       </c>
-      <c r="J316" s="0" t="inlineStr">
+      <c r="J317" s="0" t="inlineStr">
         <is>
           <t>https://www.realtoptan.com/image/catalog/resimler/vakummm3.jpg.png</t>
         </is>
       </c>
-      <c r="K316" s="0" t="inlineStr">
+      <c r="K317" s="0" t="inlineStr">
         <is>
           <t>https://www.realtoptan.com/image/catalog/resimler/vakummm2.jpg.png</t>
         </is>
       </c>
-      <c r="L316" s="0" t="inlineStr">
+      <c r="L317" s="0" t="inlineStr">
         <is>
           <t>https://www.realtoptan.com/image/catalog/resimler/vakummm.jpg</t>
         </is>
       </c>
-      <c r="M316" s="0"/>
-[...8 lines deleted...]
-      <c r="A317" s="0" t="n">
+      <c r="M317" s="0"/>
+      <c r="N317" s="0"/>
+      <c r="O317" s="0" t="inlineStr">
+        <is>
+          <t>0.00kg</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="318">
+      <c r="A318" s="0" t="n">
         <v>375</v>
       </c>
-      <c r="B317" s="0" t="inlineStr">
+      <c r="B318" s="0" t="inlineStr">
         <is>
           <t>Derma Roller System 0.5 mm.</t>
         </is>
       </c>
-      <c r="C317" s="0" t="inlineStr">
+      <c r="C318" s="0" t="inlineStr">
         <is>
           <t>KİŞİSEL BAKIM|Yeni Ürünler</t>
         </is>
       </c>
-      <c r="D317" s="0" t="inlineStr">
+      <c r="D318" s="0" t="inlineStr">
         <is>
           <t>KİŞİSEL BAKIM</t>
         </is>
       </c>
-      <c r="E317" s="0" t="inlineStr">
+      <c r="E318" s="0" t="inlineStr">
         <is>
           <t>&amp;lt;p style=&amp;quot;text-align:start&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;font-size:13px&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;background-color:#ffffff&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;color:#666666&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;font-family:Poppins,sans-serif&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;font-family:Arial,Helvetica,sans-serif&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;font-size:24px&amp;quot;&amp;gt;&amp;lt;strong&amp;gt;Derma Roller System 0.5 mm.&amp;lt;/strong&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/p&amp;gt;
 &amp;lt;p style=&amp;quot;text-align:start&amp;quot;&amp;gt;&amp;amp;nbsp;&amp;lt;/p&amp;gt;
 &amp;lt;p style=&amp;quot;text-align:start&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;font-size:12px&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;background-color:#ffffff&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;color:#666666&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;font-family:Arial,Helvetica,sans-serif&amp;quot;&amp;gt;&amp;lt;strong&amp;gt;&amp;lt;span style=&amp;quot;font-size:14pt&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;font-family:Arial,sans-serif&amp;quot;&amp;gt;DERMA ROLLER TİTANYUM İĞNELİ CİLT BAKIM ALETİ&amp;amp;nbsp;&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/strong&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/p&amp;gt;
 &amp;lt;p style=&amp;quot;text-align:start&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;font-size:12px&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;background-color:#ffffff&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;color:#666666&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;font-family:Arial,Helvetica,sans-serif&amp;quot;&amp;gt;&amp;lt;strong&amp;gt;&amp;lt;span style=&amp;quot;font-size:14pt&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;font-family:Arial,sans-serif&amp;quot;&amp;gt;540 İĞNE 0.5 MM.&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/strong&amp;gt;&amp;amp;nbsp;&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/p&amp;gt;
 &amp;lt;p style=&amp;quot;text-align:start&amp;quot;&amp;gt;&amp;amp;nbsp;&amp;lt;/p&amp;gt;
 &amp;lt;p style=&amp;quot;text-align:start&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;font-size:12px&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;background-color:#ffffff&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;color:#666666&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;font-family:Arial,Helvetica,sans-serif&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;font-size:12pt&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;font-family:Arial,sans-serif&amp;quot;&amp;gt;Derma Roller Titanyum Malzemeden&amp;amp;nbsp;540 Adet İğneye sahip olup, her iğne 0.75 mm. ölçülerindedir.&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/p&amp;gt;
 &amp;lt;p style=&amp;quot;text-align:start&amp;quot;&amp;gt;&amp;amp;nbsp;&amp;lt;/p&amp;gt;
 &amp;lt;p style=&amp;quot;text-align:start&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;font-size:12px&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;background-color:#ffffff&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;color:#666666&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;font-family:Arial,Helvetica,sans-serif&amp;quot;&amp;gt;&amp;lt;strong&amp;gt;&amp;lt;span style=&amp;quot;font-size:14pt&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;font-family:Arial,sans-serif&amp;quot;&amp;gt;Ürün Ölçüleri&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/strong&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/p&amp;gt;
 &amp;lt;p style=&amp;quot;text-align:start&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;font-size:12px&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;background-color:#ffffff&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;color:#666666&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;font-family:Arial,Helvetica,sans-serif&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;font-size:12pt&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;font-family:Arial,sans-serif&amp;quot;&amp;gt;Titanyum 540 adet iğne&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/p&amp;gt;
 &amp;lt;p style=&amp;quot;text-align:start&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;font-size:12px&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;background-color:#ffffff&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;color:#666666&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;font-family:Arial,Helvetica,sans-serif&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;font-size:12pt&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;font-family:Arial,sans-serif&amp;quot;&amp;gt;0.5 mm. iğne ölçüsü&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/p&amp;gt;
 &amp;lt;p style=&amp;quot;text-align:start&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;font-size:12px&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;background-color:#ffffff&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;color:#666666&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;font-family:Arial,Helvetica,sans-serif&amp;quot;&amp;gt;&amp;amp;nbsp;&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/p&amp;gt;
 &amp;lt;p style=&amp;quot;text-align:start&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;font-size:12px&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;background-color:#ffffff&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;color:#666666&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;font-family:Arial,Helvetica,sans-serif&amp;quot;&amp;gt;&amp;lt;strong&amp;gt;&amp;lt;span style=&amp;quot;font-size:14pt&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;font-family:Arial,sans-serif&amp;quot;&amp;gt;Paket İçeriği&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/strong&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/p&amp;gt;
 &amp;lt;p style=&amp;quot;text-align:start&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;font-size:12px&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;background-color:#ffffff&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;color:#666666&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;font-family:Arial,Helvetica,sans-serif&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;font-size:12pt&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;font-family:Arial,sans-serif&amp;quot;&amp;gt;1 adet titanyum iğneli derma roller cilt bakım aleti&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/p&amp;gt;
 </t>
         </is>
       </c>
-      <c r="F317" s="0" t="n">
+      <c r="F318" s="0" t="n">
         <v>35</v>
       </c>
-      <c r="G317" s="0" t="n">
+      <c r="G318" s="0" t="n">
         <v>241013205126</v>
       </c>
-      <c r="H317" s="0"/>
-      <c r="I317" s="0" t="n">
+      <c r="H318" s="0"/>
+      <c r="I318" s="0" t="n">
         <v>0</v>
       </c>
-      <c r="J317" s="0" t="inlineStr">
+      <c r="J318" s="0" t="inlineStr">
         <is>
           <t>https://www.realtoptan.com/image/catalog/resimler/derma.jpg</t>
         </is>
       </c>
-      <c r="K317" s="0" t="inlineStr">
+      <c r="K318" s="0" t="inlineStr">
         <is>
           <t>https://www.realtoptan.com/image/catalog/resimler/derma2.png</t>
         </is>
       </c>
-      <c r="L317" s="0" t="inlineStr">
+      <c r="L318" s="0" t="inlineStr">
         <is>
           <t>https://www.realtoptan.com/image/catalog/resimler/derma3.jpg</t>
         </is>
       </c>
-      <c r="M317" s="0"/>
-[...8 lines deleted...]
-      <c r="A318" s="0" t="n">
+      <c r="M318" s="0"/>
+      <c r="N318" s="0"/>
+      <c r="O318" s="0" t="inlineStr">
+        <is>
+          <t>0.00kg</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="319">
+      <c r="A319" s="0" t="n">
         <v>376</v>
       </c>
-      <c r="B318" s="0" t="inlineStr">
+      <c r="B319" s="0" t="inlineStr">
         <is>
           <t>Derma Roller Titanyum Cilt Bakım Aleti 1.00 mm.</t>
         </is>
       </c>
-      <c r="C318" s="0" t="inlineStr">
+      <c r="C319" s="0" t="inlineStr">
         <is>
           <t>KİŞİSEL BAKIM|Yeni Ürünler</t>
         </is>
       </c>
-      <c r="D318" s="0" t="inlineStr">
+      <c r="D319" s="0" t="inlineStr">
         <is>
           <t>KİŞİSEL BAKIM</t>
         </is>
       </c>
-      <c r="E318" s="0" t="inlineStr">
+      <c r="E319" s="0" t="inlineStr">
         <is>
           <t>&amp;lt;p&amp;gt;&amp;lt;strong&amp;gt;DERMA ROLLER TİTANYUM İĞNELİ CİLT BAKIM ALETİ&amp;amp;nbsp;&amp;lt;/strong&amp;gt;&amp;lt;/p&amp;gt;
 &amp;lt;p&amp;gt;&amp;lt;strong&amp;gt;540 İĞNE 1.00 MM.&amp;lt;/strong&amp;gt;&amp;lt;/p&amp;gt;
 &amp;lt;p&amp;gt;&amp;amp;nbsp;&amp;lt;/p&amp;gt;
 &amp;lt;p&amp;gt;Derma Roller Titanyum Malzemeden&amp;amp;nbsp;540 Adet İğneye sahip olup, her iğne 1.00 mm. ölçülerindedir.&amp;lt;/p&amp;gt;
 &amp;lt;p&amp;gt;Derma Roller Titanyum İğneli Cilt Bakım Aletinin uygulamasının esası, titanyum iğneli silindirin cilt üzerinde gezdirilerek binlerce mikro-deliklerin açılması şeklinde olur.&amp;lt;/p&amp;gt;
 &amp;lt;p&amp;gt;Derma Roller Cilt Bakım Aleti, &amp;quot;mesoroller&amp;quot; veya microneedling&amp;quot; isimleri ile de bilinir.&amp;lt;/p&amp;gt;
 &amp;lt;p&amp;gt;Derma Roller Cilt Bakım Aletinin üzerindeki micro iğnelerle açılan deliklerin oluşturduğu mikro-travmalar sayesinde o bölgenin kendini onarması ve vücudun kendi kendisini yenilemesi sağlanır.&amp;lt;/p&amp;gt;
 &amp;lt;p&amp;gt;Bu bölgede başlayan tamir süreci ile büyüme faktörlerinin artışı belirgin kollajen dokusu artışına neden olmaktadır.&amp;lt;/p&amp;gt;
 &amp;lt;p&amp;gt;Derma Rollerin etkisinin maksimum düzeyde görülmesi birkaç ayı alır.&amp;lt;/p&amp;gt;
 &amp;lt;p&amp;gt;Derma Roller Cilt Bakım Aleti&amp;amp;nbsp;uygulaması, tedavide hedeflenen bölgenin üzerinden iğnelerin çeşitli açılarla, farklı yönlerden geçmesi ile yapılır.&amp;lt;/p&amp;gt;
 &amp;lt;p&amp;gt;Derma Roller uygulama sırasında tedavi edici ürünler de kullanılarak, etkinin artması sağlanabilmektedir.&amp;lt;/p&amp;gt;
 &amp;lt;p&amp;gt;Tedavi edici ürünlerin deri yüzeyine sürülerek emilmesi ve uygulaması ile başarı&amp;amp;nbsp;200 kata kadar artmaktadır.&amp;lt;/p&amp;gt;
 &amp;lt;p&amp;gt;Derma Rollerin üzerindeki micro titanyum iğneler, uygulama esnasında ince bir şekilde deriye iğne batması etkisi oluştursa da oluşacak acı yok denecek kadar azdır.&amp;lt;/p&amp;gt;
 &amp;lt;p&amp;gt;Fakat lokal anestezik etkili kremleri, Derma Rolleri uygulamadan önce gerekli olan bölgeye filüksiyon ederek, oluşacak olası acıları ortadan kaldırır ve daha konforlu bir uygulama yapabilirsiniz.&amp;lt;br /&amp;gt;
 &amp;amp;nbsp;&amp;lt;/p&amp;gt;
 &amp;lt;p&amp;gt;&amp;lt;strong&amp;gt;Derma Roller Uygulama Bölgeleri Nerelerdir ?&amp;lt;/strong&amp;gt;&amp;lt;/p&amp;gt;
 &amp;lt;p&amp;gt;Göz altı ve çevresi sorunları - bakımı, hücre yenileme, krem emilimi.&amp;lt;/p&amp;gt;
 &amp;lt;p&amp;gt;Saç canlandırma, hafif kırışıklık, hafif çizgiler, hücre yenileme, anti-agiging, krem emilimi.&amp;lt;/p&amp;gt;
 &amp;lt;p&amp;gt;Hafif kırışıklık - çizgiler, yüz ve boyun bölgesi anti-agiging, hücre yenileme, krem emilimi.&amp;lt;/p&amp;gt;
 &amp;lt;p&amp;gt;Cilt lekeleri, hafif akne izleri - kırışıklık - çizgiler, hücre yenileme, krem emilimi, boyun ve dekolte bölgesi anti-aging.&amp;lt;/p&amp;gt;
 &amp;lt;p&amp;gt;&amp;lt;strong&amp;gt;&amp;amp;nbsp;&amp;lt;/strong&amp;gt;&amp;lt;br /&amp;gt;
 &amp;lt;strong&amp;gt;Derma Rollerin Etkisi Nedir ?&amp;lt;/strong&amp;gt;&amp;lt;/p&amp;gt;
 &amp;lt;p&amp;gt;Derma Roller uygulaması ile oluşturulan mikro-hasarların vücudun tamir süreçlerini başlatması ile onarıcı düzeltici etkisi, kollajen oluşumunu arttırması ve kan dolaşımını arttırması sonucuna dayanır.&amp;lt;/p&amp;gt;
 &amp;lt;p&amp;gt;Yaşlı ve kuru cildin yenilenmesi, ölü tabakanın uzaklaştırılarak, alttan yeni hücrelerin gelmesi öneli anti-aging katkılar sağlamaktadır.&amp;lt;/p&amp;gt;
@@ -23560,3268 +23781,3304 @@
 &amp;lt;p&amp;gt;Aktif aknesi olanlarda.&amp;lt;/p&amp;gt;
 &amp;lt;p&amp;gt;İz kalma riski olanlarda ( Daha önce yapılan herhangi bir işlemde vücudunda iz kalmış olan kişiler).&amp;lt;/p&amp;gt;
 &amp;lt;p&amp;gt;Kanser hastası olan ve/veya bu amaçla kemoterapi, radyoterapi tedavisi görenlerde.&amp;lt;/p&amp;gt;
 &amp;lt;p&amp;gt;&amp;amp;nbsp;&amp;lt;/p&amp;gt;
 &amp;lt;p&amp;gt;&amp;lt;strong&amp;gt;Derma Roller Tedavisi Yaptıracaklar İçin Tavsiyeler&amp;lt;/strong&amp;gt;&amp;lt;/p&amp;gt;
 &amp;lt;p&amp;gt;Kaliteli bir Derma Roller kullanılmalıdır:&amp;lt;/p&amp;gt;
 &amp;lt;p&amp;gt;Kalitesiz cihaz kullanımı sonrasında iğnecikler koparak kişinin derisine yapışabilir.&amp;lt;/p&amp;gt;
 &amp;lt;p&amp;gt;Başarılı bir tedavi için tek seans yeterli değildir.&amp;lt;/p&amp;gt;
 &amp;lt;p&amp;gt;Bunun yanısıra seans uygulaması seçilmelidir.&amp;lt;/p&amp;gt;
 &amp;lt;p&amp;gt;Özellikle iz tedavisinde diğer tedavi seçenekleri (lazer, PRP…) ile kombinasyon başarıyı artırır.&amp;lt;/p&amp;gt;
 &amp;lt;p&amp;gt;Eski izlere göre yeni izler tedaviye çok daha iyi yanıt verir.&amp;lt;/p&amp;gt;
 &amp;lt;p&amp;gt;Cihaz kişiye özeldir.&amp;lt;/p&amp;gt;
 &amp;lt;p&amp;gt;Aynı cihaz kesinlikle başka hastaya kullanılmamalıdır.&amp;lt;/p&amp;gt;
 &amp;lt;p&amp;gt;Uygulamanın temiz ve steril koşullarda yapılmasına önemlidir.&amp;lt;/p&amp;gt;
 &amp;lt;p&amp;gt;&amp;amp;nbsp;&amp;lt;/p&amp;gt;
 &amp;lt;p&amp;gt;&amp;lt;strong&amp;gt;Derma Roller Titanyum İğneli Cilt Bakım Aleti Ürün Ölçüleri&amp;lt;/strong&amp;gt;&amp;lt;/p&amp;gt;
 &amp;lt;p&amp;gt;Titanyum 540 adet iğne&amp;lt;/p&amp;gt;
 &amp;lt;p&amp;gt;1.00 mm. iğne ölçüsü&amp;lt;/p&amp;gt;
 &amp;lt;p&amp;gt;&amp;amp;nbsp;&amp;lt;/p&amp;gt;
 &amp;lt;p&amp;gt;&amp;lt;strong&amp;gt;Derma Roller Titanyum İğneli Cilt Bakım Aleti Paket İçeriği&amp;lt;/strong&amp;gt;&amp;lt;/p&amp;gt;
 &amp;lt;p&amp;gt;1 adet titanyum iğneli derma roller cilt bakım aleti&amp;lt;/p&amp;gt;
 &amp;lt;p&amp;gt;&amp;amp;nbsp;&amp;lt;/p&amp;gt;
 </t>
         </is>
       </c>
-      <c r="F318" s="0" t="n">
+      <c r="F319" s="0" t="n">
         <v>35</v>
       </c>
-      <c r="G318" s="0" t="n">
+      <c r="G319" s="0" t="n">
         <v>241013205351</v>
       </c>
-      <c r="H318" s="0"/>
-      <c r="I318" s="0" t="n">
+      <c r="H319" s="0"/>
+      <c r="I319" s="0" t="n">
         <v>0</v>
       </c>
-      <c r="J318" s="0" t="inlineStr">
+      <c r="J319" s="0" t="inlineStr">
         <is>
           <t>https://www.realtoptan.com/image/catalog/resimler/derma.jpg</t>
         </is>
       </c>
-      <c r="K318" s="0" t="inlineStr">
+      <c r="K319" s="0" t="inlineStr">
         <is>
           <t>https://www.realtoptan.com/image/catalog/resimler/derma2.png</t>
         </is>
       </c>
-      <c r="L318" s="0" t="inlineStr">
+      <c r="L319" s="0" t="inlineStr">
         <is>
           <t>https://www.realtoptan.com/image/catalog/resimler/derma3.jpg</t>
         </is>
       </c>
-      <c r="M318" s="0"/>
-[...8 lines deleted...]
-      <c r="A319" s="0" t="n">
+      <c r="M319" s="0"/>
+      <c r="N319" s="0"/>
+      <c r="O319" s="0" t="inlineStr">
+        <is>
+          <t>0.00kg</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="320">
+      <c r="A320" s="0" t="n">
         <v>377</v>
       </c>
-      <c r="B319" s="0" t="inlineStr">
+      <c r="B320" s="0" t="inlineStr">
         <is>
           <t>Beyaz Mermer Desenli Yapışkanlı Tezgah Folyosu (3 mt.x 60 cm)</t>
         </is>
       </c>
-      <c r="C319" s="0" t="inlineStr">
+      <c r="C320" s="0" t="inlineStr">
         <is>
           <t>MUTFAK ÜRÜNLERİ|TV ÜRÜNLERİ|Yeni Ürünler</t>
         </is>
       </c>
-      <c r="D319" s="0" t="inlineStr">
+      <c r="D320" s="0" t="inlineStr">
         <is>
           <t>MUTFAK ÜRÜNLERİ</t>
         </is>
       </c>
-      <c r="E319" s="0" t="inlineStr">
+      <c r="E320" s="0" t="inlineStr">
         <is>
           <t>&amp;lt;p&amp;gt;&amp;lt;strong&amp;gt;MERMER DESENLİ YAPIŞKANLI TEZGAH FOLYOSU 3 mt.&amp;lt;/strong&amp;gt;&amp;lt;br /&amp;gt;
 &amp;lt;br /&amp;gt;
 &amp;lt;strong&amp;gt;Ürün Özellikleri&amp;lt;/strong&amp;gt;&amp;lt;br /&amp;gt;
 Nem geçirmez, su geçirmez, toz geçirmez, yağ geçirmez, kolay temizlenebilir, yüksek sıcaklığa dayanıklı.&amp;lt;br /&amp;gt;
 Mutfak tezgah üstü, çekmece, dolap, boyalı duvar, pürüzsüz duvar kağıdı, pürüzsüz ahşap yüzey, metal yüzey, cam yüzey, plastik yüzey için kullanılabilir.&amp;lt;br /&amp;gt;
 Kendinden yapışkanlı ve çıkarılabilir arka etiket, kolay ölçüm ve yerleştirme için uygun ızgara çizgilerine sahiptir.&amp;lt;br /&amp;gt;
 Banyo, mutfak, dolaplar, çamaşır odaları, okul projeleri, atölyeler, ofislerde kullanın.&amp;lt;br /&amp;gt;
 Kolay yapıştırma ile&amp;amp;nbsp; dayanıklı&amp;amp;nbsp; ve uzun bir süre için kullanılabilir.&amp;lt;br /&amp;gt;
 &amp;lt;br /&amp;gt;
 &amp;lt;strong&amp;gt;Ürün Ebatları&amp;lt;/strong&amp;gt;&amp;lt;br /&amp;gt;
 Uzunluk : 3m&amp;lt;br /&amp;gt;
 Genişlik : 60 cm&amp;lt;br /&amp;gt;
 &amp;lt;br /&amp;gt;
 &amp;lt;strong&amp;gt;Paket İçeriği&amp;lt;/strong&amp;gt;&amp;lt;br /&amp;gt;
 1 Ad. Mermer Desenli Yapışkanlı Tezgah Folyosu 3 mt.&amp;lt;/p&amp;gt;
 </t>
         </is>
       </c>
-      <c r="F319" s="0" t="n">
+      <c r="F320" s="0" t="n">
         <v>80</v>
       </c>
-      <c r="G319" s="0" t="n">
+      <c r="G320" s="0" t="n">
         <v>241013205724</v>
       </c>
-      <c r="H319" s="0"/>
-      <c r="I319" s="0" t="n">
+      <c r="H320" s="0"/>
+      <c r="I320" s="0" t="n">
         <v>100</v>
       </c>
-      <c r="J319" s="0" t="inlineStr">
-[...23 lines deleted...]
-      <c r="A320" s="0" t="n">
+      <c r="J320" s="0" t="inlineStr">
+        <is>
+          <t>https://www.realtoptan.com/image/catalog/site_resimler/SİTE RESİMLERİ/beyaz_folyo_1.png</t>
+        </is>
+      </c>
+      <c r="K320" s="0" t="inlineStr">
+        <is>
+          <t>https://www.realtoptan.com/image/catalog/site_resimler/SİTE RESİMLERİ/beyaz_folyo_2.png</t>
+        </is>
+      </c>
+      <c r="L320" s="0" t="inlineStr">
+        <is>
+          <t>https://www.realtoptan.com/image/catalog/site_resimler/SİTE RESİMLERİ/beyaz-mermer-1.png</t>
+        </is>
+      </c>
+      <c r="M320" s="0" t="inlineStr">
+        <is>
+          <t>https://www.realtoptan.com/image/catalog/site_resimler/SİTE RESİMLERİ/beyaz-mermer-2.png</t>
+        </is>
+      </c>
+      <c r="N320" s="0"/>
+      <c r="O320" s="0" t="inlineStr">
+        <is>
+          <t>0.00kg</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="321">
+      <c r="A321" s="0" t="n">
         <v>378</v>
       </c>
-      <c r="B320" s="0" t="inlineStr">
+      <c r="B321" s="0" t="inlineStr">
         <is>
           <t>Siyah Mermer Desenli Yapışkanlı Tezgah Folyosu (3 mt.x 60 cm)</t>
         </is>
       </c>
-      <c r="C320" s="0" t="inlineStr">
+      <c r="C321" s="0" t="inlineStr">
         <is>
           <t>MUTFAK ÜRÜNLERİ|TV ÜRÜNLERİ|Yeni Ürünler</t>
         </is>
       </c>
-      <c r="D320" s="0" t="inlineStr">
+      <c r="D321" s="0" t="inlineStr">
         <is>
           <t>MUTFAK ÜRÜNLERİ</t>
         </is>
       </c>
-      <c r="E320" s="0" t="inlineStr">
+      <c r="E321" s="0" t="inlineStr">
         <is>
           <t>&amp;lt;p&amp;gt;&amp;lt;strong&amp;gt;SİYAH MERMER DESENLİ YAPIŞKANLI TEZGAH FOLYOSU 5 mt.&amp;lt;/strong&amp;gt;&amp;lt;br /&amp;gt;
 &amp;lt;br /&amp;gt;
 &amp;lt;strong&amp;gt;Ürün Özellikleri&amp;lt;/strong&amp;gt;&amp;lt;br /&amp;gt;
 Nem geçirmez, su geçirmez, toz geçirmez, yağ geçirmez, kolay temizlenebilir, yüksek sıcaklığa dayanıklı.&amp;lt;br /&amp;gt;
 Mutfak tezgah üstü, çekmece, dolap, boyalı duvar, pürüzsüz duvar kağıdı, pürüzsüz ahşap yüzey, metal yüzey, cam yüzey, plastik yüzey için kullanılabilir.&amp;lt;br /&amp;gt;
 Kendinden yapışkanlı ve çıkarılabilir arka etiket, kolay ölçüm ve yerleştirme için uygun ızgara çizgilerine sahiptir.&amp;lt;br /&amp;gt;
 Banyo, mutfak, dolaplar, çamaşır odaları, okul projeleri, atölyeler, ofislerde kullanın.&amp;lt;br /&amp;gt;
 Kolay yapıştırma ile&amp;amp;nbsp; dayanıklı&amp;amp;nbsp; ve uzun bir süre için kullanılabilir.&amp;lt;br /&amp;gt;
 &amp;lt;br /&amp;gt;
 &amp;lt;strong&amp;gt;Ürün Ebatları&amp;lt;/strong&amp;gt;&amp;lt;br /&amp;gt;
 Uzunluk : 3m&amp;lt;br /&amp;gt;
 Genişlik : 60 cm&amp;lt;br /&amp;gt;
 &amp;lt;br /&amp;gt;
 &amp;lt;strong&amp;gt;Paket İçeriği&amp;lt;/strong&amp;gt;&amp;lt;br /&amp;gt;
 1 Ad. Siyah Mermer Desenli Yapışkanlı Tezgah Folyosu 3 mt.&amp;lt;/p&amp;gt;
 </t>
         </is>
       </c>
-      <c r="F320" s="0" t="n">
+      <c r="F321" s="0" t="n">
         <v>80</v>
       </c>
-      <c r="G320" s="0" t="n">
+      <c r="G321" s="0" t="n">
         <v>241013205947</v>
       </c>
-      <c r="H320" s="0"/>
-      <c r="I320" s="0" t="n">
+      <c r="H321" s="0"/>
+      <c r="I321" s="0" t="n">
         <v>100</v>
       </c>
-      <c r="J320" s="0" t="inlineStr">
+      <c r="J321" s="0" t="inlineStr">
         <is>
           <t>https://www.realtoptan.com/image/catalog/resimler/mermer4.jpg</t>
         </is>
       </c>
-      <c r="K320" s="0" t="inlineStr">
+      <c r="K321" s="0" t="inlineStr">
         <is>
           <t>https://www.realtoptan.com/image/catalog/resimler/mermer6.jpg</t>
         </is>
       </c>
-      <c r="L320" s="0" t="inlineStr">
+      <c r="L321" s="0" t="inlineStr">
         <is>
           <t>https://www.realtoptan.com/image/catalog/resimler/mermer5.jpeg</t>
         </is>
       </c>
-      <c r="M320" s="0"/>
-[...8 lines deleted...]
-      <c r="A321" s="0" t="n">
+      <c r="M321" s="0"/>
+      <c r="N321" s="0"/>
+      <c r="O321" s="0" t="inlineStr">
+        <is>
+          <t>0.00kg</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="322">
+      <c r="A322" s="0" t="n">
         <v>379</v>
       </c>
-      <c r="B321" s="0" t="inlineStr">
+      <c r="B322" s="0" t="inlineStr">
         <is>
           <t>Elektrikli makyaj fırçası temizleyici</t>
         </is>
       </c>
-      <c r="C321" s="0" t="inlineStr">
+      <c r="C322" s="0" t="inlineStr">
         <is>
           <t>KİŞİSEL BAKIM|HEDİYELİK EŞYA|TV ÜRÜNLERİ|Yeni Ürünler</t>
         </is>
       </c>
-      <c r="D321" s="0" t="inlineStr">
+      <c r="D322" s="0" t="inlineStr">
         <is>
           <t>KİŞİSEL BAKIM</t>
         </is>
       </c>
-      <c r="E321" s="0" t="inlineStr">
+      <c r="E322" s="0" t="inlineStr">
         <is>
           <t>&amp;lt;ul&amp;gt;
 	&amp;lt;li&amp;gt;【Yeni Elektrikli Makyaj Fırçası Temizleyici】Abnaok elektrikli makyaj fırçası temizleyici, 7000 dönüş/dakika birinci sınıf motor ve silikon kap kompakt doku tasarımı ile yapılmıştır, makyaj artıklarını, yağları ve tozu %99 oranında temizleyebilir. Fırçalarınızı hasarsız temiz tutun.&amp;lt;/li&amp;gt;
 	&amp;lt;li&amp;gt;【İki Stil Modu】Elektrikli Makyaj Fırçası Temizleyicisinin 2 modu vardır. Otomatik mod aynı anda birden fazla fırçayı temizler. El temizleme modu, temel fırçaları, kapatıcı fırçalar için uygundur. Büyük kapasiteli makyaj fırçası temizleme makinesi, her boyutta makyaj fırçası için uygundur ve aynı anda birden fazla fırçayı temizlemenizi destekler.&amp;lt;/li&amp;gt;
 	&amp;lt;li&amp;gt;【USB Şarj Fırçası Temizleyici】USB kablosunu bağlamak için herhangi bir cep telefonu adaptörü veya taşınabilir şarj cihazı ile uyumludur. Ayrıca silikon kabı çıkarabilir ve gerekirse fırçalarınızı elde yıkayabilirsiniz. Çok rahat ve seyahat dostu.&amp;lt;/li&amp;gt;
 	&amp;lt;li&amp;gt;【Mükemmel Hediye Seçimi】Anneler günü, doğum günü, yıl dönümü, kadınlar günü, sevgililer günü için mükemmel hediye. Profesyonel makyaj sanatçıları ve makyaj severler için uygundur.&amp;lt;/li&amp;gt;
 	&amp;lt;li&amp;gt;【Neler Dahil】1* eletric makyaj fırçası temizleyici, 1* silikon temizleme matı, 1* usb şarj kablosu, 1* kullanım kılavuzu.&amp;lt;/li&amp;gt;
 &amp;lt;/ul&amp;gt;
 </t>
         </is>
       </c>
-      <c r="F321" s="0" t="n">
+      <c r="F322" s="0" t="n">
         <v>250</v>
       </c>
-      <c r="G321" s="0" t="n">
+      <c r="G322" s="0" t="n">
         <v>241013210315</v>
       </c>
-      <c r="H321" s="0"/>
-      <c r="I321" s="0" t="n">
+      <c r="H322" s="0"/>
+      <c r="I322" s="0" t="n">
         <v>0</v>
       </c>
-      <c r="J321" s="0" t="inlineStr">
+      <c r="J322" s="0" t="inlineStr">
         <is>
           <t>https://www.realtoptan.com/image/catalog/resimler/makk.jpg</t>
         </is>
       </c>
-      <c r="K321" s="0" t="inlineStr">
+      <c r="K322" s="0" t="inlineStr">
         <is>
           <t>https://www.realtoptan.com/image/catalog/resimler/makk2.jpg</t>
         </is>
       </c>
-      <c r="L321" s="0" t="inlineStr">
+      <c r="L322" s="0" t="inlineStr">
         <is>
           <t>https://www.realtoptan.com/image/catalog/resimler/makk3.jpg</t>
         </is>
       </c>
-      <c r="M321" s="0"/>
-[...8 lines deleted...]
-      <c r="A322" s="0" t="n">
+      <c r="M322" s="0"/>
+      <c r="N322" s="0"/>
+      <c r="O322" s="0" t="inlineStr">
+        <is>
+          <t>0.00kg</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="323">
+      <c r="A323" s="0" t="n">
         <v>380</v>
       </c>
-      <c r="B322" s="0" t="inlineStr">
+      <c r="B323" s="0" t="inlineStr">
         <is>
           <t>Büyük Boy 16 Gözlü Balık Yengeç Ağı Tuzağı </t>
         </is>
       </c>
-      <c r="C322" s="0" t="inlineStr">
+      <c r="C323" s="0" t="inlineStr">
         <is>
           <t>TV ÜRÜNLERİ|KAMP VE OUTDOOR|Yeni Ürünler</t>
         </is>
       </c>
-      <c r="D322" s="0" t="inlineStr">
+      <c r="D323" s="0" t="inlineStr">
         <is>
           <t>TV ÜRÜNLERİ</t>
         </is>
       </c>
-      <c r="E322" s="0" t="inlineStr">
+      <c r="E323" s="0" t="inlineStr">
         <is>
           <t>&amp;lt;p&amp;gt;Ürün Açıklaması&amp;lt;/p&amp;gt;
 &amp;lt;p&amp;gt;&amp;amp;nbsp;&amp;lt;/p&amp;gt;
 &amp;lt;p&amp;gt;16 Cepli Büyük Boy Balık Yakalama Filesi Balık Ağı&amp;lt;/p&amp;gt;
 &amp;lt;p&amp;gt;Balık tutma tuzağı ağı, balık avı meraklılarına çok fonksiyonlu ve iyi bir yardımcıdır. Ayrıca, taşıması ve kullanımı kolay küçük bir boyuta katlanabilir.&amp;lt;/p&amp;gt;
 &amp;lt;p&amp;gt;Ürün Özellikleri:&amp;lt;/p&amp;gt;
 &amp;lt;ul&amp;gt;
 	&amp;lt;li&amp;gt;Zaman tasarrufu için hızlı ve kolay bir şekilde katlanır ve taşınabilir.&amp;lt;/li&amp;gt;
 	&amp;lt;li&amp;gt;Naylon malzemeden yapılmış, dayanıklı ve hafiftir.&amp;lt;/li&amp;gt;
 	&amp;lt;li&amp;gt;Yüksek kaliteli çelik destekli, sağlam ve pratik bir üründür.&amp;lt;/li&amp;gt;
 	&amp;lt;li&amp;gt;Çoklu delik tasarımı, daha fazla avı çekmek ve yakalamak oldukça kolaydır.&amp;lt;/li&amp;gt;
 	&amp;lt;li&amp;gt;Avı kolayca çıkarmak için özel geniş fermuar tasarımı vardır.&amp;lt;/li&amp;gt;
 	&amp;lt;li&amp;gt;Küçük boyutlu ve taşınabilirlik, her yerde taşıması kolaydır.&amp;lt;/li&amp;gt;
 	&amp;lt;li&amp;gt;Mükemmel bir araç, karides, yengeç, palyaço, ve benzeri bir çok balık türünü yakalamak içindir.&amp;lt;/li&amp;gt;
 &amp;lt;/ul&amp;gt;
 &amp;lt;p&amp;gt;Paket İçeriği:&amp;lt;/p&amp;gt;
 &amp;lt;ul&amp;gt;
 	&amp;lt;li&amp;gt;1 Adet 16 Cepli Büyük Boy Balık Yakalama Filesi Balık Ağı&amp;lt;/li&amp;gt;
 &amp;lt;/ul&amp;gt;
 </t>
         </is>
       </c>
-      <c r="F322" s="0" t="n">
+      <c r="F323" s="0" t="n">
         <v>200</v>
       </c>
-      <c r="G322" s="0" t="n">
+      <c r="G323" s="0" t="n">
         <v>241013210625</v>
       </c>
-      <c r="H322" s="0"/>
-      <c r="I322" s="0" t="n">
+      <c r="H323" s="0"/>
+      <c r="I323" s="0" t="n">
         <v>0</v>
       </c>
-      <c r="J322" s="0" t="inlineStr">
+      <c r="J323" s="0" t="inlineStr">
         <is>
           <t>https://www.realtoptan.com/image/catalog/resimler/agg.jpg</t>
         </is>
       </c>
-      <c r="K322" s="0" t="inlineStr">
+      <c r="K323" s="0" t="inlineStr">
         <is>
           <t>https://www.realtoptan.com/image/catalog/resimler/agg2.jpg</t>
         </is>
       </c>
-      <c r="L322" s="0" t="inlineStr">
+      <c r="L323" s="0" t="inlineStr">
         <is>
           <t>https://www.realtoptan.com/image/catalog/resimler/agg3.jpg</t>
         </is>
       </c>
-      <c r="M322" s="0"/>
-[...8 lines deleted...]
-      <c r="A323" s="0" t="n">
+      <c r="M323" s="0"/>
+      <c r="N323" s="0"/>
+      <c r="O323" s="0" t="inlineStr">
+        <is>
+          <t>0.00kg</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="324">
+      <c r="A324" s="0" t="n">
         <v>381</v>
       </c>
-      <c r="B323" s="0" t="inlineStr">
+      <c r="B324" s="0" t="inlineStr">
         <is>
           <t>Taşınabilir Şarjlı Seyyar Duş Seti ( Pompa - Hortum - Duş Başlığı ) </t>
         </is>
       </c>
-      <c r="C323" s="0" t="inlineStr">
+      <c r="C324" s="0" t="inlineStr">
         <is>
           <t>KAMP VE OUTDOOR|Yeni Ürünler</t>
         </is>
       </c>
-      <c r="D323" s="0" t="inlineStr">
+      <c r="D324" s="0" t="inlineStr">
         <is>
           <t>KAMP VE OUTDOOR</t>
         </is>
       </c>
-      <c r="E323" s="0" t="inlineStr">
+      <c r="E324" s="0" t="inlineStr">
         <is>
           <t>&amp;lt;p&amp;gt;&amp;lt;strong&amp;gt;Taşınabilir Şarjlı &amp;amp;nbsp;Seyyar Duş Seti ( Pompa - Hortum - Duş Başlığı )&amp;amp;nbsp;&amp;lt;/strong&amp;gt;&amp;lt;/p&amp;gt;
 &amp;lt;p&amp;gt;&amp;lt;br /&amp;gt;
 2L/min akış hızı yetişkinler, çocuklar, yaşlılar, evcil hayvanlar, bitkiler ve daha fazlası için ideal basınç sağlar.&amp;lt;br /&amp;gt;
 Kolay hareket için 1.5m / 4.9 ft hortum.&amp;lt;br /&amp;gt;
 Vantuz ve kanca dahildir, ağacın üzerine asabilir veya eller serbest olarak pürüzsüz bir yüzeye (cam pencere, araç ön camı) yapıştırabilirsiniz.&amp;lt;br /&amp;gt;
 2200mAh güçlü Li-ion pil, tam şarj edildikten sonra 2 saat çalışma süresi sağlar.&amp;lt;br /&amp;gt;
 Uygun USB şarj, dizüstü bilgisayara takılır, araç adaptörü veya bilgisayar üzerinden sağlanan USB kablosu.&amp;lt;br /&amp;gt;
 Sadece duş pompasını suya koyun ve gücü açın ve sonra en iyi duşun tadını çıkarabilirsiniz.&amp;lt;br /&amp;gt;
 Açık kamp için harika, yürüyüş, sırt çantasıyla, kendini sürüş, balıkçılık, avcılık, çocuklar banyo, bitkiler sulama, köpekler, kediler temizlik, vb.&amp;lt;br /&amp;gt;
 &amp;lt;br /&amp;gt;
 İlk kullanımdan önce&amp;amp;nbsp; 6 saat şarj olmalıdır.&amp;lt;br /&amp;gt;
 &amp;lt;strong&amp;gt;5 voltluk Telefon şarj adaptörü ile şarj edilmelidir.&amp;amp;nbsp;&amp;lt;/strong&amp;gt;&amp;lt;/p&amp;gt;
 </t>
         </is>
       </c>
-      <c r="F323" s="0" t="n">
+      <c r="F324" s="0" t="n">
         <v>700</v>
       </c>
-      <c r="G323" s="0" t="n">
+      <c r="G324" s="0" t="n">
         <v>241016100228</v>
       </c>
-      <c r="H323" s="0"/>
-      <c r="I323" s="0" t="n">
+      <c r="H324" s="0"/>
+      <c r="I324" s="0" t="n">
         <v>98</v>
       </c>
-      <c r="J323" s="0" t="inlineStr">
-[...27 lines deleted...]
-      <c r="A324" s="0" t="n">
+      <c r="J324" s="0" t="inlineStr">
+        <is>
+          <t>https://www.realtoptan.com/image/catalog/site_resimler/SİTE RESİMLERİ/dus_1.png</t>
+        </is>
+      </c>
+      <c r="K324" s="0" t="inlineStr">
+        <is>
+          <t>https://www.realtoptan.com/image/catalog/site_resimler/SİTE RESİMLERİ/dus_3.png</t>
+        </is>
+      </c>
+      <c r="L324" s="0" t="inlineStr">
+        <is>
+          <t>https://www.realtoptan.com/image/catalog/site_resimler/SİTE RESİMLERİ/dus_2.png</t>
+        </is>
+      </c>
+      <c r="M324" s="0" t="inlineStr">
+        <is>
+          <t>https://www.realtoptan.com/image/catalog/site_resimler/SİTE RESİMLERİ/dus_4.png</t>
+        </is>
+      </c>
+      <c r="N324" s="0" t="inlineStr">
+        <is>
+          <t>https://www.realtoptan.com/image/catalog/site_resimler/SİTE RESİMLERİ/dus_5.png</t>
+        </is>
+      </c>
+      <c r="O324" s="0" t="inlineStr">
+        <is>
+          <t>0.00kg</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="325">
+      <c r="A325" s="0" t="n">
         <v>382</v>
       </c>
-      <c r="B324" s="0" t="inlineStr">
+      <c r="B325" s="0" t="inlineStr">
         <is>
           <t>Ultrasonik Spatula Yüz Akne Giderici Siyah Nokta Temizleme Cihazı</t>
         </is>
       </c>
-      <c r="C324" s="0" t="inlineStr">
+      <c r="C325" s="0" t="inlineStr">
         <is>
           <t>KİŞİSEL BAKIM|TV ÜRÜNLERİ|Yeni Ürünler</t>
         </is>
       </c>
-      <c r="D324" s="0" t="inlineStr">
+      <c r="D325" s="0" t="inlineStr">
         <is>
           <t>KİŞİSEL BAKIM</t>
         </is>
       </c>
-      <c r="E324" s="0" t="inlineStr">
+      <c r="E325" s="0" t="inlineStr">
         <is>
           <t>&amp;lt;ul&amp;gt;
 	&amp;lt;li&amp;gt;ULTRASONIC SCRUBBER YÜZ SIYAH NOKTA TEMIZLEME CIHAZI Ne Işe Yarar: Derin temizlik yapar, ölü hücrelri temizler ve cilt yağlarını giderir&amp;lt;/li&amp;gt;
 	&amp;lt;li&amp;gt;Toz yüzeyi ve kılcal gözeneklerdeki yağ lekesi ve yaşlanmış kütikül gibi kötü maddeleri atomize edebilir ve temizleyebilir&amp;lt;/li&amp;gt;
 	&amp;lt;li&amp;gt;Sonic titreşim, özel güzellik sıvısını ince ve otomatize eder&amp;lt;/li&amp;gt;
 	&amp;lt;li&amp;gt;Tüm süreç hafiftir, ağrı veya tahriş olmaz&amp;lt;/li&amp;gt;
 	&amp;lt;li&amp;gt;Gece kullanımı, lityum pil gücü için hassas anahtar düğmesine dokunun&amp;lt;/li&amp;gt;
 	&amp;lt;li&amp;gt;Iyontoforez, cilt yüzeyindeki kozmetiklerin beslenmesini sağlamak için elektrik itme gücü kullanır&amp;lt;/li&amp;gt;
 	&amp;lt;li&amp;gt;Iyontoforez özelliği ile beyazlatıcı kozmetiklerde C vitamini iyonundan dolayı etkilidir&amp;lt;/li&amp;gt;
 	&amp;lt;li&amp;gt;Ölü hücrelerin altına giren genç bir cilt ortaya çıkar&amp;lt;/li&amp;gt;
 	&amp;lt;li&amp;gt;Lifting: Cilt Soyma Moisturizing: Cilt Nemlendirici Cleansing: Cilt Temizleme Kullanım: Yüzünüzü Suyla Temizleyin Yüzünüzü ıslak tutun ve ovalayın soyma moduna geçin, ovalama makinesini spatula bıçağı aşağı bakacak şekilde tutun, spatulanın kenarını cilt yüzeyi boyunca hafifçe kaydırın, gözeneklerden kolayca toparladığını izleyin spatulun kenarına taşar&amp;lt;/li&amp;gt;
 	&amp;lt;li&amp;gt;Yüzü kurulayın, cilde krem sürün&amp;lt;/li&amp;gt;
 &amp;lt;/ul&amp;gt;
 </t>
         </is>
       </c>
-      <c r="F324" s="0" t="n">
+      <c r="F325" s="0" t="n">
         <v>250</v>
       </c>
-      <c r="G324" s="0" t="n">
+      <c r="G325" s="0" t="n">
         <v>241016102023</v>
       </c>
-      <c r="H324" s="0"/>
-      <c r="I324" s="0" t="n">
+      <c r="H325" s="0"/>
+      <c r="I325" s="0" t="n">
         <v>82</v>
       </c>
-      <c r="J324" s="0" t="inlineStr">
-[...9 lines deleted...]
-      <c r="L324" s="0" t="inlineStr">
+      <c r="J325" s="0" t="inlineStr">
+        <is>
+          <t>https://www.realtoptan.com/image/catalog/site_resimler/SİTE RESİMLERİ/yüz_tem.png</t>
+        </is>
+      </c>
+      <c r="K325" s="0" t="inlineStr">
         <is>
           <t>https://www.realtoptan.com/image/catalog/slayt/yeni2.jpg</t>
         </is>
       </c>
-      <c r="M324" s="0" t="inlineStr">
+      <c r="L325" s="0" t="inlineStr">
+        <is>
+          <t>https://www.realtoptan.com/image/catalog/site_resimler/SİTE RESİMLERİ/yüz_tem2.png</t>
+        </is>
+      </c>
+      <c r="M325" s="0" t="inlineStr">
         <is>
           <t>https://www.realtoptan.com/image/catalog/slayt/yeni1.jpg</t>
         </is>
       </c>
-      <c r="N324" s="0"/>
-[...7 lines deleted...]
-      <c r="A325" s="0" t="n">
+      <c r="N325" s="0"/>
+      <c r="O325" s="0" t="inlineStr">
+        <is>
+          <t>0.00kg</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="326">
+      <c r="A326" s="0" t="n">
         <v>383</v>
       </c>
-      <c r="B325" s="0" t="inlineStr">
+      <c r="B326" s="0" t="inlineStr">
         <is>
           <t>Şarjlı Masa Ve El Fanı Taşınabilir Şarjlı Edilebilir Mini Fan</t>
         </is>
       </c>
-      <c r="C325" s="0" t="inlineStr">
+      <c r="C326" s="0" t="inlineStr">
         <is>
           <t>EV &amp;amp; OFİS ÜRÜNLERİ|HEDİYELİK EŞYA|Yeni Ürünler</t>
         </is>
       </c>
-      <c r="D325" s="0" t="inlineStr">
+      <c r="D326" s="0" t="inlineStr">
         <is>
           <t>EV &amp;amp; OFİS ÜRÜNLERİ</t>
         </is>
       </c>
-      <c r="E325" s="0" t="inlineStr">
+      <c r="E326" s="0" t="inlineStr">
         <is>
           <t>&amp;lt;p&amp;gt;&amp;amp;nbsp;&amp;lt;/p&amp;gt;
 &amp;lt;p&amp;gt;Ürün Bilgisi:&amp;lt;/p&amp;gt;
 &amp;lt;p&amp;gt;Güç kaynağı modu: USB&amp;lt;/p&amp;gt;
 &amp;lt;p&amp;gt;Kategori: masa ve el fanı&amp;lt;/p&amp;gt;
 &amp;lt;p&amp;gt;Paket içeriği: Fan *1&amp;amp;nbsp; USB veri kablosu *1&amp;amp;nbsp;&amp;lt;/p&amp;gt;
 </t>
         </is>
       </c>
-      <c r="F325" s="0" t="n">
+      <c r="F326" s="0" t="n">
         <v>150</v>
       </c>
-      <c r="G325" s="0" t="n">
+      <c r="G326" s="0" t="n">
         <v>241016103450</v>
       </c>
-      <c r="H325" s="0"/>
-      <c r="I325" s="0" t="n">
+      <c r="H326" s="0"/>
+      <c r="I326" s="0" t="n">
         <v>0</v>
       </c>
-      <c r="J325" s="0" t="inlineStr">
+      <c r="J326" s="0" t="inlineStr">
         <is>
           <t>https://www.realtoptan.com/image/catalog/slayt/ffan.PNG</t>
         </is>
       </c>
-      <c r="K325" s="0" t="inlineStr">
+      <c r="K326" s="0" t="inlineStr">
         <is>
           <t>https://www.realtoptan.com/image/catalog/slayt/ffan2.PNG</t>
         </is>
       </c>
-      <c r="L325" s="0" t="inlineStr">
+      <c r="L326" s="0" t="inlineStr">
         <is>
           <t>https://www.realtoptan.com/image/catalog/slayt/ffan3.PNG</t>
         </is>
       </c>
-      <c r="M325" s="0" t="inlineStr">
+      <c r="M326" s="0" t="inlineStr">
         <is>
           <t>https://www.realtoptan.com/image/catalog/slayt/ffan4.PNG</t>
         </is>
       </c>
-      <c r="N325" s="0"/>
-[...7 lines deleted...]
-      <c r="A326" s="0" t="n">
+      <c r="N326" s="0"/>
+      <c r="O326" s="0" t="inlineStr">
+        <is>
+          <t>0.00kg</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="327">
+      <c r="A327" s="0" t="n">
         <v>384</v>
       </c>
-      <c r="B326" s="0" t="inlineStr">
+      <c r="B327" s="0" t="inlineStr">
         <is>
           <t>El Fanı Mini Masaüstü Ve Boyun Askılı Fan Portatif Şarjlı 3 Kademeli Vantilatör Soğutucu</t>
         </is>
       </c>
-      <c r="C326" s="0" t="inlineStr">
+      <c r="C327" s="0" t="inlineStr">
         <is>
           <t>EV &amp;amp; OFİS ÜRÜNLERİ|HEDİYELİK EŞYA|Yeni Ürünler</t>
         </is>
       </c>
-      <c r="D326" s="0" t="inlineStr">
+      <c r="D327" s="0" t="inlineStr">
         <is>
           <t>EV &amp;amp; OFİS ÜRÜNLERİ</t>
         </is>
       </c>
-      <c r="E326" s="0" t="inlineStr">
+      <c r="E327" s="0" t="inlineStr">
         <is>
           <t>&amp;lt;ul&amp;gt;
 	&amp;lt;li&amp;gt;El Fanı Mini Masaüstü Ve Boyun Askılı Fan Portatif Şarjlı 3 Kademeli Vantilatör Soğutucu El fanı&amp;lt;/li&amp;gt;
 	&amp;lt;li&amp;gt;mini masaüstü ve boyun askılı ventilatörler, özellikle yaz aylarında kullanışlı ve pratik bir soğutma çözümü sunar.&amp;lt;/li&amp;gt;
 	&amp;lt;li&amp;gt;Bu tür fanlar genellikle taşınabilir, hafif ve şarj edilebilir özelliklere sahip olup, kullanıcının ihtiyaçlarına göre farklı hız ayarları sunar.&amp;lt;/li&amp;gt;
 	&amp;lt;li&amp;gt;Öne Çıkan Özellikler: Portatif Tasarım: Küçük boyutları sayesinde kolayca taşınabilir ve farklı ortamlarda kullanılabilir.&amp;lt;/li&amp;gt;
 	&amp;lt;li&amp;gt;Şarjlı Kullanım: Genellikle USB ile şarj edilebilir, bu da dışarda kullanım için büyük bir avantaj sağlar.&amp;lt;/li&amp;gt;
 	&amp;lt;li&amp;gt;3 Kademeli Hız Ayarı: Farklı hava akış ihtiyaçlarına göre ayarlanabilir hız seçenekleri ile kullanıcının konforunu artırır.&amp;lt;/li&amp;gt;
 	&amp;lt;li&amp;gt;Masaüstü ve Boyun Askısı Özelliği: Hem masaüstünde hem de boyun askılı olarak kullanılabilmesi, farklı kullanım senaryolarında esneklik sağlar. Bunlar, yaz aylarında serin kalmak isteyenler için ideal bir çözümdür. Dışarıda gezerken ya da evde çalışırken rahatlıkla kullanabilirsiniz.&amp;lt;/li&amp;gt;
 &amp;lt;/ul&amp;gt;
 </t>
         </is>
       </c>
-      <c r="F326" s="0" t="n">
+      <c r="F327" s="0" t="n">
         <v>150</v>
       </c>
-      <c r="G326" s="0" t="n">
+      <c r="G327" s="0" t="n">
         <v>241016110551</v>
       </c>
-      <c r="H326" s="0"/>
-      <c r="I326" s="0" t="n">
+      <c r="H327" s="0"/>
+      <c r="I327" s="0" t="n">
         <v>100</v>
       </c>
-      <c r="J326" s="0" t="inlineStr">
+      <c r="J327" s="0" t="inlineStr">
         <is>
           <t>https://www.realtoptan.com/image/catalog/slayt/fffan1.jpg</t>
         </is>
       </c>
-      <c r="K326" s="0" t="inlineStr">
+      <c r="K327" s="0" t="inlineStr">
         <is>
           <t>https://www.realtoptan.com/image/catalog/slayt/fffan2.jpg</t>
         </is>
       </c>
-      <c r="L326" s="0" t="inlineStr">
+      <c r="L327" s="0" t="inlineStr">
         <is>
           <t>https://www.realtoptan.com/image/catalog/slayt/fffan3.jpg</t>
         </is>
       </c>
-      <c r="M326" s="0" t="inlineStr">
+      <c r="M327" s="0" t="inlineStr">
         <is>
           <t>https://www.realtoptan.com/image/catalog/slayt/fffan4.jpg</t>
         </is>
       </c>
-      <c r="N326" s="0" t="inlineStr">
+      <c r="N327" s="0" t="inlineStr">
         <is>
           <t>https://www.realtoptan.com/image/catalog/slayt/fffan5.jpg</t>
         </is>
       </c>
-      <c r="O326" s="0" t="inlineStr">
-[...6 lines deleted...]
-      <c r="A327" s="0" t="n">
+      <c r="O327" s="0" t="inlineStr">
+        <is>
+          <t>0.00kg</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="328">
+      <c r="A328" s="0" t="n">
         <v>385</v>
       </c>
-      <c r="B327" s="0" t="inlineStr">
+      <c r="B328" s="0" t="inlineStr">
         <is>
           <t>Portatif Işıklı Mini Klipsli Fan</t>
         </is>
       </c>
-      <c r="C327" s="0" t="inlineStr">
+      <c r="C328" s="0" t="inlineStr">
         <is>
           <t>EV &amp;amp; OFİS ÜRÜNLERİ|TV ÜRÜNLERİ|Yeni Ürünler</t>
         </is>
       </c>
-      <c r="D327" s="0" t="inlineStr">
+      <c r="D328" s="0" t="inlineStr">
         <is>
           <t>EV &amp;amp; OFİS ÜRÜNLERİ</t>
         </is>
       </c>
-      <c r="E327" s="0" t="inlineStr">
+      <c r="E328" s="0" t="inlineStr">
         <is>
           <t>&amp;lt;ul&amp;gt;
 	&amp;lt;li&amp;gt;&amp;amp;nbsp;Portatif Işıklı Mini Klipsli Fan Ürün ilk kullanımdan önce en az 3 saat şarj edilmelidir USB kablosunu bir şarj adaptörü ile kullanacaksanız çıkış gücü 5W üzerinde olmalıdır aksi taktirde şarj soketi hasar görebilir Hızlı şarj adaptörleri kesinlikle kullanmayınız Üründe 3 güç kademesi ve ışık fonksiyonu bulunmaktadır Kutu üzerinde anlatıldığı şekilde fonksiyon tuşlarını kullanarak ürünü çalıştırabilirsiniz Ürün düz bir yüzeyde kullanılabildiği gibi klips kullanarak farklı yüzeylerde de kullanılabilmektedir Ürün şarj ederken kullanılmamalıdır ve şarj süresi 6 saati geçmemelidir 10 yaş altı çocuklar için yetişkin gözetimi gerekmektedir&amp;lt;/li&amp;gt;
 	&amp;lt;li&amp;gt;Renk: Pembe, ‎siyah, beyaz&amp;lt;/li&amp;gt;
 	&amp;lt;li&amp;gt;Paket Boyutları‎: 15 x 9 x 9 cm; 120 gram&amp;lt;/li&amp;gt;
 	&amp;lt;li&amp;gt;Malzeme‎: Plastik&amp;lt;/li&amp;gt;
 &amp;lt;/ul&amp;gt;
 </t>
         </is>
       </c>
-      <c r="F327" s="0" t="n">
+      <c r="F328" s="0" t="n">
         <v>200</v>
       </c>
-      <c r="G327" s="0" t="n">
+      <c r="G328" s="0" t="n">
         <v>241016112641</v>
       </c>
-      <c r="H327" s="0"/>
-      <c r="I327" s="0" t="n">
+      <c r="H328" s="0"/>
+      <c r="I328" s="0" t="n">
         <v>100</v>
       </c>
-      <c r="J327" s="0" t="inlineStr">
+      <c r="J328" s="0" t="inlineStr">
         <is>
           <t>https://www.realtoptan.com/image/catalog/slayt/ffffan1.PNG</t>
         </is>
       </c>
-      <c r="K327" s="0" t="inlineStr">
+      <c r="K328" s="0" t="inlineStr">
         <is>
           <t>https://www.realtoptan.com/image/catalog/slayt/ffffan2.PNG</t>
         </is>
       </c>
-      <c r="L327" s="0" t="inlineStr">
+      <c r="L328" s="0" t="inlineStr">
         <is>
           <t>https://www.realtoptan.com/image/catalog/slayt/ffffan3.PNG</t>
         </is>
       </c>
-      <c r="M327" s="0" t="inlineStr">
+      <c r="M328" s="0" t="inlineStr">
         <is>
           <t>https://www.realtoptan.com/image/catalog/slayt/ffffan4.PNG</t>
         </is>
       </c>
-      <c r="N327" s="0"/>
-[...7 lines deleted...]
-      <c r="A328" s="0" t="n">
+      <c r="N328" s="0"/>
+      <c r="O328" s="0" t="inlineStr">
+        <is>
+          <t>0.00kg</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="329">
+      <c r="A329" s="0" t="n">
         <v>386</v>
       </c>
-      <c r="B328" s="0" t="inlineStr">
+      <c r="B329" s="0" t="inlineStr">
         <is>
           <t>Katlanır Teleskopik Zemin Fanı Yaz Sessiz Öğrenci Masaüstü Fan USB Şarj Edilebilir Taşınabilir Ev Mini Hava Soğutucu</t>
         </is>
       </c>
-      <c r="C328" s="0" t="inlineStr">
+      <c r="C329" s="0" t="inlineStr">
         <is>
           <t>EV &amp;amp; OFİS ÜRÜNLERİ|Yeni Ürünler</t>
         </is>
       </c>
-      <c r="D328" s="0" t="inlineStr">
+      <c r="D329" s="0" t="inlineStr">
         <is>
           <t>EV &amp;amp; OFİS ÜRÜNLERİ</t>
         </is>
       </c>
-      <c r="E328" s="0" t="inlineStr">
+      <c r="E329" s="0" t="inlineStr">
         <is>
           <t>&amp;lt;h2&amp;gt;Genel Bakış&amp;lt;/h2&amp;gt;
 &amp;lt;p&amp;gt;Ana malzeme: alüminyum, ABS plastik, silikon çelik levha (motor), PP malzeme (VANTİLATÖR PERVANESİ)&amp;lt;br /&amp;gt;
 Hücre modeli: lityum pil 18650&amp;lt;br /&amp;gt;
 Pil kapasitesi: 3.7V 7200mAh&amp;lt;br /&amp;gt;
 Ürün boyutu: kapalı durum: 197*197*93MM, genişletilmiş durum: 197*197*974MM&amp;lt;br /&amp;gt;
 Rüzgar hızı dişli: 3 + 1&amp;lt;br /&amp;gt;
 Güç kablosu uzunluğu: 1.5m&amp;lt;br /&amp;gt;
 Tek ürün net ağırlığı: 829.5g&amp;lt;br /&amp;gt;
 Kontrol yöntemi: basma düğmesi&amp;lt;br /&amp;gt;
 Hava kaynağı prensibi: hava sirkülasyonu&amp;lt;br /&amp;gt;
 Rüzgar modu: 1. Vites: yumuşak rüzgar/2. Vites: ferahlatıcı rüzgar/3. Vites: güçlü rüzgar/4. Vites: doğal rüzgar&amp;lt;br /&amp;gt;
 Çalışma süresi: 4-23.5 saat&amp;lt;/p&amp;gt;
 &amp;lt;p&amp;gt;&amp;lt;img src=&amp;quot;https://ae01.alicdn.com/kf/Hdafd0786a2b1444db064c6e29867e0248.jpg&amp;quot; /&amp;gt;&amp;lt;img src=&amp;quot;https://ae01.alicdn.com/kf/Hb1ca4616313346e7856d1bfe4b140852V.jpg&amp;quot; /&amp;gt;&amp;lt;img src=&amp;quot;https://ae01.alicdn.com/kf/Hf3c59f3e7dcb46178b0eadde6fc11981s.jpg&amp;quot; /&amp;gt;&amp;lt;img src=&amp;quot;https://ae01.alicdn.com/kf/H215222bc00914347b89932f65571ec7aH.jpg&amp;quot; /&amp;gt;&amp;lt;img src=&amp;quot;https://ae01.alicdn.com/kf/H384fddbde9e94242bde09449fc99cfb6P.jpg&amp;quot; /&amp;gt;&amp;lt;/p&amp;gt;
 &amp;lt;p&amp;gt;&amp;lt;img src=&amp;quot;https://ae01.alicdn.com/kf/H43c60913bbb74430ad6d44678ad16062B.jpg&amp;quot; /&amp;gt;&amp;lt;img src=&amp;quot;https://ae01.alicdn.com/kf/H2228fa6d09264aad851b95b1d0df8ebds.jpg&amp;quot; /&amp;gt;&amp;lt;img src=&amp;quot;https://ae01.alicdn.com/kf/H05ae729bef624818b192809e7866fb8cU.jpg&amp;quot; /&amp;gt;&amp;lt;img src=&amp;quot;https://ae01.alicdn.com/kf/Hbd430756d06c4733bc8bcc97ba65541aD.jpg&amp;quot; /&amp;gt;&amp;lt;img src=&amp;quot;https://ae01.alicdn.com/kf/H0fd39886c31e4e10946cb1bd08e40a2fD.jpg&amp;quot; /&amp;gt;&amp;lt;img src=&amp;quot;https://ae01.alicdn.com/kf/H2462708eb071420084a17020e3fd8af5N.jpg&amp;quot; /&amp;gt;&amp;lt;/p&amp;gt;
 &amp;lt;p&amp;gt;&amp;lt;img src=&amp;quot;https://ae01.alicdn.com/kf/H8835c3ac68ed4c58af3281a42e2f77d69.jpg&amp;quot; /&amp;gt;&amp;lt;img src=&amp;quot;https://ae01.alicdn.com/kf/H9e85d385079f4179af71659250730a5fW.jpg&amp;quot; /&amp;gt;&amp;lt;img src=&amp;quot;https://ae01.alicdn.com/kf/H12c45ea456cd4c61a0d8cc295741a6b3R.jpg&amp;quot; /&amp;gt;&amp;lt;img src=&amp;quot;https://ae01.alicdn.com/kf/H11bc926bd21c49889f4cf30cf78efb6bO.jpg&amp;quot; /&amp;gt;&amp;lt;img src=&amp;quot;https://ae01.alicdn.com/kf/Ha0436c4b29ef487583fe36b116010a90t.jpg&amp;quot; /&amp;gt;&amp;lt;/p&amp;gt;
 </t>
         </is>
       </c>
-      <c r="F328" s="0" t="n">
+      <c r="F329" s="0" t="n">
         <v>600</v>
       </c>
-      <c r="G328" s="0" t="n">
+      <c r="G329" s="0" t="n">
         <v>241016114610</v>
       </c>
-      <c r="H328" s="0"/>
-      <c r="I328" s="0" t="n">
+      <c r="H329" s="0"/>
+      <c r="I329" s="0" t="n">
         <v>100</v>
       </c>
-      <c r="J328" s="0" t="inlineStr">
+      <c r="J329" s="0" t="inlineStr">
         <is>
           <t>https://www.realtoptan.com/image/catalog/slayt/katlanır1.PNG</t>
         </is>
       </c>
-      <c r="K328" s="0" t="inlineStr">
+      <c r="K329" s="0" t="inlineStr">
         <is>
           <t>https://www.realtoptan.com/image/catalog/slayt/katlanır2.PNG</t>
         </is>
       </c>
-      <c r="L328" s="0" t="inlineStr">
+      <c r="L329" s="0" t="inlineStr">
         <is>
           <t>https://www.realtoptan.com/image/catalog/slayt/katlanır3.PNG</t>
         </is>
       </c>
-      <c r="M328" s="0"/>
-[...8 lines deleted...]
-      <c r="A329" s="0" t="n">
+      <c r="M329" s="0"/>
+      <c r="N329" s="0"/>
+      <c r="O329" s="0" t="inlineStr">
+        <is>
+          <t>0.00kg</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="330">
+      <c r="A330" s="0" t="n">
         <v>387</v>
       </c>
-      <c r="B329" s="0" t="inlineStr">
+      <c r="B330" s="0" t="inlineStr">
         <is>
           <t>Taşınabilir Mini Klips Bebek Arabası Fanı, Fan Elektrikli Soğutma Hava Sirkülatöründe 360 Derece Dönebilen Klips</t>
         </is>
       </c>
-      <c r="C329" s="0" t="inlineStr">
+      <c r="C330" s="0" t="inlineStr">
         <is>
           <t>EV &amp;amp; OFİS ÜRÜNLERİ|HEDİYELİK EŞYA|Yeni Ürünler</t>
         </is>
       </c>
-      <c r="D329" s="0" t="inlineStr">
+      <c r="D330" s="0" t="inlineStr">
         <is>
           <t>EV &amp;amp; OFİS ÜRÜNLERİ</t>
         </is>
       </c>
-      <c r="E329" s="0" t="inlineStr">
+      <c r="E330" s="0" t="inlineStr">
         <is>
           <t>&amp;lt;ul&amp;gt;
 	&amp;lt;li&amp;gt;【Yüksek Kalite】Bu protable fan klipsi daha az enerji kaybı, düşük gürültü, güvenli ve güvenilir birinci sınıf malzemelerden yapılmıştır ve güvenle satın alabilir ve kullanabilirsiniz.&amp;lt;/li&amp;gt;
 	&amp;lt;li&amp;gt;【Taşınabilir】Bu yüksek kaliteli soğutma havası fanı hafif ve dayanıklıdır. Ve çok şık ve güzel, Seçmeniz için dört renk var. Araba, kamyon, çadır, karavan, uyuyan kabin, SUV, ATV, teslimat minibüsü, kamp, avcılık, balık tutma, ev veya ofis vb. için mükemmel seçim.&amp;lt;/li&amp;gt;
 	&amp;lt;li&amp;gt;【Çok açılı ayar】Bu güzel soğutma havası fanı, 360 derece yukarı ve aşağı veya sola ve sağa dönebilen esnek ve bükülebilir bir hortuma sahiptir. Serinliği daha hızlı ve daha rahat hale getirmek için açıyı serbestçe ayarlayabilirsiniz.&amp;lt;/li&amp;gt;
 	&amp;lt;li&amp;gt;【Benzersiz Klips Tabanlı Tasarım】Bu elektrikli soğutma hava sirkülatörü, düzleme sıkıca yerleştirilebilen veya ahşap tahtalara ve diğer yerlere sıkıştırılabilen bir klips taban tasarımına sahiptir. Rahat ve serin rüzgarın tadını çıkarmak için herhangi bir yere monte etmenizi sağlayan iki kullanım.&amp;lt;/li&amp;gt;
 	&amp;lt;li&amp;gt;【Kullanımı Kolay】Bu dayanıklı fan klipsi, kullanımı çok kolay olan her yerde şarj edilebilen dahili 20 MAH şarj edilebilir bir pile sahiptir.&amp;lt;/li&amp;gt;
 &amp;lt;/ul&amp;gt;
 </t>
         </is>
       </c>
-      <c r="F329" s="0" t="n">
+      <c r="F330" s="0" t="n">
         <v>150</v>
       </c>
-      <c r="G329" s="0" t="n">
+      <c r="G330" s="0" t="n">
         <v>241016130516</v>
-      </c>
-[...55 lines deleted...]
-        <v>241016131642</v>
       </c>
       <c r="H330" s="0"/>
       <c r="I330" s="0" t="n">
-        <v>0</v>
+        <v>99</v>
       </c>
       <c r="J330" s="0" t="inlineStr">
         <is>
-          <t>https://www.realtoptan.com/image/catalog/slayt/boya1.jpeg</t>
+          <t>https://www.realtoptan.com/image/catalog/slayt/katlannır.PNG</t>
         </is>
       </c>
       <c r="K330" s="0" t="inlineStr">
         <is>
-          <t>https://www.realtoptan.com/image/catalog/slayt/boya2.jpeg</t>
-[...3 lines deleted...]
-      <c r="M330" s="0"/>
+          <t>https://www.realtoptan.com/image/catalog/slayt/katlannır2.PNG</t>
+        </is>
+      </c>
+      <c r="L330" s="0" t="inlineStr">
+        <is>
+          <t>https://www.realtoptan.com/image/catalog/slayt/katlannır3.PNG</t>
+        </is>
+      </c>
+      <c r="M330" s="0" t="inlineStr">
+        <is>
+          <t>https://www.realtoptan.com/image/catalog/slayt/katlannır4.PNG</t>
+        </is>
+      </c>
       <c r="N330" s="0"/>
       <c r="O330" s="0" t="inlineStr">
         <is>
           <t>0.00kg</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="331">
       <c r="A331" s="0" t="n">
+        <v>388</v>
+      </c>
+      <c r="B331" s="0" t="inlineStr">
+        <is>
+          <t>Duvar Tamir Rulo Çubuk Yenileme Duvar Tamir Taşınabilir Çok Fonksiyonlu Rulo Fırça 500g Duvar Spackle İyileştirme</t>
+        </is>
+      </c>
+      <c r="C331" s="0" t="inlineStr">
+        <is>
+          <t>EV &amp;amp; OFİS ÜRÜNLERİ|TV ÜRÜNLERİ|Yeni Ürünler</t>
+        </is>
+      </c>
+      <c r="D331" s="0" t="inlineStr">
+        <is>
+          <t>EV &amp;amp; OFİS ÜRÜNLERİ</t>
+        </is>
+      </c>
+      <c r="E331" s="0"/>
+      <c r="F331" s="0" t="n">
+        <v>250</v>
+      </c>
+      <c r="G331" s="0" t="n">
+        <v>241016131642</v>
+      </c>
+      <c r="H331" s="0"/>
+      <c r="I331" s="0" t="n">
+        <v>0</v>
+      </c>
+      <c r="J331" s="0" t="inlineStr">
+        <is>
+          <t>https://www.realtoptan.com/image/catalog/slayt/boya1.jpeg</t>
+        </is>
+      </c>
+      <c r="K331" s="0" t="inlineStr">
+        <is>
+          <t>https://www.realtoptan.com/image/catalog/slayt/boya2.jpeg</t>
+        </is>
+      </c>
+      <c r="L331" s="0"/>
+      <c r="M331" s="0"/>
+      <c r="N331" s="0"/>
+      <c r="O331" s="0" t="inlineStr">
+        <is>
+          <t>0.00kg</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="332">
+      <c r="A332" s="0" t="n">
         <v>389</v>
       </c>
-      <c r="B331" s="0" t="inlineStr">
+      <c r="B332" s="0" t="inlineStr">
         <is>
           <t>Şarjlı 10W Askılı Taşınabilir Led Kamp Lambası</t>
         </is>
       </c>
-      <c r="C331" s="0" t="inlineStr">
+      <c r="C332" s="0" t="inlineStr">
         <is>
           <t>KAMP VE OUTDOOR|Yeni Ürünler</t>
         </is>
       </c>
-      <c r="D331" s="0" t="inlineStr">
+      <c r="D332" s="0" t="inlineStr">
         <is>
           <t>KAMP VE OUTDOOR</t>
         </is>
       </c>
-      <c r="E331" s="0" t="inlineStr">
+      <c r="E332" s="0" t="inlineStr">
         <is>
           <t>&amp;lt;ul&amp;gt;
 	&amp;lt;li&amp;gt;Çok Yönlü Dış Mekan Aydınlatması: Kamp maceralarınızı Açık Kamp Asılı Ampul Işığımızla aydınlatın. Açık hava gece aktiviteleri, barbekü piknikleri veya kamp ve gece balıkçılığı için olsun, bu taşınabilir çadır lambası tüm dış mekan ihtiyaçlarınız için mükemmeldir.&amp;lt;/li&amp;gt;
 	&amp;lt;li&amp;gt;Ultra Parlak ve Enerji Tasarrufu: Kamp Asma Çadır Ampullerimiz, enerji tasarrufu sağlarken ultra parlak bir ışık çıkışı sağlar. Enerji tasarrufu teknolojisi ile pil ömrü konusunda endişelenmeden uzun ömürlü parlaklığın keyfini çıkarabilirsiniz.&amp;lt;/li&amp;gt;
 	&amp;lt;li&amp;gt;Taşınabilir ve Hafif: Kompakt boyutu ve hafif tasarımı ile Açık Taşınabilir Çadır Işıklarının taşınması ve taşınması kolaydır. İster sırt çantasıyla seyahat ediyor olun, bu ışıklar yükünüze gereksiz ağırlık katmaz.&amp;lt;/li&amp;gt;
 	&amp;lt;li&amp;gt;Taşıması ve Asması Kolay: Uygun bir kanca ile tasarlanan Açık Taşınabilir Çadır Işıklarımızın taşınması kolaydır ve çadırınıza veya kamp alanınıza zahmetsizce asılabilir. Hafif ve kompakt tasarımı, onu herhangi bir açık hava meraklısı için olmazsa olmaz hale getirir.&amp;lt;/li&amp;gt;
 	&amp;lt;li&amp;gt;Dayanıklı ve Güvenilir: Açık hava etkinliklerinin zorluklarına dayanacak şekilde üretilen Asma Ampul Işığımız, dayanıklılık ve uzun ömür için birinci sınıf malzemelerden üretilmiştir. Çeşitli hava koşullarına dayanacak şekilde tasarlanmıştır ve nereye giderseniz gidin güvenilir bir ışık kaynağı sağlar.&amp;lt;/li&amp;gt;
 &amp;lt;/ul&amp;gt;
 &amp;lt;p&amp;gt;&amp;lt;strong&amp;gt;Teknik Özellikleri&amp;lt;/strong&amp;gt;&amp;lt;br /&amp;gt;
 Anma Gücü: 10w&amp;lt;br /&amp;gt;
 Pil : Dahili Lityum Pil&amp;lt;br /&amp;gt;
 Pil Kapasitesi : 600 Mah&amp;lt;br /&amp;gt;
 Su Geçirmez&amp;lt;br /&amp;gt;
 Şarj : Type-C Tipi Hızlı Şarj&amp;lt;br /&amp;gt;
 Renk : Gün Işığı&amp;lt;br /&amp;gt;
 Şarj Süresi : 4 Saat&amp;lt;br /&amp;gt;
 Çalışma Süresi : 4 - 8 Saat Arası&amp;lt;/p&amp;gt;
 &amp;lt;p&amp;gt;&amp;lt;strong&amp;gt;Yanma Modları&amp;lt;/strong&amp;gt;&amp;lt;br /&amp;gt;
 4 Yanma Modu (Güçlüden - Düşüğe)&amp;lt;/p&amp;gt;
 &amp;lt;p&amp;gt;&amp;lt;strong&amp;gt;Paket Içeriği:&amp;lt;/strong&amp;gt;&amp;lt;br /&amp;gt;
 1 Adet Solar Lamba&amp;lt;br /&amp;gt;
 1 Adet Type-C Kablo&amp;lt;/p&amp;gt;
 &amp;lt;p&amp;gt;&amp;amp;nbsp;&amp;lt;/p&amp;gt;
 &amp;lt;p&amp;gt;&amp;amp;nbsp;&amp;lt;/p&amp;gt;
 </t>
         </is>
       </c>
-      <c r="F331" s="0" t="n">
+      <c r="F332" s="0" t="n">
         <v>100</v>
       </c>
-      <c r="G331" s="0" t="n">
+      <c r="G332" s="0" t="n">
         <v>241016141350</v>
       </c>
-      <c r="H331" s="0"/>
-      <c r="I331" s="0" t="n">
+      <c r="H332" s="0"/>
+      <c r="I332" s="0" t="n">
         <v>0</v>
       </c>
-      <c r="J331" s="0" t="inlineStr">
+      <c r="J332" s="0" t="inlineStr">
         <is>
           <t>https://www.realtoptan.com/image/catalog/slayt/ampul4.jpg</t>
         </is>
       </c>
-      <c r="K331" s="0" t="inlineStr">
+      <c r="K332" s="0" t="inlineStr">
         <is>
           <t>https://www.realtoptan.com/image/catalog/slayt/ampul2.jpg</t>
         </is>
       </c>
-      <c r="L331" s="0" t="inlineStr">
+      <c r="L332" s="0" t="inlineStr">
         <is>
           <t>https://www.realtoptan.com/image/catalog/slayt/ampul3.jpg</t>
         </is>
       </c>
-      <c r="M331" s="0" t="inlineStr">
+      <c r="M332" s="0" t="inlineStr">
         <is>
           <t>https://www.realtoptan.com/image/catalog/slayt/ampul.jpg</t>
         </is>
       </c>
-      <c r="N331" s="0"/>
-[...7 lines deleted...]
-      <c r="A332" s="0" t="n">
+      <c r="N332" s="0"/>
+      <c r="O332" s="0" t="inlineStr">
+        <is>
+          <t>0.00kg</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="333">
+      <c r="A333" s="0" t="n">
         <v>390</v>
       </c>
-      <c r="B332" s="0" t="inlineStr">
+      <c r="B333" s="0" t="inlineStr">
         <is>
           <t>Kochler Profesyonel Masaj Tabancası – Kas Gevşetici ve Yorgunluk Giderici Masaj Aleti</t>
         </is>
       </c>
-      <c r="C332" s="0" t="inlineStr">
+      <c r="C333" s="0" t="inlineStr">
         <is>
           <t>KİŞİSEL BAKIM|TV ÜRÜNLERİ</t>
         </is>
       </c>
-      <c r="D332" s="0" t="inlineStr">
+      <c r="D333" s="0" t="inlineStr">
         <is>
           <t>KİŞİSEL BAKIM</t>
         </is>
       </c>
-      <c r="E332" s="0" t="inlineStr">
+      <c r="E333" s="0" t="inlineStr">
         <is>
           <t>&amp;lt;p&amp;gt;1. Çalışma sırasında masaj başlığına dokunmayın ve basmayın.&amp;lt;br /&amp;gt;
 2. Eklemleri etkilemeyin: fasya tabancası genellikle yalnızca kas ve yumuşak dokular için uygundur. Eklemlere doğrudan etki ederseniz eklem hasarına neden olabilirsiniz.&amp;lt;br /&amp;gt;
 3. Boyun, göğüs ve karın bölgesinde, koltuk altlarında kullanmayın.&amp;lt;br /&amp;gt;
 4. Süre ne kadar uzun olursa, o kadar acı verir, etkisi o kadar azalır. 6-8 dakikalık kullanım yeterlidir. 1 dakika içinde aynı pozisyonu kullanmaya çalışın&amp;lt;br /&amp;gt;
 KULLANICI DOSTU EL TASARIMI: Taşınabilir masaj tabancamızın ergonomik tabanca şekli kaymaz tutuş sağlar, üçgen sap tutuş için daha iyidir&amp;lt;br /&amp;gt;
 KAS AĞRISINI AZALTIR: Vurmalı masaj terapisi sayesinde kas gerginliğini, sertliğini ve ağrısını hafifletmeye yardımcı olur, kan akışını artırır. Bu masaj cihazı hemen hemen her aileye, profesyonel sporculara, egzersiz yapanlara ve kronik ağrısı olanlara uygundur.&amp;lt;br /&amp;gt;
 BİRÇOK SEÇİM: 6 ayarlanabilir hız ve 12 farklı masaj başlığı ile güçlü masaj cihazımız, farklı popülasyonlara uygun, dakikada 1800-3200 RPM perküsyon sağlayabilir. Farklı masaj başlıkları farklı vücut bölgelerine ve kas gruplarına uygundur. Masaj cihazımız tüm aile tarafından kullanılabilir&amp;lt;br /&amp;gt;
 KABLOSUZ VE ŞARJ EDİLEBİLİR: Kablosuz kas masajı, 2000mAh yüksek kaliteli şarj edilebilir lityum iyon pil ile donatılmıştır, Maksimum 40-45 Dakika&amp;amp;nbsp;çalışma süresi sağlar ve tamamen şarj edilmesi yalnızca 2 ila 3 saat sürer.&amp;lt;br /&amp;gt;
 DÜŞÜK GÜRÜLTÜ MASAJI: Elektrikli elektrikli masaj tabancası, 24V fırçasız motora ve yüksek güç ancak düşük gürültü (35dB – 45dB) deneyimi sağlayan benzersiz güzel kayma gürültüsü azaltma teknolojisine sahiptir. Evde, spor salonunda, ofiste vb. kullanabilirsiniz.&amp;lt;br /&amp;gt;
 Arayüz tipi: DC, 8.4/1A&amp;lt;br /&amp;gt;
 Anma frekansı: 50Hz&amp;lt;br /&amp;gt;
 Anma gücü: 25w&amp;lt;br /&amp;gt;
 Giriş voltajı: 110-240V, 50/60Hz&amp;lt;br /&amp;gt;
 Nominal voltaj: 7,4v&amp;lt;br /&amp;gt;
 Pil kapasitesi: 2000 mAh&amp;lt;br /&amp;gt;
 Hız: 1800-3200 rpm&amp;lt;br /&amp;gt;
 Vites konumu: 6 vites değiştirme ayarı&amp;lt;br /&amp;gt;
 Masaj başlığı sayısı: 12 masaj başlığı&amp;lt;br /&amp;gt;
 Ürün ağırlığı: 920 gr Ürün boyutu: 24*23*7cm&amp;lt;/p&amp;gt;
 </t>
         </is>
       </c>
-      <c r="F332" s="0" t="n">
+      <c r="F333" s="0" t="n">
         <v>600</v>
       </c>
-      <c r="G332" s="0" t="n">
+      <c r="G333" s="0" t="n">
         <v>241201191024</v>
       </c>
-      <c r="H332" s="0"/>
-      <c r="I332" s="0" t="n">
+      <c r="H333" s="0"/>
+      <c r="I333" s="0" t="n">
         <v>0</v>
       </c>
-      <c r="J332" s="0" t="inlineStr">
+      <c r="J333" s="0" t="inlineStr">
         <is>
           <t>https://www.realtoptan.com/image/catalog/resimler/kch1.png</t>
         </is>
       </c>
-      <c r="K332" s="0" t="inlineStr">
+      <c r="K333" s="0" t="inlineStr">
         <is>
           <t>https://www.realtoptan.com/image/catalog/resimler/kch2.png</t>
         </is>
       </c>
-      <c r="L332" s="0" t="inlineStr">
+      <c r="L333" s="0" t="inlineStr">
         <is>
           <t>https://www.realtoptan.com/image/catalog/resimler/kch3.png</t>
         </is>
       </c>
-      <c r="M332" s="0" t="inlineStr">
+      <c r="M333" s="0" t="inlineStr">
         <is>
           <t>https://www.realtoptan.com/image/catalog/resimler/kch4.png</t>
         </is>
       </c>
-      <c r="N332" s="0" t="inlineStr">
+      <c r="N333" s="0" t="inlineStr">
         <is>
           <t>https://www.realtoptan.com/image/catalog/resimler/kch5.png</t>
         </is>
       </c>
-      <c r="O332" s="0" t="inlineStr">
-[...6 lines deleted...]
-      <c r="A333" s="0" t="n">
+      <c r="O333" s="0" t="inlineStr">
+        <is>
+          <t>0.00kg</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="334">
+      <c r="A334" s="0" t="n">
         <v>391</v>
       </c>
-      <c r="B333" s="0" t="inlineStr">
+      <c r="B334" s="0" t="inlineStr">
         <is>
           <t>4’lü Solar Köşebent Lamba Gün Işığı </t>
         </is>
       </c>
-      <c r="C333" s="0" t="inlineStr">
+      <c r="C334" s="0" t="inlineStr">
         <is>
           <t>EV &amp;amp; OFİS ÜRÜNLERİ|HEDİYELİK EŞYA|TV ÜRÜNLERİ|Yeni Ürünler</t>
         </is>
       </c>
-      <c r="D333" s="0" t="inlineStr">
+      <c r="D334" s="0" t="inlineStr">
         <is>
           <t>EV &amp;amp; OFİS ÜRÜNLERİ</t>
         </is>
       </c>
-      <c r="E333" s="0" t="inlineStr">
+      <c r="E334" s="0" t="inlineStr">
         <is>
           <t>&amp;lt;p&amp;gt;&amp;lt;strong&amp;gt;Ürün Özellikleri&amp;lt;/strong&amp;gt;&amp;lt;/p&amp;gt;
 &amp;lt;p&amp;gt;Çalışma Sistemi Karanlık Sensörlü Olup Otomatik Yanar.&amp;lt;br /&amp;gt;
 Güneş Enerjisi Ile Kendini Şarj Edebilmektedir.&amp;lt;br /&amp;gt;
 Ayriyeten Pile Ve Elektriğe Ihtiyacı Yoktur.&amp;lt;br /&amp;gt;
 Vidalarla Istediğiniz Ahşap Yüzeye Monte Edebilirsiniz.&amp;lt;br /&amp;gt;
 Çift Taraflı Bant Kullanarak Metal Ve Mermer Gibi Yüzeylerede Monte Edebilirsiniz. Çift Taraflı Bant Pakede Dahil Değildir.&amp;lt;br /&amp;gt;
 Parlaklık&amp;amp;nbsp;&amp;amp;nbsp;1 Lümendir. Led ışığın Rengi Beyazdır. Güç 5 Watt.Pil 300 Mah Dır.&amp;lt;/p&amp;gt;
 &amp;lt;p&amp;gt;&amp;lt;strong&amp;gt;Ürün Ölçüleri&amp;lt;/strong&amp;gt;&amp;amp;nbsp;:&amp;amp;nbsp;7.5 X 4 X 5 Cm&amp;lt;/p&amp;gt;
 &amp;lt;p&amp;gt;&amp;lt;strong&amp;gt;Paket İçeriği&amp;lt;/strong&amp;gt;&amp;lt;br /&amp;gt;
 4 Adet Solar Güneş Enerjili Köşebent&amp;amp;nbsp;&amp;amp;nbsp;Merdiven Veranda Bahçe Led Lamba&amp;amp;nbsp;&amp;lt;/p&amp;gt;
 </t>
         </is>
       </c>
-      <c r="F333" s="0" t="n">
+      <c r="F334" s="0" t="n">
         <v>160</v>
       </c>
-      <c r="G333" s="0" t="n">
+      <c r="G334" s="0" t="n">
         <v>241201191656</v>
       </c>
-      <c r="H333" s="0"/>
-      <c r="I333" s="0" t="n">
+      <c r="H334" s="0"/>
+      <c r="I334" s="0" t="n">
         <v>0</v>
       </c>
-      <c r="J333" s="0" t="inlineStr">
+      <c r="J334" s="0" t="inlineStr">
         <is>
           <t>https://www.realtoptan.com/image/catalog/resimler/bnt1.jpg</t>
         </is>
       </c>
-      <c r="K333" s="0" t="inlineStr">
+      <c r="K334" s="0" t="inlineStr">
         <is>
           <t>https://www.realtoptan.com/image/catalog/resimler/bnt2.jpg</t>
         </is>
       </c>
-      <c r="L333" s="0" t="inlineStr">
+      <c r="L334" s="0" t="inlineStr">
         <is>
           <t>https://www.realtoptan.com/image/catalog/resimler/bnt3.jpg</t>
         </is>
       </c>
-      <c r="M333" s="0"/>
-[...8 lines deleted...]
-      <c r="A334" s="0" t="n">
+      <c r="M334" s="0"/>
+      <c r="N334" s="0"/>
+      <c r="O334" s="0" t="inlineStr">
+        <is>
+          <t>0.00kg</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="335">
+      <c r="A335" s="0" t="n">
         <v>392</v>
       </c>
-      <c r="B334" s="0" t="inlineStr">
+      <c r="B335" s="0" t="inlineStr">
         <is>
           <t>Şarjlı Mini Yüz Nemlendirici Dezenfektan Cihazı Mist Sprayer</t>
         </is>
       </c>
-      <c r="C334" s="0" t="inlineStr">
+      <c r="C335" s="0" t="inlineStr">
         <is>
           <t>EV &amp;amp; OFİS ÜRÜNLERİ|HEDİYELİK EŞYA|TV ÜRÜNLERİ|Yeni Ürünler</t>
         </is>
       </c>
-      <c r="D334" s="0" t="inlineStr">
+      <c r="D335" s="0" t="inlineStr">
         <is>
           <t>EV &amp;amp; OFİS ÜRÜNLERİ</t>
         </is>
       </c>
-      <c r="E334" s="0" t="inlineStr">
+      <c r="E335" s="0" t="inlineStr">
         <is>
           <t>&amp;lt;p&amp;gt;&amp;lt;strong&amp;gt;Şarjlı Dezenfektan Makinesi 30 Ml Mist Sprayer Mini Şarjlı Dezenfektan Makinesi &amp;amp;amp; Difüzör Mini Dezenfektan Makinesi İle Anahtarlık, Cüzdan, Cep Telefonu, Elleri Ve Hatta Araç Direksiyonunu Ve Hatta Dezenfekte Etmek İçin İhtiyacınız Olan Her Şeyi Dezenfekte Edebilirsiniz. Ürünün İçine Dezenfektan Alkol, Kolonya Veya Su Koyabilirsiniz. Ayrıca Nebülizör Olarak Kullanabilir Yüz Veya Derinlemesine Temizlemek İçin Su Koyabilirsiniz&amp;lt;/strong&amp;gt;&amp;lt;/p&amp;gt;
 &amp;lt;ul&amp;gt;
 	&amp;lt;li&amp;gt;&amp;lt;strong&amp;gt;Nano Sprey Mini Şarjlı Dezenfektan Makinesi Mini Dezenfektan Makinesi İle Anahtarlık, Cüzdan, Cep Telefonu, Elleri Ve Hatta Araç Direksiyonunu Ve Hatta Dezenfekte Etmek İçin İhtiyacınız Olan Her Şeyi Dezenfekte Edebilirsiniz. Ürünün İçine Dezenfektan Alkol, Kolonya Veya Su Koyabilirsiniz. Ayrıca Nebülizör Olarak Kullanabilir Yüz Veya Derinlemesine Temizlemek İçin Su Koyabilirsiniz.&amp;lt;/strong&amp;gt;&amp;lt;/li&amp;gt;
 	&amp;lt;li&amp;gt;&amp;lt;strong&amp;gt;Nemlendirme Cihazı İçine Koku Koydugunuz Zaman Kısa Sürede Araç İçini Çok Kısa Sürede Ferah Bi Koko İle Kaplar Nemlendirme Cihazı İçine Dezenfektan Korsanız İstediginiz Yeri Virüslerden Arındıra Bilirsiniz&amp;lt;/strong&amp;gt;&amp;lt;/li&amp;gt;
 	&amp;lt;li&amp;gt;&amp;lt;strong&amp;gt;Nemlendirme Cihazı İçine Su Ekleyerek Soğuk Buhar Vererek Yüz Bölgesinde Nemlendirir Nemlendirme Cihazı İçine Dezenfektan Koyarsanız İstediginiz Yeri Virüslerden Arındırabilirsiniz&amp;lt;/strong&amp;gt;&amp;lt;/li&amp;gt;
 &amp;lt;/ul&amp;gt;
 &amp;lt;p&amp;gt;&amp;lt;strong&amp;gt;Mini Dezenfektan Makinesi İle Temas Ettiğimiz Yüzeyleri Dezenfekte Edebilirsiniz. Telefon, Cüzdan, Anahtarlık, Klavye Gibi Eşyalarınızda Kullanabilirsiniz. Ürün İçerisine Dezenfektan, Kolonya Veya Su Koyabilirsiniz.&amp;lt;/strong&amp;gt;&amp;lt;/p&amp;gt;
 &amp;lt;ul&amp;gt;
 	&amp;lt;li&amp;gt;&amp;lt;strong&amp;gt;Teknik Özellikler Kapasitesi : 30 Ml Şarj Süresi : 1 Saatte Tam Dolum Ürün Boyutu : 10 X 3 X 3 Cm Usb Ile Şarj Edilmektedir. Dezenfektan Makinesi Usb İle Şarj Edilir. Telefon Şarj Cihazınız İle İsterseniz Bilgisayardan Veya Arabanız Bile Şarj Edebilirsiniz. 1 Saat İçerisinde Full Şarja Ulaşır.&amp;lt;/strong&amp;gt;&amp;lt;/li&amp;gt;
 	&amp;lt;li&amp;gt;&amp;lt;strong&amp;gt;Mini Dezenfektan Makinesi İle Anahtarlık, Cüzdan, Cep Telefonu, Hatta Araba Direksiyonunu Kısaca Elinizin Temas Ettiği Her Yeri Dezenfekte Edebilirsiniz. Ürün İçerisine Su Ve Alkol Bazlı Dezenfektan, Kolonya Veya Su Koyabilirsiniz. Mini Dezenfektan Cihazı Nasıl Kullanılır? Dezenfaktan Cihazının Kapağını Açarak,Haznesine Dezenfektan Ekleyin Ve Kapatın. Açma Tuşuna Bastığınızda Dezenfektan Püskürtmeye Başlayacaktır. Cihazı Tuşuna Tekrar Basana Kadar Dezenfektan Püskürtmeye Devam Edecektir. Hiç Kapatmadan 15 Dakika Boyunca Sürekli Kullanabilirsiniz. Elinizin Temas Ettiği Tüm Yüzeyleri Mini Dezenfektan Cihazı İle Dezenfekte Edebilirsiniz.&amp;lt;/strong&amp;gt;&amp;lt;/li&amp;gt;
 &amp;lt;/ul&amp;gt;
 </t>
         </is>
       </c>
-      <c r="F334" s="0" t="n">
+      <c r="F335" s="0" t="n">
         <v>50</v>
       </c>
-      <c r="G334" s="0" t="n">
+      <c r="G335" s="0" t="n">
         <v>241201192105</v>
       </c>
-      <c r="H334" s="0"/>
-      <c r="I334" s="0" t="n">
+      <c r="H335" s="0"/>
+      <c r="I335" s="0" t="n">
         <v>484</v>
       </c>
-      <c r="J334" s="0" t="inlineStr">
-[...27 lines deleted...]
-      <c r="A335" s="0" t="n">
+      <c r="J335" s="0" t="inlineStr">
+        <is>
+          <t>https://www.realtoptan.com/image/catalog/site_resimler/SİTE RESİMLERİ/buh3.png</t>
+        </is>
+      </c>
+      <c r="K335" s="0" t="inlineStr">
+        <is>
+          <t>https://www.realtoptan.com/image/catalog/site_resimler/SİTE RESİMLERİ/buh-7.png</t>
+        </is>
+      </c>
+      <c r="L335" s="0" t="inlineStr">
+        <is>
+          <t>https://www.realtoptan.com/image/catalog/site_resimler/SİTE RESİMLERİ/buh-5.png</t>
+        </is>
+      </c>
+      <c r="M335" s="0" t="inlineStr">
+        <is>
+          <t>https://www.realtoptan.com/image/catalog/site_resimler/SİTE RESİMLERİ/buh2.png</t>
+        </is>
+      </c>
+      <c r="N335" s="0" t="inlineStr">
+        <is>
+          <t>https://www.realtoptan.com/image/catalog/site_resimler/SİTE RESİMLERİ/buh1.png</t>
+        </is>
+      </c>
+      <c r="O335" s="0" t="inlineStr">
+        <is>
+          <t>0.00kg</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="336">
+      <c r="A336" s="0" t="n">
         <v>393</v>
       </c>
-      <c r="B335" s="0" t="inlineStr">
+      <c r="B336" s="0" t="inlineStr">
         <is>
           <t>USB Hava Nemlendirici</t>
         </is>
       </c>
-      <c r="C335" s="0" t="inlineStr">
+      <c r="C336" s="0" t="inlineStr">
         <is>
           <t>EV &amp;amp; OFİS ÜRÜNLERİ|HEDİYELİK EŞYA|TV ÜRÜNLERİ|Yeni Ürünler</t>
         </is>
       </c>
-      <c r="D335" s="0" t="inlineStr">
+      <c r="D336" s="0" t="inlineStr">
         <is>
           <t>EV &amp;amp; OFİS ÜRÜNLERİ</t>
         </is>
       </c>
-      <c r="E335" s="0" t="inlineStr">
+      <c r="E336" s="0" t="inlineStr">
         <is>
           <t>&amp;lt;p style=&amp;quot;text-align:start&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;font-size:13px&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;color:#666666&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;font-family:Poppins,sans-serif&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;background-color:#ffffff&amp;quot;&amp;gt;&amp;lt;strong&amp;gt;&amp;lt;span style=&amp;quot;font-size:14px&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;background-color:#ffffff&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;color:#000000&amp;quot;&amp;gt;Ürün Özellikleri&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/strong&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/p&amp;gt;
 &amp;lt;p style=&amp;quot;text-align:start&amp;quot;&amp;gt;&amp;amp;nbsp;&amp;lt;/p&amp;gt;
 &amp;lt;p style=&amp;quot;text-align:start&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;font-size:13px&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;color:#666666&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;font-family:Poppins,sans-serif&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;background-color:#ffffff&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;background-color:#ffffff&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;color:#000000&amp;quot;&amp;gt;Nemlendirici uyurken ve çalışırken sizi rahatsız etmez.&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/p&amp;gt;
 &amp;lt;p style=&amp;quot;text-align:start&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;font-size:13px&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;color:#666666&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;font-family:Poppins,sans-serif&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;background-color:#ffffff&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;background-color:#ffffff&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;color:#000000&amp;quot;&amp;gt;Sürekli modda 4 saat, aralıklı modda ise 6 saat çalıştıktan sonra haznesindeki su bitince otomatik olarak kapanır.&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/p&amp;gt;
 &amp;lt;p style=&amp;quot;text-align:start&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;font-size:13px&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;color:#666666&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;font-family:Poppins,sans-serif&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;background-color:#ffffff&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;background-color:#ffffff&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;color:#000000&amp;quot;&amp;gt;Beyaz ve renkli olmak üzere iki ışık modu vardır.&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/p&amp;gt;
 &amp;lt;p style=&amp;quot;text-align:start&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;font-size:13px&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;color:#666666&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;font-family:Poppins,sans-serif&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;background-color:#ffffff&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;background-color:#ffffff&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;color:#000000&amp;quot;&amp;gt;Ayrıca ışıksız olarak da kullanılabilir.&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/p&amp;gt;
 &amp;lt;p style=&amp;quot;text-align:start&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;font-size:13px&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;color:#666666&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;font-family:Poppins,sans-serif&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;background-color:#ffffff&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;background-color:#ffffff&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;color:#000000&amp;quot;&amp;gt;Buhar modu kapatılarak sadece ışığı açık şekilde gece lambası olarak kullanılabilir.&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/p&amp;gt;
 &amp;lt;p style=&amp;quot;text-align:start&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;font-size:13px&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;color:#666666&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;font-family:Poppins,sans-serif&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;background-color:#ffffff&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;background-color:#ffffff&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;color:#000000&amp;quot;&amp;gt;En sevdiğiniz uçucu yağları aromaterapi için nemlendiricinin içindeki suya ekleyerek bulunduğunuz ortamın atmosferini değiştirebilirsiniz.&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/p&amp;gt;
 &amp;lt;p style=&amp;quot;text-align:start&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;font-size:13px&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;color:#666666&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;font-family:Poppins,sans-serif&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;background-color:#ffffff&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;background-color:#ffffff&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;color:#000000&amp;quot;&amp;gt;Evde, ofiste ya da arabada kullanıma uygundur.&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/p&amp;gt;
 &amp;lt;p style=&amp;quot;text-align:start&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;font-size:13px&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;color:#666666&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;font-family:Poppins,sans-serif&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;background-color:#ffffff&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;background-color:#ffffff&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;color:#000000&amp;quot;&amp;gt;Usb kabloya bağlı şekilde çalışır. Herhangi bir cihazın (laptop, powerbank vb.) usb bağlantı noktasıyla uyumludur.&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/p&amp;gt;
 &amp;lt;p style=&amp;quot;text-align:start&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;font-size:13px&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;color:#666666&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;font-family:Poppins,sans-serif&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;background-color:#ffffff&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;font-size:14px&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;background-color:#ffffff&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;color:#000000&amp;quot;&amp;gt;&amp;lt;strong&amp;gt;Paket İçeriği&amp;lt;/strong&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/p&amp;gt;
 &amp;lt;p style=&amp;quot;text-align:start&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;font-size:13px&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;color:#666666&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;font-family:Poppins,sans-serif&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;background-color:#ffffff&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;background-color:#ffffff&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;color:#000000&amp;quot;&amp;gt;1 adet usb hava nemlendirici&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/p&amp;gt;
 &amp;lt;p style=&amp;quot;text-align:start&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;font-size:13px&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;color:#666666&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;font-family:Poppins,sans-serif&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;background-color:#ffffff&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;background-color:#ffffff&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;color:#000000&amp;quot;&amp;gt;1 adet usb kablo, &amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/p&amp;gt;
 &amp;lt;p style=&amp;quot;text-align:start&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;font-size:13px&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;color:#666666&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;font-family:Poppins,sans-serif&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;background-color:#ffffff&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;background-color:#ffffff&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;color:#000000&amp;quot;&amp;gt;2 adet filtre.&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/p&amp;gt;
 </t>
         </is>
       </c>
-      <c r="F335" s="0" t="n">
+      <c r="F336" s="0" t="n">
         <v>100</v>
       </c>
-      <c r="G335" s="0" t="n">
+      <c r="G336" s="0" t="n">
         <v>241201193118</v>
       </c>
-      <c r="H335" s="0"/>
-      <c r="I335" s="0" t="n">
+      <c r="H336" s="0"/>
+      <c r="I336" s="0" t="n">
         <v>1000</v>
       </c>
-      <c r="J335" s="0" t="inlineStr">
-[...23 lines deleted...]
-      <c r="A336" s="0" t="n">
+      <c r="J336" s="0" t="inlineStr">
+        <is>
+          <t>https://www.realtoptan.com/image/catalog/site_resimler/SİTE RESİMLERİ/h2o-1.png</t>
+        </is>
+      </c>
+      <c r="K336" s="0" t="inlineStr">
+        <is>
+          <t>https://www.realtoptan.com/image/catalog/site_resimler/SİTE RESİMLERİ/h2o-2.png</t>
+        </is>
+      </c>
+      <c r="L336" s="0" t="inlineStr">
+        <is>
+          <t>https://www.realtoptan.com/image/catalog/site_resimler/SİTE RESİMLERİ/h20-3.png</t>
+        </is>
+      </c>
+      <c r="M336" s="0"/>
+      <c r="N336" s="0"/>
+      <c r="O336" s="0" t="inlineStr">
+        <is>
+          <t>0.00kg</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="337">
+      <c r="A337" s="0" t="n">
         <v>394</v>
       </c>
-      <c r="B336" s="0" t="inlineStr">
+      <c r="B337" s="0" t="inlineStr">
         <is>
           <t>Smart Swab Pratik Kulak Temizleme Aparatı</t>
         </is>
       </c>
-      <c r="C336" s="0" t="inlineStr">
+      <c r="C337" s="0" t="inlineStr">
         <is>
           <t>KİŞİSEL BAKIM|TV ÜRÜNLERİ|Yeni Ürünler</t>
         </is>
       </c>
-      <c r="D336" s="0" t="inlineStr">
+      <c r="D337" s="0" t="inlineStr">
         <is>
           <t>KİŞİSEL BAKIM</t>
         </is>
       </c>
-      <c r="E336" s="0" t="inlineStr">
+      <c r="E337" s="0" t="inlineStr">
         <is>
           <t>&amp;lt;ul&amp;gt;
 	&amp;lt;li&amp;gt;&amp;lt;strong&amp;gt;Smart Swab 16 Başlıklı Pratik Kulak Temizleme Aleti Aparatı Seti&amp;lt;/strong&amp;gt;&amp;lt;br /&amp;gt;
 	&amp;amp;nbsp;
 	&amp;lt;p&amp;gt;&amp;lt;strong&amp;gt;-Kulak Temizleyi Yedek Başlıklar ile yumuşak uç kısmı ile kulak içerisin de ki kirleri çok kolay temizleyebilirsiniz.&amp;lt;/strong&amp;gt;&amp;lt;/p&amp;gt;
 	&amp;lt;p&amp;gt;&amp;lt;strong&amp;gt;-Kulak kirinin kolay bir şekil de çıkarmanızı sağlayacak ve pratik kullanıma sahip&amp;amp;nbsp;&amp;lt;/strong&amp;gt;&amp;lt;/p&amp;gt;
 	&amp;lt;p&amp;gt;&amp;lt;strong&amp;gt;-Akıllı çubuk sayesin de kulak temizleme aparatı ile kulak kirlerinizi kolay bir şekil de temizleyebileceksiniz.&amp;lt;/strong&amp;gt;&amp;lt;/p&amp;gt;
 	&amp;lt;p&amp;gt;&amp;lt;strong&amp;gt;-Kulak çubukları temizlik esnasın da kulakta ki kir ve birinkintileri kulağın içine doğru itmekte olup kullanım da bir o kadar risklidir.&amp;lt;/strong&amp;gt;&amp;lt;/p&amp;gt;
 	&amp;lt;p&amp;gt;&amp;lt;strong&amp;gt;-Smart Swab Kulak Temizleme Seti Kulak temizleyici sayesin de güvenli bir kullanıma sahip olarak kulak içlerinizi temizleyebileceksiniz.&amp;lt;/strong&amp;gt;&amp;lt;/p&amp;gt;
 	&amp;lt;p&amp;gt;&amp;lt;strong&amp;gt;-Smart Swab Kulak Temizleme Seti&amp;amp;nbsp; Kulak Temizleyi Yedek Başlıklar yumuşak plastik yapısı ile kulak yapınıza zarar vermeyen tasarıma sahiptir.&amp;lt;/strong&amp;gt;&amp;lt;/p&amp;gt;
 	&amp;lt;p&amp;gt;&amp;lt;strong&amp;gt;-Kulak temizleyici spiral tasarım da üretilmiştir ve kolay birkaç hamle ile Smart Swab sayesin de kulak kirlerinizi zorlamadan çıkarmanızı sağlayacaktır.&amp;lt;/strong&amp;gt;&amp;lt;/p&amp;gt;
 	&amp;lt;p&amp;gt;&amp;lt;strong&amp;gt;-Kulak kirinin birikimini önleyen plastik kulak temizleyici tek kullanımlıktır ve seti içerisin de yedek parçaları mevcuttur.&amp;lt;/strong&amp;gt;&amp;lt;/p&amp;gt;
 	&amp;lt;p&amp;gt;&amp;lt;strong&amp;gt;-Kulak Temizleyi Yedek Başlıklar Ölçüsü :&amp;lt;/strong&amp;gt;&amp;lt;/p&amp;gt;
 	&amp;lt;p&amp;gt;&amp;lt;strong&amp;gt;-Kulak Temizleyici 12 cm x 1 cm Başlık 3 cm&amp;lt;/strong&amp;gt;&amp;lt;/p&amp;gt;
 	&amp;lt;p&amp;gt;&amp;lt;br /&amp;gt;
 	&amp;lt;strong&amp;gt;Smart Swab Kulak Temizleme Seti İçeriği:&amp;lt;br /&amp;gt;
 	-1 adet akıllı kulak temizleme aparatı&amp;lt;br /&amp;gt;
 	-16 adet yedek yumuşak temizleme aparatı&amp;lt;/strong&amp;gt;&amp;lt;/p&amp;gt;
 	&amp;lt;/li&amp;gt;
 &amp;lt;/ul&amp;gt;
 </t>
         </is>
       </c>
-      <c r="F336" s="0" t="n">
+      <c r="F337" s="0" t="n">
         <v>100</v>
       </c>
-      <c r="G336" s="0" t="n">
+      <c r="G337" s="0" t="n">
         <v>241201193754</v>
       </c>
-      <c r="H336" s="0"/>
-[...3 lines deleted...]
-      <c r="J336" s="0" t="inlineStr">
+      <c r="H337" s="0"/>
+      <c r="I337" s="0" t="n">
+        <v>0</v>
+      </c>
+      <c r="J337" s="0" t="inlineStr">
         <is>
           <t>https://www.realtoptan.com/image/catalog/resimler/ss1.png</t>
         </is>
       </c>
-      <c r="K336" s="0" t="inlineStr">
+      <c r="K337" s="0" t="inlineStr">
         <is>
           <t>https://www.realtoptan.com/image/catalog/resimler/ss2.png</t>
         </is>
       </c>
-      <c r="L336" s="0" t="inlineStr">
+      <c r="L337" s="0" t="inlineStr">
         <is>
           <t>https://www.realtoptan.com/image/catalog/resimler/ss3.png</t>
         </is>
       </c>
-      <c r="M336" s="0"/>
-[...8 lines deleted...]
-      <c r="A337" s="0" t="n">
+      <c r="M337" s="0"/>
+      <c r="N337" s="0"/>
+      <c r="O337" s="0" t="inlineStr">
+        <is>
+          <t>0.00kg</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="338">
+      <c r="A338" s="0" t="n">
         <v>395</v>
       </c>
-      <c r="B337" s="0" t="inlineStr">
+      <c r="B338" s="0" t="inlineStr">
         <is>
           <t>Deri Çantalı 12'li Manikür Seti</t>
         </is>
       </c>
-      <c r="C337" s="0" t="inlineStr">
+      <c r="C338" s="0" t="inlineStr">
         <is>
           <t>KİŞİSEL BAKIM|Yeni Ürünler</t>
         </is>
       </c>
-      <c r="D337" s="0" t="inlineStr">
+      <c r="D338" s="0" t="inlineStr">
         <is>
           <t>KİŞİSEL BAKIM</t>
         </is>
       </c>
-      <c r="E337" s="0" t="inlineStr">
+      <c r="E338" s="0" t="inlineStr">
         <is>
           <t>&amp;lt;ul&amp;gt;
 	&amp;lt;li&amp;gt;*Ürünler paslanmaz çelik malzemeden üretilmiştir.&amp;lt;/li&amp;gt;
 	&amp;lt;li&amp;gt;*12&amp;amp;nbsp;parçadan oluşan bir settir.&amp;lt;/li&amp;gt;
 	&amp;lt;li&amp;gt;*El ve ayak bakımı için eksiksiz bir set. Paket İçeriği: 1 adet Kulak Çekme 1 adet Çok Amaçlı Makas 1 adet Manikür Makası 3 adet Tırnak Makası / Düzeltici 1 adet Pense 1 adet Kir 1 adet Kaş Cımbız 1 adet Manikür Bıçağı 1 adet Tırnak Törpüsü 1 adet Akne İğnesi 1 ad taşıma ve muhafaza çantası Kutu boyutu: 15.5 x 8.5 x 2cm %100 orijinaldir Ambalajı açılan ürünlerin iadesi kabul edilmemektedir.&amp;lt;/li&amp;gt;
 &amp;lt;/ul&amp;gt;
 </t>
         </is>
       </c>
-      <c r="F337" s="0" t="n">
+      <c r="F338" s="0" t="n">
         <v>100</v>
       </c>
-      <c r="G337" s="0" t="n">
+      <c r="G338" s="0" t="n">
         <v>241201194544</v>
       </c>
-      <c r="H337" s="0"/>
-      <c r="I337" s="0" t="n">
+      <c r="H338" s="0"/>
+      <c r="I338" s="0" t="n">
         <v>100</v>
       </c>
-      <c r="J337" s="0" t="inlineStr">
+      <c r="J338" s="0" t="inlineStr">
         <is>
           <t>https://www.realtoptan.com/image/catalog/resimler/ms1.png</t>
         </is>
       </c>
-      <c r="K337" s="0" t="inlineStr">
+      <c r="K338" s="0" t="inlineStr">
         <is>
           <t>https://www.realtoptan.com/image/catalog/resimler/ms2.png</t>
         </is>
       </c>
-      <c r="L337" s="0"/>
-[...9 lines deleted...]
-      <c r="A338" s="0" t="n">
+      <c r="L338" s="0"/>
+      <c r="M338" s="0"/>
+      <c r="N338" s="0"/>
+      <c r="O338" s="0" t="inlineStr">
+        <is>
+          <t>0.00kg</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="339">
+      <c r="A339" s="0" t="n">
         <v>396</v>
       </c>
-      <c r="B338" s="0" t="inlineStr">
+      <c r="B339" s="0" t="inlineStr">
         <is>
           <t>Çift Başlıklı Epilasyon Yüz Çene Işıklı Kıl Tüy Alma Mini Cep Epilasyonu Simli</t>
         </is>
       </c>
-      <c r="C338" s="0" t="inlineStr">
+      <c r="C339" s="0" t="inlineStr">
         <is>
           <t>KİŞİSEL BAKIM|TV ÜRÜNLERİ|Yeni Ürünler</t>
         </is>
       </c>
-      <c r="D338" s="0" t="inlineStr">
+      <c r="D339" s="0" t="inlineStr">
         <is>
           <t>KİŞİSEL BAKIM</t>
         </is>
       </c>
-      <c r="E338" s="0" t="inlineStr">
+      <c r="E339" s="0" t="inlineStr">
         <is>
           <t>&amp;lt;ul&amp;gt;
 	&amp;lt;li&amp;gt;Yüzünüzdeki istenmeyen tüyleri nazikçe ve etkili bir şekilde gidermek için tasarlanmış, çift başlıklı epilasyon cihazı&amp;lt;/li&amp;gt;
 	&amp;lt;li&amp;gt;Çene bölgesinde rahat ve pratik kullanım sunan mini boyutuyla her an yanınızda taşıyabileceğiniz bir cihaz&amp;lt;/li&amp;gt;
 	&amp;lt;li&amp;gt;Işıklı başlıkları sayesinde tüyleri kolayca görmenizi sağlar ve hassas bölgelerde bile güvenli bir epilasyon deneyimi sunar&amp;lt;/li&amp;gt;
 	&amp;lt;li&amp;gt;Şarj edilebilir olması, kablosuz kullanım özgürlüğü sağlar&amp;lt;/li&amp;gt;
 	&amp;lt;li&amp;gt;böylece hareket halindeyken bile tüylerinizden arınabilirsiniz&amp;lt;/li&amp;gt;
 	&amp;lt;li&amp;gt;Onarıcı özelliği ile cildinizi tahriş etmeden, pürüzsüz bir cilt için epilasyon yapmanızı mümkün kılar&amp;lt;/li&amp;gt;
 	&amp;lt;li&amp;gt;Paket içeriği: 2 adet başlık, 1 usb kablo&amp;lt;/li&amp;gt;
 &amp;lt;/ul&amp;gt;
 </t>
         </is>
       </c>
-      <c r="F338" s="0" t="n">
+      <c r="F339" s="0" t="n">
         <v>150</v>
       </c>
-      <c r="G338" s="0" t="n">
+      <c r="G339" s="0" t="n">
         <v>241201195444</v>
       </c>
-      <c r="H338" s="0"/>
-[...3 lines deleted...]
-      <c r="J338" s="0" t="inlineStr">
+      <c r="H339" s="0"/>
+      <c r="I339" s="0" t="n">
+        <v>100</v>
+      </c>
+      <c r="J339" s="0" t="inlineStr">
         <is>
           <t>https://www.realtoptan.com/image/catalog/resimler/fw1.png</t>
         </is>
       </c>
-      <c r="K338" s="0" t="inlineStr">
+      <c r="K339" s="0" t="inlineStr">
         <is>
           <t>https://www.realtoptan.com/image/catalog/resimler/fw2.png</t>
         </is>
       </c>
-      <c r="L338" s="0" t="inlineStr">
+      <c r="L339" s="0" t="inlineStr">
         <is>
           <t>https://www.realtoptan.com/image/catalog/resimler/fw3.png</t>
         </is>
       </c>
-      <c r="M338" s="0"/>
-[...8 lines deleted...]
-      <c r="A339" s="0" t="n">
+      <c r="M339" s="0"/>
+      <c r="N339" s="0"/>
+      <c r="O339" s="0" t="inlineStr">
+        <is>
+          <t>0.00kg</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="340">
+      <c r="A340" s="0" t="n">
         <v>397</v>
       </c>
-      <c r="B339" s="0" t="inlineStr">
+      <c r="B340" s="0" t="inlineStr">
         <is>
           <t>Çift Başlıklı Epilasyon Yüz Çene Işıklı Kıl Tüy Alma Mini Cep Epilasyonu</t>
         </is>
       </c>
-      <c r="C339" s="0" t="inlineStr">
+      <c r="C340" s="0" t="inlineStr">
         <is>
           <t>KİŞİSEL BAKIM|TV ÜRÜNLERİ|Yeni Ürünler</t>
         </is>
       </c>
-      <c r="D339" s="0" t="inlineStr">
+      <c r="D340" s="0" t="inlineStr">
         <is>
           <t>KİŞİSEL BAKIM</t>
         </is>
       </c>
-      <c r="E339" s="0" t="inlineStr">
+      <c r="E340" s="0" t="inlineStr">
         <is>
           <t>&amp;lt;ul&amp;gt;
 	&amp;lt;li&amp;gt;Çift başlık sayesinde istenmeyen tüylere yüzeysel olarak çözüm gelmiştir&amp;lt;/li&amp;gt;
 	&amp;lt;li&amp;gt;Anlık bir işiniz çıktı şip şak hemen uygulama yapabiilirsiniz&amp;lt;/li&amp;gt;
 	&amp;lt;li&amp;gt;Led ışık sayesinde istenmeyen tüylere ulaşabilirsiniz&amp;lt;/li&amp;gt;
 	&amp;lt;li&amp;gt;Tek bir tuş sayesinde kolayca kullanabilirsiniz&amp;lt;/li&amp;gt;
 	&amp;lt;li&amp;gt;360 derece esnek ve çıkarılabilir başlık bulunmaktadır&amp;lt;/li&amp;gt;
 	&amp;lt;li&amp;gt;Her yere kolayca götürebilirsiniz&amp;lt;/li&amp;gt;
 	&amp;lt;li&amp;gt;Şarjlı üründür&amp;lt;/li&amp;gt;
 	&amp;lt;li&amp;gt;Ürünü doğru kullanabilmeniz için yavaş yavaş ve dairesel hareketler halinde uygulama yapmanız lazım 6 saat şarjda kalması gerekmektedir&amp;lt;/li&amp;gt;
 	&amp;lt;li&amp;gt;Paket İçeriği: 2 adet başlık, 1 adet usb kablo&amp;lt;/li&amp;gt;
 &amp;lt;/ul&amp;gt;
 </t>
         </is>
       </c>
-      <c r="F339" s="0" t="n">
+      <c r="F340" s="0" t="n">
         <v>130</v>
       </c>
-      <c r="G339" s="0" t="n">
+      <c r="G340" s="0" t="n">
         <v>241201195913</v>
       </c>
-      <c r="H339" s="0"/>
-[...3 lines deleted...]
-      <c r="J339" s="0" t="inlineStr">
+      <c r="H340" s="0"/>
+      <c r="I340" s="0" t="n">
+        <v>100</v>
+      </c>
+      <c r="J340" s="0" t="inlineStr">
         <is>
           <t>https://www.realtoptan.com/image/catalog/resimler/fww1.png</t>
         </is>
       </c>
-      <c r="K339" s="0" t="inlineStr">
+      <c r="K340" s="0" t="inlineStr">
         <is>
           <t>https://www.realtoptan.com/image/catalog/resimler/fww2.png</t>
         </is>
       </c>
-      <c r="L339" s="0"/>
-[...9 lines deleted...]
-      <c r="A340" s="0" t="n">
+      <c r="L340" s="0"/>
+      <c r="M340" s="0"/>
+      <c r="N340" s="0"/>
+      <c r="O340" s="0" t="inlineStr">
+        <is>
+          <t>0.00kg</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="341">
+      <c r="A341" s="0" t="n">
         <v>398</v>
       </c>
-      <c r="B340" s="0" t="inlineStr">
+      <c r="B341" s="0" t="inlineStr">
         <is>
           <t>MoCamp Portatif Kamp Ocağı</t>
         </is>
       </c>
-      <c r="C340" s="0" t="inlineStr">
+      <c r="C341" s="0" t="inlineStr">
         <is>
           <t>EV &amp;amp; OFİS ÜRÜNLERİ|KAMP VE OUTDOOR|Yeni Ürünler</t>
         </is>
       </c>
-      <c r="D340" s="0" t="inlineStr">
+      <c r="D341" s="0" t="inlineStr">
         <is>
           <t>EV &amp;amp; OFİS ÜRÜNLERİ</t>
         </is>
       </c>
-      <c r="E340" s="0" t="inlineStr">
+      <c r="E341" s="0" t="inlineStr">
         <is>
           <t>&amp;lt;p&amp;gt;Tamamı yerli ve kendi üretimimiz olan iksa mocamp ocak, 4 parçadan oluşmaktadır. 12.5 cm genişliğe, 15 cm yüksekliğe, 12 cm çapa sahiptir.&amp;lt;/p&amp;gt;
 &amp;lt;p&amp;gt;Her&amp;amp;nbsp;&amp;lt;strong&amp;gt;Alanda&amp;lt;/strong&amp;gt;, Her&amp;amp;nbsp;&amp;lt;strong&amp;gt;Yerde&amp;lt;/strong&amp;gt;&amp;amp;nbsp;Kolay ve Keyifli&amp;amp;nbsp;&amp;lt;strong&amp;gt;Kullanım&amp;lt;/strong&amp;gt;&amp;amp;nbsp;Sunuyor.&amp;lt;/p&amp;gt;
 &amp;lt;p&amp;gt;Metal malzeme üstü fırın boyayla boyanan ocağımız paslanmazdır. 600 derece ısıya dayanıklıdır.&amp;amp;nbsp;&amp;lt;br /&amp;gt;
 &amp;lt;br /&amp;gt;
 Piknikte, kampta, balıkta, tatilde, yolculukta rahatlıkla yıllarca kullanabilirsiniz. Ürünümüz kırmızı, turuncu, mavi, yeşil ve siyah olarak 5 farklı renkten oluşmaktadır. 400 gr ağırlığında olup taşıması kolay ve sırt çantanıza rahatça sığabilmektedir.&amp;amp;nbsp;&amp;lt;br /&amp;gt;
 &amp;lt;br /&amp;gt;
 220gr'lık çakmak gazı tüpüyle dolan iksa mocamp ocak 1 tüp gazla 2.5 ile 4 saat arası yanabilme özelliğine sahiptir. Yıkanabilir ızgarasıyla sağlam, dayanıklı, ergonomik olan ürünümüzü çaydanlık, tencere, tava gibi malzemelerinizle rahatlıkla kullanabilirsiniz.&amp;lt;/p&amp;gt;
 &amp;lt;p&amp;gt;12 cm çapı vardır. Toplam ağırlığı 400 gramdır. 150 dk yanma süresi mevcuttur. Ürün ebatı 12.5 x 15 cm'dir.&amp;amp;nbsp;&amp;lt;br /&amp;gt;
 &amp;lt;br /&amp;gt;
 Tüm kalite belgelerine sahip İKSA OCAK; kolay, pratik, rahat kullanımı ile kampta, balıkta, piknikte, dostlarınızla geçireceğiniz keyifli anlarda sizin en büyük yardımcınız.&amp;lt;br /&amp;gt;
 Renk seçeneği: Turuncu, Mavi, Yeşil, Kırmızı, Siyah, Krem&amp;lt;/p&amp;gt;
 &amp;lt;p&amp;gt;&amp;lt;br /&amp;gt;
 &amp;lt;strong&amp;gt;Kullanım Talimatı&amp;lt;/strong&amp;gt;&amp;lt;/p&amp;gt;
 &amp;lt;ul&amp;gt;
 	&amp;lt;li&amp;gt;1 tüp çakmak gazını altında bulunan dolum yerinden dolduruyoruz,&amp;lt;/li&amp;gt;
 	&amp;lt;li&amp;gt;Ayarlama düğmesini çevirerek gaz akışını sağlayınız ve ateşleyiniz,&amp;lt;/li&amp;gt;
 	&amp;lt;li&amp;gt;Ayarlama düğmesini kullanarak ateşin şiddetini ayarlayınız,&amp;lt;/li&amp;gt;
 	&amp;lt;li&amp;gt;İster pişirme isterseniz ısıtma ayırını yapınız,&amp;lt;/li&amp;gt;
 	&amp;lt;li&amp;gt;Ateş yanarken ocağı hareket ettirmeyiniz&amp;lt;/li&amp;gt;
 	&amp;lt;li&amp;gt;Kullanım bittiğinde ayarlama düğmesinden tamamen kapatarak ocağınızı kaldırabilirsiniz.&amp;lt;/li&amp;gt;
 &amp;lt;/ul&amp;gt;
 </t>
         </is>
       </c>
-      <c r="F340" s="0" t="n">
+      <c r="F341" s="0" t="n">
         <v>350</v>
       </c>
-      <c r="G340" s="0" t="n">
+      <c r="G341" s="0" t="n">
         <v>250324130707</v>
       </c>
-      <c r="H340" s="0"/>
-[...3 lines deleted...]
-      <c r="J340" s="0" t="inlineStr">
+      <c r="H341" s="0"/>
+      <c r="I341" s="0" t="n">
+        <v>94</v>
+      </c>
+      <c r="J341" s="0" t="inlineStr">
         <is>
           <t>https://www.realtoptan.com/image/catalog/slayt/mocamp5.png</t>
         </is>
       </c>
-      <c r="K340" s="0" t="inlineStr">
+      <c r="K341" s="0" t="inlineStr">
         <is>
           <t>https://www.realtoptan.com/image/catalog/slayt/mocamp4.png</t>
         </is>
       </c>
-      <c r="L340" s="0" t="inlineStr">
+      <c r="L341" s="0" t="inlineStr">
         <is>
           <t>https://www.realtoptan.com/image/catalog/slayt/mocamp2.png</t>
         </is>
       </c>
-      <c r="M340" s="0" t="inlineStr">
+      <c r="M341" s="0" t="inlineStr">
         <is>
           <t>https://www.realtoptan.com/image/catalog/slayt/mocamp3.png</t>
         </is>
       </c>
-      <c r="N340" s="0" t="inlineStr">
+      <c r="N341" s="0" t="inlineStr">
         <is>
           <t>https://www.realtoptan.com/image/catalog/slayt/mocamp.png</t>
         </is>
       </c>
-      <c r="O340" s="0" t="inlineStr">
-[...6 lines deleted...]
-      <c r="A341" s="0" t="n">
+      <c r="O341" s="0" t="inlineStr">
+        <is>
+          <t>0.00kg</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="342">
+      <c r="A342" s="0" t="n">
         <v>399</v>
       </c>
-      <c r="B341" s="0" t="inlineStr">
+      <c r="B342" s="0" t="inlineStr">
         <is>
           <t> Plaj Sandalyesi - Karpuz Desenli</t>
         </is>
       </c>
-      <c r="C341" s="0" t="inlineStr">
+      <c r="C342" s="0" t="inlineStr">
         <is>
           <t>EV &amp;amp; OFİS ÜRÜNLERİ|KAMP VE OUTDOOR|Yeni Ürünler</t>
         </is>
       </c>
-      <c r="D341" s="0" t="inlineStr">
+      <c r="D342" s="0" t="inlineStr">
         <is>
           <t>EV &amp;amp; OFİS ÜRÜNLERİ</t>
         </is>
       </c>
-      <c r="E341" s="0" t="inlineStr">
+      <c r="E342" s="0" t="inlineStr">
         <is>
           <t>&amp;lt;h3&amp;gt;Karpuz Desenli Plaj Sandalyesi Katlanır Kamp Sandalyesi - Karpuz Desenli&amp;lt;/h3&amp;gt;
 &amp;lt;h5&amp;gt;&amp;amp;nbsp;&amp;lt;/h5&amp;gt;
 &amp;lt;ul&amp;gt;
 	&amp;lt;li&amp;gt;
 	&amp;lt;p&amp;gt;Süper Katlanır Plaj/Kamp Sandalyesi ile yazın tadını doyasıya çıkarın! Bu sandalye, plajda güneşin altında uzanırken ya da kamp alanında doğanın huzurunu yaşarken size eşlik edecek mükemmel bir arkadaş. Hafifliği ve katlanabilir yapısıyla taşıması son derece kolay olan bu sandalye, her an her yerde konforu yanınızda taşımanızı sağlar.&amp;lt;/p&amp;gt;
 	&amp;lt;p&amp;gt;Rahat oturma deneyimi sunan ergonomik tasarımı sayesinde uzun süreli kullanımlarda bile konforunuzdan ödün vermezsiniz. Canlı karpuz deseniyle dikkat çeken bu sandalye, yazın enerjisini ve neşesini yansıtır. Hem işlevsel hem de estetik açıdan tatmin edici olan bu ürün, yaz aktivitelerinizi daha keyifli hale getirecek.&amp;lt;/p&amp;gt;
 	&amp;lt;p&amp;gt;Kendi stilinizi yansıtırken, farklı renk ve boyut seçenekleriyle de kişisel tercihlerinize uygun bir seçim yapabilirsiniz. Uniqamping sandalyeleri, dayanıklı malzemeleri sayesinde uzun ömürlü kullanım sunar ve dış mekan koşullarına karşı dirençlidir. Bu sayede, ister sahilde ister ormanda olun, her ortamda güvenle kullanabilirsiniz.&amp;lt;/p&amp;gt;
 	&amp;lt;h4&amp;gt;&amp;amp;nbsp;&amp;lt;/h4&amp;gt;
 	&amp;lt;/li&amp;gt;
 	&amp;lt;li&amp;gt;&amp;lt;strong&amp;gt;Hafif ve Katlanabilir Tasarım:&amp;lt;/strong&amp;gt;&amp;amp;nbsp;Kolayca taşınabilir ve saklanabilir, her yere rahatlıkla götürebilirsiniz.&amp;lt;/li&amp;gt;
 	&amp;lt;li&amp;gt;&amp;lt;strong&amp;gt;Ergonomik Oturma Deneyimi:&amp;lt;/strong&amp;gt;&amp;amp;nbsp;Uzun süreli oturumlarda bile konfor sağlar, rahatlığınızdan ödün vermez.&amp;lt;/li&amp;gt;
 	&amp;lt;li&amp;gt;&amp;lt;strong&amp;gt;Canlı Desen ve Renk Seçenekleri:&amp;lt;/strong&amp;gt;&amp;amp;nbsp;Yazın enerjisini yansıtan tasarımıyla dikkat çeker, kişisel tarzınıza uygun seçim imkanı sunar.&amp;lt;/li&amp;gt;
 	&amp;lt;li&amp;gt;OTURMA YERİ GENİŞLİL:42 CM&amp;lt;/li&amp;gt;
 	&amp;lt;li&amp;gt;SANDALYE YÜKSEKLİĞİ SIRTTAN :76 CM&amp;lt;/li&amp;gt;
 	&amp;lt;li&amp;gt;100-120 kiloya kadar uygundur&amp;lt;/li&amp;gt;
 &amp;lt;/ul&amp;gt;
 </t>
         </is>
       </c>
-      <c r="F341" s="0" t="n">
+      <c r="F342" s="0" t="n">
         <v>250</v>
       </c>
-      <c r="G341" s="0" t="n">
+      <c r="G342" s="0" t="n">
         <v>250406224908</v>
       </c>
-      <c r="H341" s="0"/>
-      <c r="I341" s="0" t="n">
+      <c r="H342" s="0"/>
+      <c r="I342" s="0" t="n">
         <v>0</v>
       </c>
-      <c r="J341" s="0" t="inlineStr">
+      <c r="J342" s="0" t="inlineStr">
         <is>
           <t>https://www.realtoptan.com/image/catalog/resimler/KS.jpg</t>
         </is>
       </c>
-      <c r="K341" s="0" t="inlineStr">
+      <c r="K342" s="0" t="inlineStr">
         <is>
           <t>https://www.realtoptan.com/image/catalog/resimler/KS2.jpg</t>
         </is>
       </c>
-      <c r="L341" s="0"/>
-[...9 lines deleted...]
-      <c r="A342" s="0" t="n">
+      <c r="L342" s="0"/>
+      <c r="M342" s="0"/>
+      <c r="N342" s="0"/>
+      <c r="O342" s="0" t="inlineStr">
+        <is>
+          <t>0.00kg</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="343">
+      <c r="A343" s="0" t="n">
         <v>400</v>
       </c>
-      <c r="B342" s="0" t="inlineStr">
+      <c r="B343" s="0" t="inlineStr">
         <is>
           <t>Kapı Altı Rüzgar Önleyici Isı Yalıtım Süngeri</t>
         </is>
       </c>
-      <c r="C342" s="0" t="inlineStr">
+      <c r="C343" s="0" t="inlineStr">
         <is>
           <t>EV &amp;amp; OFİS ÜRÜNLERİ|TV ÜRÜNLERİ</t>
         </is>
       </c>
-      <c r="D342" s="0" t="inlineStr">
+      <c r="D343" s="0" t="inlineStr">
         <is>
           <t>EV &amp;amp; OFİS ÜRÜNLERİ</t>
         </is>
       </c>
-      <c r="E342" s="0" t="inlineStr">
+      <c r="E343" s="0" t="inlineStr">
         <is>
           <t>&amp;lt;ul&amp;gt;
 	&amp;lt;li&amp;gt;Evde veya işyerinde maksimum ısı yalıtım için kapı altı rüzgar önleyici tam sizin aradığınız ürün. Kışın odalarınızı sıcak tutmak, doğal gaz faturalarından tasarruf etmek için tedarik etmelisiniz.&amp;lt;/li&amp;gt;
 	&amp;lt;li&amp;gt;Yazın klimalarınız saatlerce boşuna çalışmasın. Odalarınızı istediğiniz sıcaklıkta korumak kapı altı ısı yalıtımı ile çok daha kolay.&amp;lt;/li&amp;gt;
 	&amp;lt;li&amp;gt;Kapı altı rüzgar önleyicileri, kapı altındaki boşlukları kapatarak, dışarıdaki soğuk hava veya rüzgarın içeri girmesini önleyen bir aksesuardır. Bu ürünler, kapının alt kısmında yer alan boşluklardan geçen soğuk hava akışını azaltarak, evinizin ısısının daha iyi muhafaza edilmesine yardımcı olur.&amp;lt;/li&amp;gt;
 	&amp;lt;li&amp;gt;Toz, kum, ışık ve böcekleri engellemek için de harikadır. Ses yalıtımınızı ultra verimli hale getirmek için kapının her iki tarafına da hava akımı engelleyiciyi kullanabilirsiniz.&amp;lt;/li&amp;gt;
 	&amp;lt;li&amp;gt;Çift taraflı yalıtım makinada yıkama ile hızlı bir şekilde temizlenebilir. Kılıf kolay ve pratik kullanımı ile kapı ölçünüze göre fitili makasla keserek kısaltabilir ve dilediğiniz ölçüde kullanabilirsiniz.&amp;lt;/li&amp;gt;
 	&amp;lt;li&amp;gt;Hava akımı engelleyici, kapı ile kolayca hareket eder ve halı, ahşap, fayans, muşamba üzerinde kayabilmektedir.&amp;lt;/li&amp;gt;
 	&amp;lt;li&amp;gt;Ürün ölçüleri: Ürün uzunluğu 84 cm çift taraflı yalıtım sağlaması için içerisinde 2 adet 3cm çapında fitil bulunmaktadır. İki fitil arası mesafe ise 3,5 cm’dir. 41 gram ağırlığındadır. Fitili kapıya göre ayarlayarak makas ile kısaltıp kullanmaya başlayabilirsiniz.&amp;lt;/li&amp;gt;
 &amp;lt;/ul&amp;gt;
 </t>
         </is>
       </c>
-      <c r="F342" s="0" t="n">
+      <c r="F343" s="0" t="n">
         <v>50</v>
       </c>
-      <c r="G342" s="0" t="n">
+      <c r="G343" s="0" t="n">
         <v>250406225429</v>
       </c>
-      <c r="H342" s="0"/>
-      <c r="I342" s="0" t="n">
+      <c r="H343" s="0"/>
+      <c r="I343" s="0" t="n">
         <v>46</v>
       </c>
-      <c r="J342" s="0" t="inlineStr">
+      <c r="J343" s="0" t="inlineStr">
         <is>
           <t>https://www.realtoptan.com/image/catalog/resimler/STOPER.jpg</t>
         </is>
       </c>
-      <c r="K342" s="0" t="inlineStr">
+      <c r="K343" s="0" t="inlineStr">
         <is>
           <t>https://www.realtoptan.com/image/catalog/resimler/STOPER2.jpg</t>
         </is>
       </c>
-      <c r="L342" s="0"/>
-[...9 lines deleted...]
-      <c r="A343" s="0" t="n">
+      <c r="L343" s="0"/>
+      <c r="M343" s="0"/>
+      <c r="N343" s="0"/>
+      <c r="O343" s="0" t="inlineStr">
+        <is>
+          <t>0.00kg</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="344">
+      <c r="A344" s="0" t="n">
         <v>401</v>
       </c>
-      <c r="B343" s="0" t="inlineStr">
+      <c r="B344" s="0" t="inlineStr">
         <is>
           <t>Sıcak Ve Soğuk Terapili Masaj Tabancası - Şarjlı Isıtmalı Masaj Cihazı - Sporcu Masaj Aleti</t>
         </is>
       </c>
-      <c r="C343" s="0" t="inlineStr">
+      <c r="C344" s="0" t="inlineStr">
         <is>
           <t>KİŞİSEL BAKIM|TV ÜRÜNLERİ|Yeni Ürünler</t>
         </is>
       </c>
-      <c r="D343" s="0" t="inlineStr">
+      <c r="D344" s="0" t="inlineStr">
         <is>
           <t>KİŞİSEL BAKIM</t>
         </is>
       </c>
-      <c r="E343" s="0" t="inlineStr">
+      <c r="E344" s="0" t="inlineStr">
         <is>
           <t>&amp;lt;ul&amp;gt;
 	&amp;lt;li&amp;gt;Günlük yaşamın stres ve yorgunluğunu üzerinizden atmanıza yardımcı olacak ikili terapili masaj tabancası ile tanışın.&amp;lt;/li&amp;gt;
 	&amp;lt;li&amp;gt;ergonomik tasarımı ve kolay kullanımı ile bu masaj tabancası, kas ağrılarınızı hafifletmek ve genel rahatlamanızı sağlamak için mükemmel bir seçenektir.&amp;lt;/li&amp;gt;
 	&amp;lt;li&amp;gt;sıcak ve soğuk terapi özellikleri ile kaslarınızın ihtiyaç duyduğu özel bakımı sağlayın.&amp;lt;/li&amp;gt;
 	&amp;lt;li&amp;gt;özellikler&amp;lt;/li&amp;gt;
 	&amp;lt;li&amp;gt;çoklu hız ayarları: Ihtiyacınıza uygun olarak 6 farklı hız seviyelerinde kullanım imkanı.&amp;lt;/li&amp;gt;
 	&amp;lt;li&amp;gt;sıcak ve soğuk terapi: Kaslarınızı rahatlatmak ve yenilemek için sıcak terapi veya iltihaplanmayı azaltmak için soğuk terapi seçenekleri.&amp;lt;/li&amp;gt;
 	&amp;lt;li&amp;gt;taşınabilir ve hafif: Kompakt tasarımı sayesinde dilediğiniz her yere kolayca taşıyabilirsiniz.&amp;lt;/li&amp;gt;
 	&amp;lt;li&amp;gt;uzun pil ömrü: Tek şarj ile uzun süre kullanım sağlar.&amp;lt;/li&amp;gt;
 	&amp;lt;li&amp;gt;sessiz çalışma: Yüksek performansına rağmen düşük ses seviyesinde çalışır.&amp;lt;/li&amp;gt;
 	&amp;lt;li&amp;gt;ergonomik tutma kolu: Kullanım sırasında maksimum konfor sunar.&amp;lt;/li&amp;gt;
 	&amp;lt;li&amp;gt;kullanım alanları&amp;lt;/li&amp;gt;
 	&amp;lt;li&amp;gt;spor sonrası kas gevşetme&amp;lt;/li&amp;gt;
 	&amp;lt;li&amp;gt;günlük stres ve yorgunluk azaltma&amp;lt;/li&amp;gt;
 	&amp;lt;li&amp;gt;bel, boyun ve omuz ağrılarını hafifletme&amp;lt;/li&amp;gt;
 	&amp;lt;li&amp;gt;teknik özellikler&amp;lt;/li&amp;gt;
 	&amp;lt;li&amp;gt;power: 24w&amp;lt;/li&amp;gt;
 	&amp;lt;li&amp;gt;rated voltage: 5v&amp;lt;/li&amp;gt;
 	&amp;lt;li&amp;gt;rated frequency: 50/60hz&amp;lt;/li&amp;gt;
 	&amp;lt;li&amp;gt;kutu içeriği&amp;lt;/li&amp;gt;
 	&amp;lt;li&amp;gt;masaj tabancası&amp;lt;/li&amp;gt;
 	&amp;lt;li&amp;gt;6 adet masaj başlığı&amp;lt;/li&amp;gt;
 	&amp;lt;li&amp;gt;type-C şarj kablosu (50-Cm)&amp;lt;/li&amp;gt;
 	&amp;lt;li&amp;gt;kullanım kılavuzu&amp;lt;/li&amp;gt;
 &amp;lt;/ul&amp;gt;
 </t>
         </is>
       </c>
-      <c r="F343" s="0" t="n">
-[...2 lines deleted...]
-      <c r="G343" s="0" t="n">
+      <c r="F344" s="0" t="n">
+        <v>700</v>
+      </c>
+      <c r="G344" s="0" t="n">
         <v>250527233327</v>
       </c>
-      <c r="H343" s="0"/>
-      <c r="I343" s="0" t="n">
+      <c r="H344" s="0"/>
+      <c r="I344" s="0" t="n">
         <v>95</v>
       </c>
-      <c r="J343" s="0" t="inlineStr">
-[...23 lines deleted...]
-      <c r="A344" s="0" t="n">
+      <c r="J344" s="0" t="inlineStr">
+        <is>
+          <t>https://www.realtoptan.com/image/catalog/site_resimler/SİTE RESİMLERİ/terapi_1.png</t>
+        </is>
+      </c>
+      <c r="K344" s="0" t="inlineStr">
+        <is>
+          <t>https://www.realtoptan.com/image/catalog/site_resimler/SİTE RESİMLERİ/terapi_2.png</t>
+        </is>
+      </c>
+      <c r="L344" s="0" t="inlineStr">
+        <is>
+          <t>https://www.realtoptan.com/image/catalog/site_resimler/SİTE RESİMLERİ/terapi_3.png</t>
+        </is>
+      </c>
+      <c r="M344" s="0" t="inlineStr">
+        <is>
+          <t>https://www.realtoptan.com/image/catalog/site_resimler/SİTE RESİMLERİ/terapi_4.png</t>
+        </is>
+      </c>
+      <c r="N344" s="0"/>
+      <c r="O344" s="0" t="inlineStr">
+        <is>
+          <t>0.00kg</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="345">
+      <c r="A345" s="0" t="n">
         <v>402</v>
       </c>
-      <c r="B344" s="0" t="inlineStr">
+      <c r="B345" s="0" t="inlineStr">
         <is>
           <t>Erişte Makarna Yapma Kesme Makinesi Hamur Lazanya Spagetti Raviolli Makinesi</t>
         </is>
       </c>
-      <c r="C344" s="0" t="inlineStr">
+      <c r="C345" s="0" t="inlineStr">
         <is>
           <t>MUTFAK ÜRÜNLERİ|TV ÜRÜNLERİ|Yeni Ürünler</t>
         </is>
       </c>
-      <c r="D344" s="0" t="inlineStr">
+      <c r="D345" s="0" t="inlineStr">
         <is>
           <t>MUTFAK ÜRÜNLERİ</t>
         </is>
       </c>
-      <c r="E344" s="0" t="inlineStr">
+      <c r="E345" s="0" t="inlineStr">
         <is>
           <t>&amp;lt;ul&amp;gt;
 	&amp;lt;li&amp;gt;Kolay kullanımlı paslanmaz çelik makarna makinesi Bu makine ile hem erişte hem de düz spagetti yapabilirsiniz. İnce spagetti makarna bıçağı kalın spagetti makarna bıçağı ve inceltici merdaneden meydana gelmiştir. İnce olan spagetti bıçakları ile 1.5 mm kalınlığında spagetti tipi makarna hazırlanabilir. Kalın olan spagetti bıçakları ile 6 mm kalınlığında kalın spagetti-erişte yapabilirsiniz. Paslanmaz çelikten yapılmış merdaneleri 15 cm genişliğindedir. Merdanesi ayrıca hamur inceltmede kullanılabilir. Düz merdane ve Spagetti olmak üzere iki taraflı kullanım Kullanımı: Makineyi masaya özel mengeneyi kullanarak sabitleyin ve silindirlerin deliğine manivelayı yerleştirin. Makine ilk olarak kullanılacağı zaman aşırı yağı gidermek için kuru bir bezle temizlemek gereklidir. Silindirlerin temizliği için bunların aralarından daha sonra atılması gereken az miktarda hamur geçirin. Merdane ve bıçaklar üzerinde sabittir. Bakımı: Kullanım sonrası tahta spatula ile hamur kalıntılarını alın. Kullanım esnasında düz silindirler altındaki kazıyıcıları bir parça mutfak kağıdı ile ara sıra temizleyiniz. Makineyi kesinlikle suyla veya bulaşık makinesinde yıkamayınız ! Makineyi kullanımdan sonra temizlemek için bir fırça ve tahta bir çubuk kullanınız. Gerekli olması halinde kesim silindirlerinin uçlarında birkaç damla vazelin yağı damlatınız. Silindirler arasından bıçak veya mutfak bezleri geçirmeyiniz.&amp;lt;/li&amp;gt;
 &amp;lt;/ul&amp;gt;
 &amp;lt;p&amp;gt;&amp;amp;nbsp; &amp;amp;nbsp; &amp;amp;nbsp; &amp;amp;nbsp; &amp;amp;nbsp; &amp;amp;nbsp;Boy : 20 / En : 18 / Yükseklik : 13 / Ağırlık : 1,7 / Hacim : 0 / Malzeme : &amp;amp;nbsp;/ Menşei : ÇELİK / Parça : Tek &amp;amp;nbsp;Parça&amp;lt;/p&amp;gt;
 </t>
         </is>
       </c>
-      <c r="F344" s="0" t="n">
+      <c r="F345" s="0" t="n">
         <v>600</v>
       </c>
-      <c r="G344" s="0" t="n">
+      <c r="G345" s="0" t="n">
         <v>250527233549</v>
       </c>
-      <c r="H344" s="0"/>
-      <c r="I344" s="0" t="n">
+      <c r="H345" s="0"/>
+      <c r="I345" s="0" t="n">
         <v>100</v>
       </c>
-      <c r="J344" s="0" t="inlineStr">
+      <c r="J345" s="0" t="inlineStr">
         <is>
           <t>https://www.realtoptan.com/image/catalog/resimler/eriste.jpg</t>
         </is>
       </c>
-      <c r="K344" s="0" t="inlineStr">
+      <c r="K345" s="0" t="inlineStr">
         <is>
           <t>https://www.realtoptan.com/image/catalog/resimler/eriste2.jpg.png</t>
         </is>
       </c>
-      <c r="L344" s="0"/>
-[...9 lines deleted...]
-      <c r="A345" s="0" t="n">
+      <c r="L345" s="0"/>
+      <c r="M345" s="0"/>
+      <c r="N345" s="0"/>
+      <c r="O345" s="0" t="inlineStr">
+        <is>
+          <t>0.00kg</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="346">
+      <c r="A346" s="0" t="n">
         <v>403</v>
       </c>
-      <c r="B345" s="0" t="inlineStr">
+      <c r="B346" s="0" t="inlineStr">
         <is>
           <t>4 Başlıklı Masaj Tabancası - Ergonomik Derin Doku Sırt ve Boyun Masaj Aleti Ağrı ve Sızı Giderici</t>
         </is>
       </c>
-      <c r="C345" s="0" t="inlineStr">
+      <c r="C346" s="0" t="inlineStr">
         <is>
           <t>KİŞİSEL BAKIM|TV ÜRÜNLERİ|Yeni Ürünler</t>
         </is>
       </c>
-      <c r="D345" s="0" t="inlineStr">
+      <c r="D346" s="0" t="inlineStr">
         <is>
           <t>KİŞİSEL BAKIM</t>
         </is>
       </c>
-      <c r="E345" s="0" t="inlineStr">
+      <c r="E346" s="0" t="inlineStr">
         <is>
           <t>&amp;lt;pre&amp;gt;
 Sessiz Tasarım : Derin ve güçlü nüfuz için tasarlanan bu derin doku masaj aleti, gürültü seviyelerini kontrol eden bir motora sahiptir. 35dB - 55dB aralığında çalışır, bu sayede başkalarını rahatsız etmeden halka açık yerlerde kullanılabilir.
 Akıllı Zamanlama : AI akıllı çip ile donatılmış el derin doku masajı, otomatik masaj kontrolü için 15 dakikalık bir zamanlayıcı fonksiyonuna sahiptir. Bu özellik, kas canlılığını etkili bir şekilde uyandırır ve rahatlamayı destekler.
 Uzun Pil Ömrü : 2000mAh büyük kapasiteli pil ile donatılmış bu sırt masaj tabancası, 14-18 seans boyunca sürekli olarak veya tam şarj olduğunda 120 dakikaya kadar çalışabilir. Yaklaşık 3 saatte hızlı şarj olur, kesintisiz masaj keyfi sağlar.
 4 Başlık : 4 başlık bağlantı teknolojisini benimseyen el derin doku masajı, daha derin masaj ve daha geniş masaj alanı sağlar. Saniyede 60 vuruş ve 10 mm derinlik genliği ile kasları ve fasyayı etkili bir şekilde gevşeterek onları yumuşak ve elastik hale getirir.
 Yaygın Kullanım : 20 kg'lık perküsyon kuvvetine sahip derin doku 4 başlıklı masaj aleti, sırt, omuz, kol ve bacaklar için uygundur. 5 hız kademesi ve 2 masaj modu ile kişiselleştirilmiş masaj deneyimi sunar. LED ekranı net bilgi sağlar.
 Özellikler:
 Öğe Türü : 4 Başlıklı Vurmalı Masaj Tabancası
 Malzeme : EVA, ABS
 Pil : Lityum Pil (Dahil)
 Pil Kapasitesi : 2000mAh
 Paket İçeriği:
 1 x 4 Başlıklı Sırt Masaj Tabancası
 1 x Şarj Kablosu
 4 başlıklı el derin doku masaj tabancası, sessiz tasarımı, uzun pil ömrü ve akıllı zamanlama özellikleri ile etkili bir masaj deneyimi sunar. Kaslarınızı rahatlatmak ve ağrılarınızı hafifletmek için ideal bir seçenektir.&amp;lt;/pre&amp;gt;
 </t>
         </is>
       </c>
-      <c r="F345" s="0" t="n">
+      <c r="F346" s="0" t="n">
         <v>600</v>
       </c>
-      <c r="G345" s="0" t="n">
+      <c r="G346" s="0" t="n">
         <v>250527234011</v>
       </c>
-      <c r="H345" s="0"/>
-      <c r="I345" s="0" t="n">
+      <c r="H346" s="0"/>
+      <c r="I346" s="0" t="n">
         <v>92</v>
       </c>
-      <c r="J345" s="0" t="inlineStr">
-[...23 lines deleted...]
-      <c r="A346" s="0" t="n">
+      <c r="J346" s="0" t="inlineStr">
+        <is>
+          <t>https://www.realtoptan.com/image/catalog/site_resimler/SİTE RESİMLERİ/dort ayak_4.png</t>
+        </is>
+      </c>
+      <c r="K346" s="0" t="inlineStr">
+        <is>
+          <t>https://www.realtoptan.com/image/catalog/site_resimler/SİTE RESİMLERİ/dort_ayak_2.png</t>
+        </is>
+      </c>
+      <c r="L346" s="0" t="inlineStr">
+        <is>
+          <t>https://www.realtoptan.com/image/catalog/site_resimler/SİTE RESİMLERİ/dort_ayak_5.png</t>
+        </is>
+      </c>
+      <c r="M346" s="0" t="inlineStr">
+        <is>
+          <t>https://www.realtoptan.com/image/catalog/site_resimler/SİTE RESİMLERİ/dort_ayak-1.png</t>
+        </is>
+      </c>
+      <c r="N346" s="0" t="inlineStr">
+        <is>
+          <t>https://www.realtoptan.com/image/catalog/site_resimler/SİTE RESİMLERİ/dort_ayak_6.png</t>
+        </is>
+      </c>
+      <c r="O346" s="0" t="inlineStr">
+        <is>
+          <t>0.00kg</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="347">
+      <c r="A347" s="0" t="n">
         <v>404</v>
       </c>
-      <c r="B346" s="0" t="inlineStr">
+      <c r="B347" s="0" t="inlineStr">
         <is>
           <t>Yatak Şişirme Havuz Şişirme Boşaltma Hava Pompası</t>
         </is>
       </c>
-      <c r="C346" s="0" t="inlineStr">
+      <c r="C347" s="0" t="inlineStr">
         <is>
           <t>TV ÜRÜNLERİ|KAMP VE OUTDOOR|Yeni Ürünler</t>
         </is>
       </c>
-      <c r="D346" s="0" t="inlineStr">
+      <c r="D347" s="0" t="inlineStr">
         <is>
           <t>TV ÜRÜNLERİ</t>
         </is>
       </c>
-      <c r="E346" s="0" t="inlineStr">
+      <c r="E347" s="0" t="inlineStr">
         <is>
           <t>&amp;lt;p&amp;gt;&amp;lt;strong&amp;gt;Yatak Şişirme Havuz Şişirme -&amp;amp;nbsp;Boşaltma&amp;amp;nbsp;Pompası Elektrikli +&amp;lt;/strong&amp;gt;, Araç Çakmak Girişli + Herşeyi Şişirmek İçin Acil Durumlara Karşı Her An Aracınızda Deniz Yatağı, Şişme Havuz Üstelik Boşaltma İçin De Kullanabilirsiniz&amp;lt;/p&amp;gt;
 &amp;lt;p&amp;gt;&amp;amp;nbsp;&amp;lt;/p&amp;gt;
 &amp;lt;p&amp;gt;Yapmanız Gereken Sadece Aracınız Çalışırken Aracınızın Çakmak Girişine&amp;amp;nbsp;&amp;lt;strong&amp;gt;Hava Kompresörü'&amp;lt;/strong&amp;gt;Nü Bağlayarak Veya Prizde Kullanarak Şişirmek&amp;lt;/p&amp;gt;
 &amp;lt;p&amp;gt;&amp;amp;nbsp;&amp;lt;/p&amp;gt;
 &amp;lt;p&amp;gt;Artık El Pompası İle Saatlerce Süren Şişirme İşlemlerine Vakit Ayırarak Zaman Kaybetmeyecek Ve Yorulmayacaksınız&amp;lt;/p&amp;gt;
 &amp;lt;p&amp;gt;&amp;amp;nbsp;&amp;lt;/p&amp;gt;
 &amp;lt;p&amp;gt;&amp;lt;strong&amp;gt;Yatak Şişirme Havuz Şişirme - Boşaltma Pompası&amp;amp;nbsp;&amp;lt;/strong&amp;gt;İle Saniyeler İçerisinde Yorulmadan, Zaman Kaybetmeden Şişirme İşlemlerini Yerine Getirebilirsiniz&amp;lt;/p&amp;gt;
 &amp;lt;p&amp;gt;Hem evinizde hem aracınızda kolayca yatak şişirme ve hava indirme işlemini yerine getirebilirsiniz.&amp;lt;/p&amp;gt;
 &amp;lt;p&amp;gt;Şarjlı Hava Kompresörü 12v Araç Çakmak Çıkışı ile çalışır&amp;lt;/p&amp;gt;
 &amp;lt;p&amp;gt;&amp;amp;nbsp;&amp;lt;/p&amp;gt;
 &amp;lt;p&amp;gt;&amp;lt;strong&amp;gt;Hava Kompresörü&amp;amp;nbsp;çalışma Voltajı:&amp;lt;/strong&amp;gt;&amp;lt;/p&amp;gt;
 &amp;lt;ul&amp;gt;
 	&amp;lt;li&amp;gt;12 Volt&amp;lt;/li&amp;gt;
 &amp;lt;/ul&amp;gt;
 &amp;lt;p&amp;gt;&amp;lt;strong&amp;gt;Paket İçeriği:&amp;lt;/strong&amp;gt;&amp;lt;/p&amp;gt;
 &amp;lt;ul&amp;gt;
 	&amp;lt;li&amp;gt;1 Adet Ana Kompresör&amp;lt;/li&amp;gt;
 	&amp;lt;li&amp;gt;3 Adet Şişirme Aparatı&amp;lt;/li&amp;gt;
 	&amp;lt;li&amp;gt;1 Adet Araç Adaptörü&amp;lt;/li&amp;gt;
 &amp;lt;/ul&amp;gt;
 &amp;lt;p&amp;gt;&amp;amp;nbsp;&amp;lt;/p&amp;gt;
 </t>
         </is>
       </c>
-      <c r="F346" s="0" t="n">
+      <c r="F347" s="0" t="n">
         <v>250</v>
       </c>
-      <c r="G346" s="0" t="n">
+      <c r="G347" s="0" t="n">
         <v>250527234639</v>
       </c>
-      <c r="H346" s="0"/>
-      <c r="I346" s="0" t="n">
+      <c r="H347" s="0"/>
+      <c r="I347" s="0" t="n">
         <v>0</v>
       </c>
-      <c r="J346" s="0" t="inlineStr">
+      <c r="J347" s="0" t="inlineStr">
         <is>
           <t>https://www.realtoptan.com/image/catalog/resimler/220v.png</t>
         </is>
       </c>
-      <c r="K346" s="0" t="inlineStr">
+      <c r="K347" s="0" t="inlineStr">
         <is>
           <t>https://www.realtoptan.com/image/catalog/resimler/220vv.jpg</t>
         </is>
       </c>
-      <c r="L346" s="0"/>
-[...9 lines deleted...]
-      <c r="A347" s="0" t="n">
+      <c r="L347" s="0"/>
+      <c r="M347" s="0"/>
+      <c r="N347" s="0"/>
+      <c r="O347" s="0" t="inlineStr">
+        <is>
+          <t>0.00kg</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="348">
+      <c r="A348" s="0" t="n">
         <v>405</v>
       </c>
-      <c r="B347" s="0" t="inlineStr">
+      <c r="B348" s="0" t="inlineStr">
         <is>
           <t>48V Şarjlı Çift Bataryalı Taşınabilir Basınçlı Oto Yıkama Bahçe Sulama Tabancası</t>
         </is>
       </c>
-      <c r="C347" s="0" t="inlineStr">
+      <c r="C348" s="0" t="inlineStr">
         <is>
           <t>TV ÜRÜNLERİ|OTO AKSESUARLARI|KAMP VE OUTDOOR|Yeni Ürünler</t>
         </is>
       </c>
-      <c r="D347" s="0" t="inlineStr">
+      <c r="D348" s="0" t="inlineStr">
         <is>
           <t>TV ÜRÜNLERİ</t>
         </is>
       </c>
-      <c r="E347" s="0" t="inlineStr">
+      <c r="E348" s="0" t="inlineStr">
         <is>
           <t>&amp;lt;p&amp;gt;Ürün Açıklaması&amp;lt;/p&amp;gt;
 &amp;lt;p&amp;gt;&amp;amp;nbsp;&amp;lt;/p&amp;gt;
 &amp;lt;p&amp;gt;Neleri Yıkayabilir?&amp;lt;/p&amp;gt;
 &amp;lt;p&amp;gt;Araba, Bisiklet, Motorsiklet, Makine, Karavan, Bahçe Çitleri, Plastik ve Metal Ürünler&amp;lt;/p&amp;gt;
 &amp;lt;p&amp;gt;Ve daha binlerce farklı alanda kullanılabilir.&amp;lt;/p&amp;gt;
 &amp;lt;p&amp;gt;Özellikler :&amp;lt;/p&amp;gt;
 &amp;lt;p&amp;gt;1. Li-Ion şarj edilebilir pil ile güçlendirilmiştir, Hafif ve kullanışlı, dış mekan çalışmaları için uygundur ..&amp;lt;/p&amp;gt;
 &amp;lt;p&amp;gt;2. Üniversal 1/4 inç; Çeşitli başlık nozzleları için hızlı bağlantı parçası , Esnek kullanım, temizlenmesi kolay.&amp;lt;/p&amp;gt;
 &amp;lt;p&amp;gt;3. Güç temizleme veya sulama için su püskürtme açısını ayarlayan değişken 2 farklı nozzle.&amp;lt;/p&amp;gt;
 &amp;lt;p&amp;gt;4.Kolay kullanım için köpük haznesi, çok işlevli uzun aluminyum gövde, göbek fırçası, 5M hortum püskürtme tabancası eki ile donatılmıştır&amp;lt;/p&amp;gt;
 &amp;lt;p&amp;gt;5. Kova, şişe, dere veya havuz dahil olmak üzere suyun olduğu her yerden su çekebilirsiniz.&amp;lt;/p&amp;gt;
 &amp;lt;p&amp;gt;6. Ayarlanabilir nozul ayarları: 0 °, 40 °, Çok işlevli su tabancası, nozulu döndürerek su türünü isteğe göre değiştirebilir&amp;lt;/p&amp;gt;
 &amp;lt;p&amp;gt;TEKNİK ÖZELLİKLER:&amp;lt;/p&amp;gt;
 &amp;lt;p&amp;gt;Renk: Siyah&amp;lt;/p&amp;gt;
 &amp;lt;p&amp;gt;Malzeme: ASB + PC&amp;lt;/p&amp;gt;
 &amp;lt;p&amp;gt;Voltaj: 48V&amp;lt;/p&amp;gt;
 &amp;lt;p&amp;gt;Sürekli Kullanım Süresi: 40 ~ 50min&amp;lt;/p&amp;gt;
 &amp;lt;p&amp;gt;Motor: Saf bakır motor&amp;lt;/p&amp;gt;
 &amp;lt;p&amp;gt;Yüksüz Hızı: 20000RPM&amp;lt;/p&amp;gt;
 &amp;lt;p&amp;gt;Su Hortumu: 5m&amp;lt;/p&amp;gt;
 &amp;lt;p&amp;gt;Kablosuz Yıkayıcı Boyutu: 44cmx25cmx16cm&amp;lt;/p&amp;gt;
 &amp;lt;p&amp;gt;Ürün Ağırlığı: 3.5kg&amp;lt;/p&amp;gt;
 &amp;lt;p&amp;gt;ÜRÜN İÇERİĞİ:&amp;lt;/p&amp;gt;
 &amp;lt;p&amp;gt;1 x Basınçlı yıkayıcı Araba Yıkama Makinesi&amp;lt;/p&amp;gt;
 &amp;lt;p&amp;gt;2 x&amp;amp;nbsp; 48V Lityum Pil&amp;lt;/p&amp;gt;
 &amp;lt;p&amp;gt;1 x Şarj cihazı&amp;lt;/p&amp;gt;
 &amp;lt;p&amp;gt;1 x 0 ° Püskürtme Memesi&amp;lt;/p&amp;gt;
 &amp;lt;p&amp;gt;1 x 40 ° Püskürtme Nozulu&amp;lt;/p&amp;gt;
 &amp;lt;p&amp;gt;1 x 1 / 4inç Hızlı Bağlantı&amp;lt;/p&amp;gt;
 &amp;lt;p&amp;gt;1 x Paslanmaz Çelik Genişletici&amp;lt;/p&amp;gt;
 &amp;lt;p&amp;gt;1 x 5M Su Hortumu&amp;lt;/p&amp;gt;
 &amp;lt;p&amp;gt;1 x Köpük şişesi&amp;lt;/p&amp;gt;
 &amp;lt;p&amp;gt;1 x Kullanım Kılavuzu&amp;lt;/p&amp;gt;
 </t>
         </is>
       </c>
-      <c r="F347" s="0" t="n">
+      <c r="F348" s="0" t="n">
         <v>1150</v>
       </c>
-      <c r="G347" s="0" t="n">
+      <c r="G348" s="0" t="n">
         <v>250527235407</v>
       </c>
-      <c r="H347" s="0"/>
-      <c r="I347" s="0" t="n">
+      <c r="H348" s="0"/>
+      <c r="I348" s="0" t="n">
         <v>100</v>
       </c>
-      <c r="J347" s="0" t="inlineStr">
-[...14 lines deleted...]
-      <c r="M347" s="0" t="inlineStr">
+      <c r="J348" s="0" t="inlineStr">
+        <is>
+          <t>https://www.realtoptan.com/image/catalog/site_resimler/SİTE RESİMLERİ/sutab1.png</t>
+        </is>
+      </c>
+      <c r="K348" s="0" t="inlineStr">
+        <is>
+          <t>https://www.realtoptan.com/image/catalog/resimler/tbc7.jpg</t>
+        </is>
+      </c>
+      <c r="L348" s="0" t="inlineStr">
+        <is>
+          <t>https://www.realtoptan.com/image/catalog/resimler/tbc6.jpg</t>
+        </is>
+      </c>
+      <c r="M348" s="0" t="inlineStr">
+        <is>
+          <t>https://www.realtoptan.com/image/catalog/resimler/tbc5.jpg</t>
+        </is>
+      </c>
+      <c r="N348" s="0" t="inlineStr">
         <is>
           <t>https://www.realtoptan.com/image/catalog/resimler/tbc4.jpg</t>
         </is>
       </c>
-      <c r="N347" s="0" t="inlineStr">
-[...11 lines deleted...]
-      <c r="A348" s="0" t="n">
+      <c r="O348" s="0" t="inlineStr">
+        <is>
+          <t>0.00kg</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="349">
+      <c r="A349" s="0" t="n">
         <v>406</v>
       </c>
-      <c r="B348" s="0" t="inlineStr">
+      <c r="B349" s="0" t="inlineStr">
         <is>
           <t>Ev LED sivrisinek katili USB plug-in kendinden emişli kovucu sivrisinek tuzak lamba</t>
         </is>
       </c>
-      <c r="C348" s="0" t="inlineStr">
+      <c r="C349" s="0" t="inlineStr">
         <is>
           <t>EV &amp;amp; OFİS ÜRÜNLERİ|KAMP VE OUTDOOR|Yeni Ürünler</t>
         </is>
       </c>
-      <c r="D348" s="0" t="inlineStr">
+      <c r="D349" s="0" t="inlineStr">
         <is>
           <t>EV &amp;amp; OFİS ÜRÜNLERİ</t>
         </is>
       </c>
-      <c r="E348" s="0" t="inlineStr">
+      <c r="E349" s="0" t="inlineStr">
         <is>
           <t>&amp;lt;p&amp;gt;Kullanım süresi: 10000 saat&amp;lt;/p&amp;gt;
 &amp;lt;p&amp;gt;Ürün: Sivrisinek kovucu tüp&amp;lt;/p&amp;gt;
 &amp;lt;p&amp;gt;Kullanımı: Temizleme, Neatening/Depolama, Çim, Ev ve çevre&amp;lt;/p&amp;gt;
 &amp;lt;p&amp;gt;Güç kaynağı: Elektrik&amp;lt;/p&amp;gt;
 &amp;lt;p&amp;gt;Haşere türü: Sivrisinekler&amp;lt;/p&amp;gt;
 &amp;lt;p&amp;gt;Özellik: Çevre dostu, Stoklandı&amp;lt;/p&amp;gt;
 &amp;lt;h3&amp;gt;Diğer özellikler&amp;lt;/h3&amp;gt;
 &amp;lt;p&amp;gt;Menşei Yeri: Guangdong, China&amp;lt;/p&amp;gt;
 &amp;lt;p&amp;gt;Uygulanabilir alan: 20-50 metre kare&amp;lt;/p&amp;gt;
 &amp;lt;p&amp;gt;Özellikler: Tek şişe&amp;lt;/p&amp;gt;
 &amp;lt;p&amp;gt;Şarj cihazı: Uygulanabilir değil&amp;lt;/p&amp;gt;
 &amp;lt;p&amp;gt;Durum: Katı&amp;lt;/p&amp;gt;
 &amp;lt;p&amp;gt;Net ağırlık:&amp;amp;nbsp;0.36kg&amp;lt;/p&amp;gt;
 &amp;lt;p&amp;gt;Marka adı: Caliburn&amp;lt;/p&amp;gt;
 &amp;lt;p&amp;gt;Fonksiyon: Işık dalgaları sivrisinek cazibesi&amp;lt;/p&amp;gt;
 &amp;lt;p&amp;gt;Özellik: Güçlü emiş sivrisinekler&amp;lt;/p&amp;gt;
 &amp;lt;p&amp;gt;Avantajı: Fiziksel sivrisinek öldürme&amp;lt;/p&amp;gt;
 &amp;lt;p&amp;gt;Tipi: Sessiz&amp;lt;/p&amp;gt;
 &amp;lt;p&amp;gt;Güç: 5v, 3w&amp;lt;/p&amp;gt;
 &amp;lt;p&amp;gt;Şarj yolu:&amp;amp;nbsp;Usb&amp;lt;/p&amp;gt;
 &amp;lt;p&amp;gt;Vaka: Çıkarılabilir sivrisinek durumda&amp;lt;/p&amp;gt;
 &amp;lt;p&amp;gt;Özellik 2: Surround lüminesans 365nm&amp;lt;/p&amp;gt;
 &amp;lt;p&amp;gt;Uygulama yeri:&amp;amp;nbsp;Ev, kamp&amp;lt;/p&amp;gt;
 </t>
         </is>
       </c>
-      <c r="F348" s="0" t="n">
+      <c r="F349" s="0" t="n">
         <v>100</v>
       </c>
-      <c r="G348" s="0" t="n">
+      <c r="G349" s="0" t="n">
         <v>250617231350</v>
       </c>
-      <c r="H348" s="0"/>
-[...3 lines deleted...]
-      <c r="J348" s="0" t="inlineStr">
+      <c r="H349" s="0"/>
+      <c r="I349" s="0" t="n">
+        <v>0</v>
+      </c>
+      <c r="J349" s="0" t="inlineStr">
         <is>
           <t>https://www.realtoptan.com/image/catalog/resimler/kill.png</t>
         </is>
       </c>
-      <c r="K348" s="0" t="inlineStr">
+      <c r="K349" s="0" t="inlineStr">
         <is>
           <t>https://www.realtoptan.com/image/catalog/resimler/kill2.png</t>
         </is>
       </c>
-      <c r="L348" s="0" t="inlineStr">
+      <c r="L349" s="0" t="inlineStr">
         <is>
           <t>https://www.realtoptan.com/image/catalog/resimler/kill3.png</t>
         </is>
       </c>
-      <c r="M348" s="0" t="inlineStr">
+      <c r="M349" s="0" t="inlineStr">
         <is>
           <t>https://www.realtoptan.com/image/catalog/resimler/kill4.png</t>
         </is>
       </c>
-      <c r="N348" s="0"/>
-[...7 lines deleted...]
-      <c r="A349" s="0" t="n">
+      <c r="N349" s="0"/>
+      <c r="O349" s="0" t="inlineStr">
+        <is>
+          <t>0.00kg</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="350">
+      <c r="A350" s="0" t="n">
         <v>407</v>
       </c>
-      <c r="B349" s="0" t="inlineStr">
+      <c r="B350" s="0" t="inlineStr">
         <is>
           <t>Taşınabilir Katlanabilir Plaj Matı, Ayarlanabilir, Nem Geçirmez Piknik ve Kamp Reklineri,</t>
         </is>
       </c>
-      <c r="C349" s="0" t="inlineStr">
+      <c r="C350" s="0" t="inlineStr">
         <is>
           <t>KAMP VE OUTDOOR|Yeni Ürünler</t>
         </is>
       </c>
-      <c r="D349" s="0" t="inlineStr">
+      <c r="D350" s="0" t="inlineStr">
         <is>
           <t>KAMP VE OUTDOOR</t>
         </is>
       </c>
-      <c r="E349" s="0" t="inlineStr">
+      <c r="E350" s="0" t="inlineStr">
         <is>
           <t>&amp;lt;h2&amp;gt;Ürün detayları&amp;lt;/h2&amp;gt;
 &amp;lt;p&amp;gt;Yaş aralığı:&amp;amp;nbsp;Yetişkin&amp;lt;/p&amp;gt;
 &amp;lt;p&amp;gt;Sandalye Özellikleri:&amp;amp;nbsp;Arkalı&amp;lt;/p&amp;gt;
 &amp;lt;p&amp;gt;Bitiş Türü:&amp;amp;nbsp;Boyalı&amp;lt;/p&amp;gt;
 &amp;lt;p&amp;gt;çerçeve malzemesi:&amp;amp;nbsp;Karbon çelik&amp;lt;/p&amp;gt;
 &amp;lt;p&amp;gt;Dolgu Malzemesi:&amp;amp;nbsp;Sünger&amp;lt;/p&amp;gt;
 &amp;lt;p&amp;gt;Sırt Stili:&amp;amp;nbsp;Açık&amp;lt;/p&amp;gt;
 &amp;lt;p&amp;gt;Hareket türü:&amp;amp;nbsp;Dönen&amp;lt;/p&amp;gt;
 &amp;lt;p&amp;gt;Koltuk Yatırma Çalışma Modu:&amp;amp;nbsp;Manuel&amp;lt;/p&amp;gt;
 &amp;lt;p&amp;gt;Yüzey Önerisi:&amp;amp;nbsp;Sert zemin&amp;lt;/p&amp;gt;
 &amp;lt;p&amp;gt;Önerilen Kullanım:&amp;amp;nbsp;Kamp ve plaj&amp;amp;nbsp;&amp;lt;/p&amp;gt;
 </t>
         </is>
       </c>
-      <c r="F349" s="0" t="n">
+      <c r="F350" s="0" t="n">
         <v>150</v>
       </c>
-      <c r="G349" s="0" t="n">
+      <c r="G350" s="0" t="n">
         <v>250617232236</v>
       </c>
-      <c r="H349" s="0"/>
-      <c r="I349" s="0" t="n">
+      <c r="H350" s="0"/>
+      <c r="I350" s="0" t="n">
         <v>0</v>
       </c>
-      <c r="J349" s="0" t="inlineStr">
+      <c r="J350" s="0" t="inlineStr">
         <is>
           <t>https://www.realtoptan.com/image/catalog/resimler/sez3.jpg</t>
         </is>
       </c>
-      <c r="K349" s="0" t="inlineStr">
+      <c r="K350" s="0" t="inlineStr">
         <is>
           <t>https://www.realtoptan.com/image/catalog/resimler/sez2.jpg</t>
         </is>
       </c>
-      <c r="L349" s="0" t="inlineStr">
+      <c r="L350" s="0" t="inlineStr">
         <is>
           <t>https://www.realtoptan.com/image/catalog/resimler/sez.jpg</t>
         </is>
       </c>
-      <c r="M349" s="0" t="inlineStr">
+      <c r="M350" s="0" t="inlineStr">
         <is>
           <t>https://www.realtoptan.com/image/catalog/resimler/sez4.jpg</t>
         </is>
       </c>
-      <c r="N349" s="0"/>
-[...7 lines deleted...]
-      <c r="A350" s="0" t="n">
+      <c r="N350" s="0"/>
+      <c r="O350" s="0" t="inlineStr">
+        <is>
+          <t>0.00kg</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="351">
+      <c r="A351" s="0" t="n">
         <v>408</v>
       </c>
-      <c r="B350" s="0" t="inlineStr">
+      <c r="B351" s="0" t="inlineStr">
         <is>
           <t>Yılbaşı Aydınlatması 100 LED Perde Hortum Sıcak Beyaz Işık - 10 Metre Dekoratif Şeffaf Kablolu Süs</t>
         </is>
       </c>
-      <c r="C350" s="0" t="inlineStr">
+      <c r="C351" s="0" t="inlineStr">
         <is>
           <t>EV &amp;amp; OFİS ÜRÜNLERİ|HEDİYELİK EŞYA|TV ÜRÜNLERİ|Yeni Ürünler</t>
         </is>
       </c>
-      <c r="D350" s="0" t="inlineStr">
+      <c r="D351" s="0" t="inlineStr">
         <is>
           <t>EV &amp;amp; OFİS ÜRÜNLERİ</t>
         </is>
       </c>
-      <c r="E350" s="0" t="inlineStr">
+      <c r="E351" s="0" t="inlineStr">
         <is>
           <t>&amp;lt;p&amp;gt;Ev ve dış mekan dekorasyonunuzu bu 100 LED'li yılbaşı aydınlatması ile tamamlayın!&amp;lt;br /&amp;gt;
 Sıcak beyaz ışık veren perde hortum, 10 metre uzunluğunda olup şeffaf kablo tasarımıyla estetik bir görünüm sunar.&amp;lt;br /&amp;gt;
 Birden fazla setle kolayca birleştirilebilir.&amp;lt;/p&amp;gt;
 &amp;lt;p&amp;gt;&amp;lt;strong&amp;gt;Özellikler:&amp;lt;/strong&amp;gt;&amp;lt;/p&amp;gt;
 &amp;lt;ul&amp;gt;
 	&amp;lt;li&amp;gt;&amp;lt;strong&amp;gt;LED Sayısı:&amp;lt;/strong&amp;gt;&amp;amp;nbsp;100&amp;lt;/li&amp;gt;
 	&amp;lt;li&amp;gt;&amp;lt;strong&amp;gt;Işık Rengi:&amp;lt;/strong&amp;gt;&amp;amp;nbsp;Sıcak Beyaz&amp;lt;/li&amp;gt;
 	&amp;lt;li&amp;gt;&amp;lt;strong&amp;gt;Uzunluk:&amp;lt;/strong&amp;gt;&amp;amp;nbsp;10 metre&amp;lt;/li&amp;gt;
 	&amp;lt;li&amp;gt;&amp;lt;strong&amp;gt;Kablo Türü:&amp;lt;/strong&amp;gt;&amp;amp;nbsp;Şeffaf&amp;lt;/li&amp;gt;
 	&amp;lt;li&amp;gt;&amp;lt;strong&amp;gt;Kullanım Alanı:&amp;lt;/strong&amp;gt;&amp;amp;nbsp;İç mekan&amp;lt;/li&amp;gt;
 	&amp;lt;li&amp;gt;&amp;lt;strong&amp;gt;Eklenebilirlik:&amp;lt;/strong&amp;gt;&amp;amp;nbsp;Birden fazla hortum bağlanabilir&amp;lt;/li&amp;gt;
 &amp;lt;/ul&amp;gt;
 &amp;lt;p&amp;gt;&amp;lt;strong&amp;gt;Avantajları:&amp;lt;/strong&amp;gt;&amp;lt;/p&amp;gt;
 &amp;lt;ul&amp;gt;
 	&amp;lt;li&amp;gt;Enerji tasarruflu LED teknolojisi.&amp;lt;/li&amp;gt;
 	&amp;lt;li&amp;gt;Uzun ömürlü dayanıklılık.&amp;lt;/li&amp;gt;
 	&amp;lt;li&amp;gt;Kolay kurulum ve birleştirme imkanı.&amp;lt;/li&amp;gt;
 &amp;lt;/ul&amp;gt;
 &amp;lt;p&amp;gt;&amp;lt;strong&amp;gt;Teslimat Kapsamı:&amp;lt;/strong&amp;gt;&amp;lt;/p&amp;gt;
 &amp;lt;ul&amp;gt;
 	&amp;lt;li&amp;gt;1 adet 10 metre uzunluğunda LED hortum aydınlatma.&amp;lt;/li&amp;gt;
 &amp;lt;/ul&amp;gt;
 &amp;lt;p&amp;gt;Bu şık ve fonksiyonel aydınlatma ile yılbaşı ve özel günler için unutulmaz bir atmosfer yaratabilirsiniz!&amp;lt;/p&amp;gt;
 </t>
         </is>
       </c>
-      <c r="F350" s="0" t="n">
+      <c r="F351" s="0" t="n">
         <v>100</v>
       </c>
-      <c r="G350" s="0" t="n">
+      <c r="G351" s="0" t="n">
         <v>250903224952</v>
       </c>
-      <c r="H350" s="0"/>
-      <c r="I350" s="0" t="n">
+      <c r="H351" s="0"/>
+      <c r="I351" s="0" t="n">
         <v>1000</v>
       </c>
-      <c r="J350" s="0" t="inlineStr">
-[...19 lines deleted...]
-      <c r="A351" s="0" t="n">
+      <c r="J351" s="0" t="inlineStr">
+        <is>
+          <t>https://www.realtoptan.com/image/catalog/site_resimler/SİTE RESİMLERİ/10metre1.png</t>
+        </is>
+      </c>
+      <c r="K351" s="0" t="inlineStr">
+        <is>
+          <t>https://www.realtoptan.com/image/catalog/site_resimler/SİTE RESİMLERİ/10metre2.png</t>
+        </is>
+      </c>
+      <c r="L351" s="0" t="inlineStr">
+        <is>
+          <t>https://www.realtoptan.com/image/catalog/site_resimler/SİTE RESİMLERİ/10metre3.png</t>
+        </is>
+      </c>
+      <c r="M351" s="0"/>
+      <c r="N351" s="0"/>
+      <c r="O351" s="0" t="inlineStr">
+        <is>
+          <t>0.00kg</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="352">
+      <c r="A352" s="0" t="n">
         <v>409</v>
       </c>
-      <c r="B351" s="0" t="inlineStr">
+      <c r="B352" s="0" t="inlineStr">
         <is>
           <t>138 Ledli Yıldız Perde Işık 3 M Yılbaşı Işığı Led Işık Saçak Led Yılbaşı Perde Led</t>
         </is>
       </c>
-      <c r="C351" s="0" t="inlineStr">
+      <c r="C352" s="0" t="inlineStr">
         <is>
           <t>EV &amp;amp; OFİS ÜRÜNLERİ|HEDİYELİK EŞYA|TV ÜRÜNLERİ|Yeni Ürünler</t>
         </is>
       </c>
-      <c r="D351" s="0" t="inlineStr">
+      <c r="D352" s="0" t="inlineStr">
         <is>
           <t>EV &amp;amp; OFİS ÜRÜNLERİ</t>
         </is>
       </c>
-      <c r="E351" s="0" t="inlineStr">
+      <c r="E352" s="0" t="inlineStr">
         <is>
           <t>&amp;lt;p&amp;gt;3 M YILDIZ PERDE LED IŞIKLARIMIZ İLE SİZ DE İSTER EVİNİZİ DEKORE EDİN, İSTER ÖZEL GÜNLERİNİZİ GÜZELLEŞTİRİN!&amp;lt;/p&amp;gt;
 &amp;lt;p&amp;gt;ÜRÜNÜMÜZ ÇOK AMAÇLI OLUP EV DEKORASYONUNDA, HER TÜRLÜ ORGANİZASYONLARDA, NİŞAN, KINA, SÖZ, DOĞUM GÜNÜ VB. GÜNLER İÇİN ÇOKÇA TERCİH EDİLMEKTEDİR.&amp;lt;/p&amp;gt;
 &amp;lt;p&amp;gt;BÜYÜK SAÇAK UZUNLUĞU 80 CMDİR, KÜÇÜK SAÇAK UZUNLUĞU 60 CMDİR.&amp;lt;/p&amp;gt;
 &amp;lt;p&amp;gt;ÜSTÜNDEKİ KUMANDA İLE KONTROL EDİLİR.&amp;lt;/p&amp;gt;
 &amp;lt;p&amp;gt;PRİZ İLE ÇALIŞMAKTADIRLAR. EKLEMELİ ÜRÜNDÜR.&amp;lt;/p&amp;gt;
 &amp;lt;p&amp;gt;BİRDEN FAZLA LED ALARAK BİRBİRİNE KOLAYCA EKLEYEBİLİRSİNİZ.&amp;lt;/p&amp;gt;
 </t>
         </is>
       </c>
-      <c r="F351" s="0" t="n">
+      <c r="F352" s="0" t="n">
         <v>250</v>
       </c>
-      <c r="G351" s="0" t="n">
+      <c r="G352" s="0" t="n">
         <v>250903225419</v>
       </c>
-      <c r="H351" s="0"/>
-      <c r="I351" s="0" t="n">
+      <c r="H352" s="0"/>
+      <c r="I352" s="0" t="n">
         <v>0</v>
       </c>
-      <c r="J351" s="0" t="inlineStr">
+      <c r="J352" s="0" t="inlineStr">
         <is>
           <t>https://www.realtoptan.com/image/catalog/resimler/yıldızzz3.jpg</t>
         </is>
       </c>
-      <c r="K351" s="0" t="inlineStr">
+      <c r="K352" s="0" t="inlineStr">
         <is>
           <t>https://www.realtoptan.com/image/catalog/resimler/yıldız2.jpg</t>
         </is>
       </c>
-      <c r="L351" s="0" t="inlineStr">
+      <c r="L352" s="0" t="inlineStr">
         <is>
           <t>https://www.realtoptan.com/image/catalog/resimler/yıldız.jpg</t>
         </is>
       </c>
-      <c r="M351" s="0" t="inlineStr">
+      <c r="M352" s="0" t="inlineStr">
         <is>
           <t>https://www.realtoptan.com/image/catalog/resimler/yıldızzz.jpg</t>
         </is>
       </c>
-      <c r="N351" s="0" t="inlineStr">
+      <c r="N352" s="0" t="inlineStr">
         <is>
           <t>https://www.realtoptan.com/image/catalog/resimler/yıldızzz4.jpg</t>
         </is>
       </c>
-      <c r="O351" s="0" t="inlineStr">
-[...6 lines deleted...]
-      <c r="A352" s="0" t="n">
+      <c r="O352" s="0" t="inlineStr">
+        <is>
+          <t>0.00kg</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="353">
+      <c r="A353" s="0" t="n">
         <v>410</v>
       </c>
-      <c r="B352" s="0" t="inlineStr">
+      <c r="B353" s="0" t="inlineStr">
         <is>
           <t>10 Led 2 Metre Sarı Kristal Su Damlası Güneş Enerjili Led Işık Solar Bahçe Ağaç Lamba Aydınlatması</t>
         </is>
       </c>
-      <c r="C352" s="0" t="inlineStr">
+      <c r="C353" s="0" t="inlineStr">
         <is>
           <t>EV &amp;amp; OFİS ÜRÜNLERİ|HEDİYELİK EŞYA|TV ÜRÜNLERİ|Yeni Ürünler</t>
         </is>
       </c>
-      <c r="D352" s="0" t="inlineStr">
+      <c r="D353" s="0" t="inlineStr">
         <is>
           <t>EV &amp;amp; OFİS ÜRÜNLERİ</t>
         </is>
       </c>
-      <c r="E352" s="0" t="inlineStr">
+      <c r="E353" s="0" t="inlineStr">
         <is>
           <t>&amp;lt;p&amp;gt;&amp;lt;strong&amp;gt;Ürün Teknik Özellikleri;&amp;lt;/strong&amp;gt;&amp;lt;/p&amp;gt;
 &amp;lt;p&amp;gt;- Uv'ye Karşı Dayanıklı Plastik Kasa&amp;lt;/p&amp;gt;
 &amp;lt;p&amp;gt;- Darbeye dayanıklı cam&amp;lt;/p&amp;gt;
 &amp;lt;p&amp;gt;- Sınıfına Göre 1nci Kalite Malzeme&amp;lt;/p&amp;gt;
 &amp;lt;p&amp;gt;- Ürünün Boyutları 2 Metre&amp;lt;/p&amp;gt;
 &amp;lt;p&amp;gt;- 7 Farklı Mod&amp;amp;nbsp; &amp;amp;nbsp; &amp;amp;nbsp;&amp;lt;/p&amp;gt;
 &amp;lt;p&amp;gt;- A++ Kalite İthal Smd led&amp;lt;/p&amp;gt;
 &amp;lt;p&amp;gt;- A++ Kalite Sarj Edilebilir Pil 600&amp;amp;nbsp;Mah&amp;lt;/p&amp;gt;
 &amp;lt;p&amp;gt;- İP 67 Su Geçirmez Dış Mekana Uygun&amp;lt;/p&amp;gt;
 &amp;lt;p&amp;gt;- Standart 120° Lens Açısı&amp;lt;/p&amp;gt;
 &amp;lt;p&amp;gt;- Çevre Dostu, Kolay Kurulum&amp;lt;/p&amp;gt;
 &amp;lt;p&amp;gt;- Fotosel / Hava Karardığında Otomatik Devreye Girer&amp;lt;/p&amp;gt;
 &amp;lt;p&amp;gt;- Şarj Süresi 6/12 Saat&amp;lt;/p&amp;gt;
 &amp;lt;p&amp;gt;- Çalışma Süresi 8/12 Saat&amp;lt;/p&amp;gt;
 &amp;lt;p&amp;gt;- Uzaktan Kumanda İle Kontrol Edebilme&amp;lt;/p&amp;gt;
 &amp;lt;p&amp;gt;- 320 Lümen&amp;lt;/p&amp;gt;
 &amp;lt;p&amp;gt;- Işık Renkgi: Günışığı&amp;lt;/p&amp;gt;
 &amp;lt;p&amp;gt;&amp;amp;nbsp;&amp;lt;/p&amp;gt;
 &amp;lt;p&amp;gt;&amp;lt;strong&amp;gt;Kullanım Alanları:&amp;lt;/strong&amp;gt;&amp;lt;/p&amp;gt;
 &amp;lt;p&amp;gt;- Bağ, Bahçe, ağaç aydınlatma,Mağaza, kafe ve otel tarzı yerlerde,&amp;lt;/p&amp;gt;
 &amp;lt;p&amp;gt;- Elektrik Bağlantısı Olmayan Yerlerde, Kamp alanlarında&amp;lt;/p&amp;gt;
 &amp;lt;p&amp;gt;- Bina dış cephe aydınlatmada,Cami Minare Ve Şerefelerinde,&amp;lt;/p&amp;gt;
 &amp;lt;p&amp;gt;- Saray, müze gibi kültürel alanlarda,&amp;lt;/p&amp;gt;
 &amp;lt;p&amp;gt;- Daha bir çok alanda dekoratif aydınlatma olarak kullanılmaktadır.&amp;lt;/p&amp;gt;
 </t>
         </is>
       </c>
-      <c r="F352" s="0" t="n">
+      <c r="F353" s="0" t="n">
         <v>200</v>
       </c>
-      <c r="G352" s="0" t="n">
+      <c r="G353" s="0" t="n">
         <v>250903225824</v>
       </c>
-      <c r="H352" s="0"/>
-      <c r="I352" s="0" t="n">
+      <c r="H353" s="0"/>
+      <c r="I353" s="0" t="n">
         <v>1000</v>
       </c>
-      <c r="J352" s="0" t="inlineStr">
-[...23 lines deleted...]
-      <c r="A353" s="0" t="n">
+      <c r="J353" s="0" t="inlineStr">
+        <is>
+          <t>https://www.realtoptan.com/image/catalog/site_resimler/SİTE RESİMLERİ/damla1.png</t>
+        </is>
+      </c>
+      <c r="K353" s="0" t="inlineStr">
+        <is>
+          <t>https://www.realtoptan.com/image/catalog/site_resimler/SİTE RESİMLERİ/damla2.png</t>
+        </is>
+      </c>
+      <c r="L353" s="0" t="inlineStr">
+        <is>
+          <t>https://www.realtoptan.com/image/catalog/site_resimler/SİTE RESİMLERİ/damla3.png</t>
+        </is>
+      </c>
+      <c r="M353" s="0"/>
+      <c r="N353" s="0"/>
+      <c r="O353" s="0" t="inlineStr">
+        <is>
+          <t>0.00kg</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="354">
+      <c r="A354" s="0" t="n">
         <v>411</v>
       </c>
-      <c r="B353" s="0" t="inlineStr">
+      <c r="B354" s="0" t="inlineStr">
         <is>
           <t>Ay Yıldız Perde LED</t>
         </is>
       </c>
-      <c r="C353" s="0" t="inlineStr">
+      <c r="C354" s="0" t="inlineStr">
         <is>
           <t>EV &amp;amp; OFİS ÜRÜNLERİ|HEDİYELİK EŞYA|TV ÜRÜNLERİ|Yeni Ürünler</t>
         </is>
       </c>
-      <c r="D353" s="0" t="inlineStr">
+      <c r="D354" s="0" t="inlineStr">
         <is>
           <t>EV &amp;amp; OFİS ÜRÜNLERİ</t>
         </is>
       </c>
-      <c r="E353" s="0" t="inlineStr">
+      <c r="E354" s="0" t="inlineStr">
         <is>
           <t>&amp;lt;p&amp;gt;Ürünümüz priz girişlidir.&amp;lt;/p&amp;gt;
 &amp;lt;p&amp;gt;Ay Yıldız Perde LED&amp;lt;/p&amp;gt;
 &amp;lt;p&amp;gt;6 ADET AY 90CM UZUNLUK&amp;lt;/p&amp;gt;
 &amp;lt;p&amp;gt;6 ADET YILDIZ 50CM UZUNLUK&amp;lt;/p&amp;gt;
 &amp;lt;p&amp;gt;2.5 METRE ENİNDE PERDE LED&amp;lt;/p&amp;gt;
 &amp;lt;p&amp;gt;FİŞLE ÇALIŞIR&amp;lt;/p&amp;gt;
 &amp;lt;p&amp;gt;ANİMASYONLU VE SABİT YANMA ÖZELLİĞİ İLE TOPLAM 8 MODU VARDIR&amp;lt;/p&amp;gt;
 &amp;lt;p&amp;gt;BİRBİRİNE EKLENME ÖZELLİĞİ MEVCUT OLUP İÇ MEKAN İÇİN UYGUNDUR&amp;lt;/p&amp;gt;
 </t>
         </is>
       </c>
-      <c r="F353" s="0" t="n">
+      <c r="F354" s="0" t="n">
         <v>250</v>
       </c>
-      <c r="G353" s="0" t="n">
+      <c r="G354" s="0" t="n">
         <v>250903230149</v>
       </c>
-      <c r="H353" s="0"/>
-      <c r="I353" s="0" t="n">
+      <c r="H354" s="0"/>
+      <c r="I354" s="0" t="n">
         <v>0</v>
       </c>
-      <c r="J353" s="0" t="inlineStr">
+      <c r="J354" s="0" t="inlineStr">
         <is>
           <t>https://www.realtoptan.com/image/catalog/resimler/Ay-Yildiz-Isik.jpg</t>
         </is>
       </c>
-      <c r="K353" s="0" t="inlineStr">
+      <c r="K354" s="0" t="inlineStr">
         <is>
           <t>https://www.realtoptan.com/image/catalog/resimler/Ay-Yildiz-Sarkma-Isik.jpg</t>
         </is>
       </c>
-      <c r="L353" s="0" t="inlineStr">
+      <c r="L354" s="0" t="inlineStr">
         <is>
           <t>https://www.realtoptan.com/image/catalog/resimler/yıldız4.jpg</t>
         </is>
       </c>
-      <c r="M353" s="0" t="inlineStr">
+      <c r="M354" s="0" t="inlineStr">
         <is>
           <t>https://www.realtoptan.com/image/catalog/resimler/Led-Ay-Yildiz-Isik.jpg</t>
         </is>
       </c>
-      <c r="N353" s="0" t="inlineStr">
+      <c r="N354" s="0" t="inlineStr">
         <is>
           <t>https://www.realtoptan.com/image/catalog/resimler/Led-Ay-Yildiz-Sarkma-Isik.jpg</t>
         </is>
       </c>
-      <c r="O353" s="0" t="inlineStr">
-[...6 lines deleted...]
-      <c r="A354" s="0" t="n">
+      <c r="O354" s="0" t="inlineStr">
+        <is>
+          <t>0.00kg</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="355">
+      <c r="A355" s="0" t="n">
         <v>412</v>
       </c>
-      <c r="B354" s="0" t="inlineStr">
+      <c r="B355" s="0" t="inlineStr">
         <is>
           <t>3x3 Metre Perde Led </t>
         </is>
       </c>
-      <c r="C354" s="0" t="inlineStr">
+      <c r="C355" s="0" t="inlineStr">
         <is>
           <t>EV &amp;amp; OFİS ÜRÜNLERİ|HEDİYELİK EŞYA|TV ÜRÜNLERİ|Yeni Ürünler</t>
         </is>
       </c>
-      <c r="D354" s="0" t="inlineStr">
+      <c r="D355" s="0" t="inlineStr">
         <is>
           <t>EV &amp;amp; OFİS ÜRÜNLERİ</t>
         </is>
       </c>
-      <c r="E354" s="0" t="inlineStr">
+      <c r="E355" s="0" t="inlineStr">
         <is>
           <t>&amp;lt;ul&amp;gt;
 	&amp;lt;li&amp;gt;&amp;lt;strong&amp;gt;KUMANDALI&amp;amp;nbsp;&amp;lt;/strong&amp;gt;: 3x3 peri led ürünümüze bağlı&amp;amp;nbsp;kumanda gönderilmektedir. Kumanda sayesinde ürünün modlarını değiştirebilir, led ışıkların parlaklığını azaltıp çoğaltabilir ve zamanlayıcı kullanabilirsiniz.&amp;lt;/li&amp;gt;
 	&amp;lt;li&amp;gt;&amp;lt;strong&amp;gt;8 MODLU&amp;amp;nbsp;&amp;lt;/strong&amp;gt;: Birbirinden güzel ve farklı 8 moda sahiptir. Yanıp sönme, azalarak yanma, flaş , sıralı yanma gibi bir çok moda sahiptir. Hem kumanda üzerinden hem de USB bağlantı noktasının üzerindeki tuş üzerinden kontrol edilebilir.&amp;lt;/li&amp;gt;
 	&amp;lt;li&amp;gt;&amp;lt;strong&amp;gt;PERDE KANCALARI&amp;lt;/strong&amp;gt;&amp;amp;nbsp;: Her saçağın üzerinde bulunan perde kancaları sayesinde perdenize kolaylıkla asabilirsiniz.&amp;lt;/li&amp;gt;
 	&amp;lt;li&amp;gt;&amp;lt;strong&amp;gt;MÜKEMMEL DEKORASYON:&amp;lt;/strong&amp;gt; Partiler, düğünler, söz, nişan, kına ve tüm özel günlerinizde ortama muhteşem bir hava katacaktır.&amp;lt;/li&amp;gt;
 	&amp;lt;li&amp;gt;&amp;lt;strong&amp;gt;PRİZ BAĞLANTI&amp;amp;nbsp;&amp;lt;/strong&amp;gt;: Ürünümüz priz ile çalışmaktadır.&amp;amp;nbsp;&amp;lt;/li&amp;gt;
 	&amp;lt;li&amp;gt;&amp;lt;strong&amp;gt;AKIM KORUMA VE GÜVENLİK&amp;amp;nbsp;&amp;lt;/strong&amp;gt;: Ürünümüz yüksek akıma karşı dayanıklı şekilde üretilmiştir. Olması muhtemel olmasa da evinizin&amp;amp;nbsp;bağladığınız yerin elektriğinde problem olması durumunda cihaz otomatik olarak güç keser ve kendini korumaya alır. Güvenle kullanabilirsiniz.&amp;lt;/li&amp;gt;
 &amp;lt;/ul&amp;gt;
 </t>
         </is>
       </c>
-      <c r="F354" s="0" t="n">
+      <c r="F355" s="0" t="n">
         <v>275</v>
       </c>
-      <c r="G354" s="0" t="n">
+      <c r="G355" s="0" t="n">
         <v>250903230614</v>
       </c>
-      <c r="H354" s="0"/>
-      <c r="I354" s="0" t="n">
+      <c r="H355" s="0"/>
+      <c r="I355" s="0" t="n">
         <v>0</v>
       </c>
-      <c r="J354" s="0" t="inlineStr">
+      <c r="J355" s="0" t="inlineStr">
         <is>
           <t>https://www.realtoptan.com/image/catalog/resimler/perde.jpg</t>
         </is>
       </c>
-      <c r="K354" s="0" t="inlineStr">
+      <c r="K355" s="0" t="inlineStr">
         <is>
           <t>https://www.realtoptan.com/image/catalog/resimler/perde2.jpg</t>
         </is>
       </c>
-      <c r="L354" s="0" t="inlineStr">
+      <c r="L355" s="0" t="inlineStr">
         <is>
           <t>https://www.realtoptan.com/image/catalog/resimler/perde4.jpg</t>
         </is>
       </c>
-      <c r="M354" s="0"/>
-[...8 lines deleted...]
-      <c r="A355" s="0" t="n">
+      <c r="M355" s="0"/>
+      <c r="N355" s="0"/>
+      <c r="O355" s="0" t="inlineStr">
+        <is>
+          <t>0.00kg</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="356">
+      <c r="A356" s="0" t="n">
         <v>413</v>
       </c>
-      <c r="B355" s="0" t="inlineStr">
+      <c r="B356" s="0" t="inlineStr">
         <is>
           <t>3X2 Metre Perde Led</t>
         </is>
       </c>
-      <c r="C355" s="0" t="inlineStr">
+      <c r="C356" s="0" t="inlineStr">
         <is>
           <t>EV &amp;amp; OFİS ÜRÜNLERİ|HEDİYELİK EŞYA|TV ÜRÜNLERİ|Yeni Ürünler</t>
         </is>
       </c>
-      <c r="D355" s="0" t="inlineStr">
+      <c r="D356" s="0" t="inlineStr">
         <is>
           <t>EV &amp;amp; OFİS ÜRÜNLERİ</t>
         </is>
       </c>
-      <c r="E355" s="0" t="inlineStr">
+      <c r="E356" s="0" t="inlineStr">
         <is>
           <t>&amp;lt;ul&amp;gt;
 	&amp;lt;li&amp;gt;&amp;lt;strong&amp;gt;KUMANDALI&amp;amp;nbsp;&amp;lt;/strong&amp;gt;: 3x2&amp;amp;nbsp;peri led ürünümüze bağlı&amp;amp;nbsp;kumanda gönderilmektedir. Kumanda sayesinde ürünün modlarını değiştirebilir, led ışıkların parlaklığını azaltıp çoğaltabilir ve zamanlayıcı kullanabilirsiniz.&amp;lt;/li&amp;gt;
 	&amp;lt;li&amp;gt;&amp;lt;strong&amp;gt;8 MODLU&amp;amp;nbsp;&amp;lt;/strong&amp;gt;: Birbirinden güzel ve farklı 8 moda sahiptir. Yanıp sönme, azalarak yanma, flaş , sıralı yanma gibi bir çok moda sahiptir. Hem kumanda üzerinden hem de USB bağlantı noktasının üzerindeki tuş üzerinden kontrol edilebilir.&amp;lt;/li&amp;gt;
 	&amp;lt;li&amp;gt;&amp;lt;strong&amp;gt;PERDE KANCALARI&amp;lt;/strong&amp;gt;&amp;amp;nbsp;: Her saçağın üzerinde bulunan perde kancaları sayesinde perdenize kolaylıkla asabilirsiniz.&amp;lt;/li&amp;gt;
 	&amp;lt;li&amp;gt;&amp;lt;strong&amp;gt;MÜKEMMEL DEKORASYON:&amp;lt;/strong&amp;gt; Partiler, düğünler, söz, nişan, kına ve tüm özel günlerinizde ortama muhteşem bir hava katacaktır.&amp;lt;/li&amp;gt;
 	&amp;lt;li&amp;gt;&amp;lt;strong&amp;gt;PRİZ BAĞLANTI&amp;amp;nbsp;&amp;lt;/strong&amp;gt;: Ürünümüz priz ile çalışmaktadır.&amp;amp;nbsp;&amp;lt;/li&amp;gt;
 	&amp;lt;li&amp;gt;&amp;lt;strong&amp;gt;AKIM KORUMA VE GÜVENLİK&amp;amp;nbsp;&amp;lt;/strong&amp;gt;: Ürünümüz yüksek akıma karşı dayanıklı şekilde üretilmiştir. Olması muhtemel olmasa da evinizin&amp;amp;nbsp;bağladığınız yerin elektriğinde problem olması durumunda cihaz otomatik olarak güç keser ve kendini korumaya alır. Güvenle kullanabilirsiniz.&amp;lt;/li&amp;gt;
 &amp;lt;/ul&amp;gt;
 </t>
         </is>
       </c>
-      <c r="F355" s="0" t="n">
+      <c r="F356" s="0" t="n">
         <v>250</v>
       </c>
-      <c r="G355" s="0" t="n">
+      <c r="G356" s="0" t="n">
         <v>250903231433</v>
       </c>
-      <c r="H355" s="0"/>
-      <c r="I355" s="0" t="n">
+      <c r="H356" s="0"/>
+      <c r="I356" s="0" t="n">
         <v>0</v>
       </c>
-      <c r="J355" s="0" t="inlineStr">
+      <c r="J356" s="0" t="inlineStr">
         <is>
           <t>https://www.realtoptan.com/image/catalog/resimler/perde.jpg</t>
         </is>
       </c>
-      <c r="K355" s="0" t="inlineStr">
+      <c r="K356" s="0" t="inlineStr">
         <is>
           <t>https://www.realtoptan.com/image/catalog/resimler/perde2.jpg</t>
         </is>
       </c>
-      <c r="L355" s="0" t="inlineStr">
+      <c r="L356" s="0" t="inlineStr">
         <is>
           <t>https://www.realtoptan.com/image/catalog/resimler/perde4.jpg</t>
         </is>
       </c>
-      <c r="M355" s="0"/>
-[...8 lines deleted...]
-      <c r="A356" s="0" t="n">
+      <c r="M356" s="0"/>
+      <c r="N356" s="0"/>
+      <c r="O356" s="0" t="inlineStr">
+        <is>
+          <t>0.00kg</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="357">
+      <c r="A357" s="0" t="n">
         <v>414</v>
       </c>
-      <c r="B356" s="0" t="inlineStr">
+      <c r="B357" s="0" t="inlineStr">
         <is>
           <t>Kalp Dekorlu Animasyonlu Perde LED Işık 3 Metre</t>
         </is>
       </c>
-      <c r="C356" s="0" t="inlineStr">
+      <c r="C357" s="0" t="inlineStr">
         <is>
           <t>EV &amp;amp; OFİS ÜRÜNLERİ|HEDİYELİK EŞYA|TV ÜRÜNLERİ|Yeni Ürünler</t>
         </is>
       </c>
-      <c r="D356" s="0" t="inlineStr">
+      <c r="D357" s="0" t="inlineStr">
         <is>
           <t>EV &amp;amp; OFİS ÜRÜNLERİ</t>
         </is>
       </c>
-      <c r="E356" s="0" t="inlineStr">
+      <c r="E357" s="0" t="inlineStr">
         <is>
           <t>&amp;lt;p&amp;gt;Kalp&amp;amp;nbsp;Perde led ışıklarımız ile siz de ister evinizi dekore edin, ister özel günlerinizi güzelleştirin!&amp;amp;nbsp;&amp;amp;nbsp;Ürünümüz çok amaçlı olup ev dekorasyonunda, her türlü organizasyonlarda, nişan, kına, söz, doğum günü vb. günler için çokça tercih edilmektedir.&amp;lt;br /&amp;gt;
 Ürünümüzün eni&amp;amp;nbsp;3 metredir. 12 saçaktan oluşur.&amp;lt;br /&amp;gt;
 Büyük saçak uzunluğu 80 cmdir, küçük saçak uzunluğu 60 cmdir. Toplam 6 adet Büyük&amp;amp;nbsp;Kalp (20 cm çapında) ve 6 adet küçük&amp;amp;nbsp;Kalp (10 cm çapında) vardır. Ürün kablosu piyasada ucuz satılan tel değildir. Normal kaliteli kablodur. Tel değildir.&amp;amp;nbsp;&amp;lt;br /&amp;gt;
 Işık Rengi: Gün Işığı&amp;lt;br /&amp;gt;
 8 farklı ışık modu vardır.(sabit/sürekli/aralıklı yanma gibi)&amp;lt;br /&amp;gt;
 Üstündeki kumanda ile kontrol edilir.&amp;lt;br /&amp;gt;
 Ürün eklenilebilirdir. Ürün eni kısa geliyorsa çok sayıda alıp fiş ile birleştirme seçeneği bulunmaktadır.&amp;lt;br /&amp;gt;
 Priz ile çalışmaktadırlar. Fiş uzunluğu 1 metredir. (Ürüne perde dahil değildir.&amp;lt;/p&amp;gt;
 </t>
         </is>
       </c>
-      <c r="F356" s="0" t="n">
+      <c r="F357" s="0" t="n">
         <v>250</v>
       </c>
-      <c r="G356" s="0" t="n">
+      <c r="G357" s="0" t="n">
         <v>250903231641</v>
       </c>
-      <c r="H356" s="0"/>
-      <c r="I356" s="0" t="n">
+      <c r="H357" s="0"/>
+      <c r="I357" s="0" t="n">
         <v>0</v>
       </c>
-      <c r="J356" s="0" t="inlineStr">
+      <c r="J357" s="0" t="inlineStr">
         <is>
           <t>https://www.realtoptan.com/image/catalog/resimler/kalp.jpg</t>
         </is>
       </c>
-      <c r="K356" s="0" t="inlineStr">
+      <c r="K357" s="0" t="inlineStr">
         <is>
           <t>https://www.realtoptan.com/image/catalog/resimler/kalp2.jpg</t>
         </is>
       </c>
-      <c r="L356" s="0" t="inlineStr">
+      <c r="L357" s="0" t="inlineStr">
         <is>
           <t>https://www.realtoptan.com/image/catalog/resimler/kalp3.jpg</t>
         </is>
       </c>
-      <c r="M356" s="0" t="inlineStr">
+      <c r="M357" s="0" t="inlineStr">
         <is>
           <t>https://www.realtoptan.com/image/catalog/resimler/kalp4.jpg</t>
         </is>
       </c>
-      <c r="N356" s="0"/>
-[...7 lines deleted...]
-      <c r="A357" s="0" t="n">
+      <c r="N357" s="0"/>
+      <c r="O357" s="0" t="inlineStr">
+        <is>
+          <t>0.00kg</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="358">
+      <c r="A358" s="0" t="n">
         <v>415</v>
       </c>
-      <c r="B357" s="0" t="inlineStr">
+      <c r="B358" s="0" t="inlineStr">
         <is>
           <t>Top Led Oda Süsleme Işıklı Top Aydınlatma 1,5 Metre</t>
         </is>
       </c>
-      <c r="C357" s="0" t="inlineStr">
+      <c r="C358" s="0" t="inlineStr">
         <is>
           <t>EV &amp;amp; OFİS ÜRÜNLERİ|HEDİYELİK EŞYA|TV ÜRÜNLERİ|Yeni Ürünler</t>
         </is>
       </c>
-      <c r="D357" s="0" t="inlineStr">
+      <c r="D358" s="0" t="inlineStr">
         <is>
           <t>EV &amp;amp; OFİS ÜRÜNLERİ</t>
         </is>
       </c>
-      <c r="E357" s="0" t="inlineStr">
+      <c r="E358" s="0" t="inlineStr">
         <is>
           <t>&amp;lt;h2&amp;gt;Dekoratif Pamuk Top Işık Süsleme&amp;lt;br /&amp;gt;
 1,5 Metre 10 Top&amp;lt;/h2&amp;gt;
 &amp;lt;p&amp;gt;&amp;lt;strong&amp;gt;IŞIK RENGİ: Günışığı&amp;lt;/strong&amp;gt;&amp;lt;/p&amp;gt;
 &amp;lt;p&amp;gt;&amp;lt;br /&amp;gt;
 Uzunluk: 1,5 metre&amp;lt;br /&amp;gt;
 Işık Top Sayısı: 10&amp;lt;/p&amp;gt;
 &amp;lt;p&amp;gt;Toplar ipten yapılmıştır&amp;lt;br /&amp;gt;
 &amp;lt;br /&amp;gt;
 Ürün 2 adet kalem pil ile çalışır&amp;lt;br /&amp;gt;
 Fiyatımıza pil dahil değildir&amp;lt;br /&amp;gt;
 &amp;lt;br /&amp;gt;
 Genç odaları yada bebek odalarında, objelerin içinde,&amp;lt;br /&amp;gt;
 Kokteyl ve kısa süreli davetlerde, masalarda&amp;lt;br /&amp;gt;
 Yılbaşı süslemelerinde, Mağaza Vitrinlerde, Evlerde, Ofislerde&amp;lt;br /&amp;gt;
 Alışveriş merkezlerinde, Eğlence, Oyun parklarında&amp;lt;br /&amp;gt;
 İç mekanlarda kullanıma uygundur&amp;lt;/p&amp;gt;
 &amp;lt;h3&amp;gt;GÜNIŞIĞI SARISI IŞIK PİLLİ LED PUMUK TOP IŞIK&amp;lt;/h3&amp;gt;
 </t>
         </is>
       </c>
-      <c r="F357" s="0" t="n">
+      <c r="F358" s="0" t="n">
         <v>100</v>
       </c>
-      <c r="G357" s="0" t="n">
+      <c r="G358" s="0" t="n">
         <v>250903231945</v>
       </c>
-      <c r="H357" s="0"/>
-      <c r="I357" s="0" t="n">
+      <c r="H358" s="0"/>
+      <c r="I358" s="0" t="n">
         <v>0</v>
       </c>
-      <c r="J357" s="0" t="inlineStr">
+      <c r="J358" s="0" t="inlineStr">
         <is>
           <t>https://www.realtoptan.com/image/catalog/resimler/top1.jpg</t>
         </is>
       </c>
-      <c r="K357" s="0" t="inlineStr">
+      <c r="K358" s="0" t="inlineStr">
         <is>
           <t>https://www.realtoptan.com/image/catalog/resimler/top2.jpg</t>
         </is>
       </c>
-      <c r="L357" s="0" t="inlineStr">
+      <c r="L358" s="0" t="inlineStr">
         <is>
           <t>https://www.realtoptan.com/image/catalog/resimler/top3.jpeg</t>
         </is>
       </c>
-      <c r="M357" s="0"/>
-[...8 lines deleted...]
-      <c r="A358" s="0" t="n">
+      <c r="M358" s="0"/>
+      <c r="N358" s="0"/>
+      <c r="O358" s="0" t="inlineStr">
+        <is>
+          <t>0.00kg</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="359">
+      <c r="A359" s="0" t="n">
         <v>416</v>
       </c>
-      <c r="B358" s="0" t="inlineStr">
+      <c r="B359" s="0" t="inlineStr">
         <is>
           <t>Kalpli Perde LED Işıklar, Sevgililer Günü Romantik LED Aydınlatma</t>
         </is>
       </c>
-      <c r="C358" s="0" t="inlineStr">
+      <c r="C359" s="0" t="inlineStr">
         <is>
           <t>EV &amp;amp; OFİS ÜRÜNLERİ|HEDİYELİK EŞYA|TV ÜRÜNLERİ|Yeni Ürünler</t>
         </is>
       </c>
-      <c r="D358" s="0" t="inlineStr">
+      <c r="D359" s="0" t="inlineStr">
         <is>
           <t>EV &amp;amp; OFİS ÜRÜNLERİ</t>
         </is>
       </c>
-      <c r="E358" s="0" t="inlineStr">
+      <c r="E359" s="0" t="inlineStr">
         <is>
           <t>&amp;lt;ul&amp;gt;
 	&amp;lt;li&amp;gt;&amp;amp;nbsp;Kalpli LED Işıklandırma&amp;lt;/li&amp;gt;
 	&amp;lt;li&amp;gt;3 Metre Kalpli PERDE LED Işık&amp;lt;/li&amp;gt;
 	&amp;lt;li&amp;gt;8 Adet LED KALP vardır.&amp;lt;/li&amp;gt;
 	&amp;lt;li&amp;gt;Fişle çalışır. Günışığı renklidir.&amp;lt;/li&amp;gt;
 	&amp;lt;li&amp;gt;
 	&amp;lt;div style=&amp;quot;border:0px solid #e1e1e1; margin-bottom:11px&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;font-size:16pt&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;font-family:Calibri&amp;quot;&amp;gt;Çalışma Şekli: Fişli 220 V&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/div&amp;gt;
 	&amp;lt;/li&amp;gt;
 	&amp;lt;li&amp;gt;
 	&amp;lt;div style=&amp;quot;border:0px solid #e1e1e1; margin-bottom:11px&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;font-size:16pt&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;font-family:Calibri&amp;quot;&amp;gt;Genişlik: 260 cm / Yükseklik: 80 cm&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/div&amp;gt;
 	&amp;lt;/li&amp;gt;
 	&amp;lt;li&amp;gt;
 	&amp;lt;div style=&amp;quot;border:0px solid #e1e1e1; margin-bottom:11px&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;font-size:16pt&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;font-family:Calibri&amp;quot;&amp;gt;Sarkıt Aralıkları: 20 cm&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/div&amp;gt;
 	&amp;lt;/li&amp;gt;
 	&amp;lt;li&amp;gt;
 	&amp;lt;div style=&amp;quot;border:0px solid #e1e1e1; margin-bottom:11px&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;font-size:16pt&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;font-family:Calibri&amp;quot;&amp;gt;Uzun Kalp Sarkıt: 80 cm&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/div&amp;gt;
 	&amp;lt;/li&amp;gt;
 	&amp;lt;li&amp;gt;
 	&amp;lt;div style=&amp;quot;border:0px solid #e1e1e1; margin-bottom:11px&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;font-size:16pt&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;font-family:Calibri&amp;quot;&amp;gt;Kısa Kalp Sarkıt: 50 cm&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/div&amp;gt;
 	&amp;lt;/li&amp;gt;
 	&amp;lt;li&amp;gt;
 	&amp;lt;div style=&amp;quot;border:0px solid #e1e1e1; margin-bottom:11px&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;font-size:16pt&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;font-family:Calibri&amp;quot;&amp;gt;Animasyonlu 8 fonksiyonlu&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/div&amp;gt;
 	&amp;lt;/li&amp;gt;
 	&amp;lt;li&amp;gt;
 	&amp;lt;div style=&amp;quot;border:0px solid #e1e1e1; margin-bottom:11px&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;font-size:16pt&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;font-family:Calibri&amp;quot;&amp;gt;Fiş kablo uzunluğu: 1,5 metre&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/div&amp;gt;
 	&amp;lt;/li&amp;gt;
 	&amp;lt;li&amp;gt;
 	&amp;lt;div&amp;gt;&amp;lt;span style=&amp;quot;font-family:Calibri&amp;quot;&amp;gt;Kalpli perde LED ışık, bir dizi LED ışık kaynağının kalp şeklinde bir deseni veya şekli oluşturmak için kullanıldığı bir aydınlatma ürünüdür. Bu tür LED ışıklar, dekoratif amaçlar için özellikle popülerdir ve özel etkinlikler, tatiller veya romantik anlar için kullanılabilirler. İşte kalpli perde LED ışık kullanımı hakkında bazı temel bilgiler:&amp;lt;/span&amp;gt;&amp;lt;/div&amp;gt;
 	&amp;lt;/li&amp;gt;
 	&amp;lt;li&amp;gt;
 	&amp;lt;p&amp;gt;&amp;lt;span style=&amp;quot;font-family:Calibri&amp;quot;&amp;gt;Montaj: Kalpli perde LED ışıkları, genellikle bir perde veya dize üzerine monte edilmiş bir dizi LEDden oluşur. Bu perdeyi veya diziyi pencereye, duvara, tavana veya istediğiniz herhangi bir yere monte edebilirsiniz.&amp;lt;/span&amp;gt;&amp;lt;/p&amp;gt;
 	&amp;lt;/li&amp;gt;
 	&amp;lt;li&amp;gt;
 	&amp;lt;p&amp;gt;&amp;lt;span style=&amp;quot;font-family:Calibri&amp;quot;&amp;gt;Enerji Kaynağı: Kalpli perde LED ışıklar genellikle bir prize takılarak çalışır. Bu nedenle kullanmadan önce bir priz yakınına yerleştirmeniz gerekir. Bazı modeller ise pil ile çalışabilir.&amp;lt;/span&amp;gt;&amp;lt;/p&amp;gt;
 	&amp;lt;/li&amp;gt;
 	&amp;lt;li&amp;gt;
 	&amp;lt;p&amp;gt;&amp;lt;span style=&amp;quot;font-family:Calibri&amp;quot;&amp;gt;Renk Seçenekleri: Kalpli perde LED ışıklar, farklı renk seçenekleri sunabilir. Kalp şeklindeki LEDler genellikle kırmızı renkte olur, ancak bazı modellerde renk değiştirme veya çok renkli seçenekler bulunabilir.&amp;lt;/span&amp;gt;&amp;lt;/p&amp;gt;
 	&amp;lt;/li&amp;gt;
 	&amp;lt;li&amp;gt;
 	&amp;lt;p&amp;gt;&amp;lt;span style=&amp;quot;font-family:Calibri&amp;quot;&amp;gt;Kontrol Seçenekleri: Bazı kalpli perde LED ışıklar, uzaktan kumanda veya akıllı telefon uygulamaları aracılığıyla kontrol edilebilir. Bu, ışıkların parlaklığını ayarlama, renk değiştirme veya yanıp söndürme gibi özellikleri kullanmanızı sağlar.&amp;lt;/span&amp;gt;&amp;lt;/p&amp;gt;
 	&amp;lt;/li&amp;gt;
 	&amp;lt;li&amp;gt;
 	&amp;lt;p&amp;gt;&amp;lt;span style=&amp;quot;font-family:Calibri&amp;quot;&amp;gt;Dekorasyon: Kalpli perde LED ışıkları, romantik bir atmosfer yaratmak veya özel günlerde dekorasyonunuza eğlenceli bir dokunuş eklemek için mükemmel bir seçenek olabilir. Özellikle sevgililer günü, evlenme teklifleri veya doğum günü partileri gibi özel anlarda kullanabilirsiniz&amp;lt;/span&amp;gt;&amp;lt;/p&amp;gt;
 	&amp;lt;/li&amp;gt;
 &amp;lt;/ul&amp;gt;
 </t>
         </is>
       </c>
-      <c r="F358" s="0" t="n">
+      <c r="F359" s="0" t="n">
         <v>250</v>
       </c>
-      <c r="G358" s="0" t="n">
+      <c r="G359" s="0" t="n">
         <v>250903232430</v>
       </c>
-      <c r="H358" s="0"/>
-      <c r="I358" s="0" t="n">
+      <c r="H359" s="0"/>
+      <c r="I359" s="0" t="n">
         <v>1000</v>
       </c>
-      <c r="J358" s="0" t="inlineStr">
+      <c r="J359" s="0" t="inlineStr">
         <is>
           <t>https://www.realtoptan.com/image/catalog/resimler/kalpppp2.jpg</t>
         </is>
       </c>
-      <c r="K358" s="0" t="inlineStr">
+      <c r="K359" s="0" t="inlineStr">
         <is>
           <t>https://www.realtoptan.com/image/catalog/resimler/kalpppp.jpg</t>
         </is>
       </c>
-      <c r="L358" s="0"/>
-[...9 lines deleted...]
-      <c r="A359" s="0" t="n">
+      <c r="L359" s="0"/>
+      <c r="M359" s="0"/>
+      <c r="N359" s="0"/>
+      <c r="O359" s="0" t="inlineStr">
+        <is>
+          <t>0.00kg</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="360">
+      <c r="A360" s="0" t="n">
         <v>417</v>
       </c>
-      <c r="B359" s="0" t="inlineStr">
+      <c r="B360" s="0" t="inlineStr">
         <is>
           <t>5 Metre Sabit Yanan Modlu 10 Ampul Parti Organizasyon Iç &amp;amp; Dış Mekan 2700K LED Aydınlatma Uzatma Fişli</t>
         </is>
       </c>
-      <c r="C359" s="0" t="inlineStr">
+      <c r="C360" s="0" t="inlineStr">
         <is>
           <t>EV &amp;amp; OFİS ÜRÜNLERİ|HEDİYELİK EŞYA|TV ÜRÜNLERİ|Yeni Ürünler</t>
         </is>
       </c>
-      <c r="D359" s="0" t="inlineStr">
+      <c r="D360" s="0" t="inlineStr">
         <is>
           <t>EV &amp;amp; OFİS ÜRÜNLERİ</t>
         </is>
       </c>
-      <c r="E359" s="0" t="inlineStr">
+      <c r="E360" s="0" t="inlineStr">
         <is>
           <t>&amp;lt;h3&amp;gt;5 Metre Sabit Mod 10 Ampul Parti Organizasyon Iç &amp;amp;amp; Dış Mekan 2700K LED Aydınlatma Uzatma Fişli&amp;lt;/h3&amp;gt;
 &amp;lt;h2&amp;gt;&amp;lt;strong&amp;gt;5 Metre Sabit Mod 10 Ampul Parti Organizasyon İç &amp;amp;amp; Dış Mekan 2700k Led Aydınlatma Uzatma Fişli&amp;lt;/strong&amp;gt;&amp;lt;/h2&amp;gt;
 &amp;lt;p&amp;gt;Bu IP65 sertifikalı konsept süsleme, parti organizasyonlarınızı iç ve dış mekanlarda aydınlatmak için idealdir. 5 metre uzunluğunda, 10 adet 2700K LED ampulle donatılmıştır. Sabit modda çalışır ve suya dayanıklıdır. Uzatma fişli eklemeli kablo ile istediğiniz uzunlukta genişletebilirsiniz.&amp;lt;/p&amp;gt;
 &amp;lt;p&amp;gt;&amp;lt;strong&amp;gt;Ürün Özellikleri:&amp;lt;/strong&amp;gt;&amp;lt;/p&amp;gt;
 &amp;lt;p&amp;gt;&amp;lt;strong&amp;gt;Parti Organizasyonları İçin İdeal:&amp;lt;/strong&amp;gt;&amp;amp;nbsp;Partiler, etkinlikler ve kutlamalar için mükemmel bir aydınlatma çözümüdür.&amp;lt;/p&amp;gt;
 &amp;lt;p&amp;gt;&amp;lt;strong&amp;gt;IP65 Sertifikalı Su Geçirmezlik:&amp;lt;/strong&amp;gt;&amp;amp;nbsp;Dış mekanlarda kullanım için uygun olan IP65 sertifikalı su geçirmez tasarımıyla dayanıklıdır.&amp;lt;/p&amp;gt;
 &amp;lt;p&amp;gt;&amp;lt;strong&amp;gt;5 Metre Uzunluk:&amp;lt;/strong&amp;gt;&amp;amp;nbsp;5 metrelik uzunluk, geniş bir alana yayılmak için idealdir.&amp;lt;/p&amp;gt;
 &amp;lt;p&amp;gt;&amp;lt;strong&amp;gt;10 Ampul ve 2700K LED Aydınlatma:&amp;lt;/strong&amp;gt;&amp;amp;nbsp;10 adet ampul, 2700K sıcak beyaz LED aydınlatma ile atmosferi aydınlatır.&amp;lt;/p&amp;gt;
 &amp;lt;p&amp;gt;&amp;lt;strong&amp;gt;Sabit Mod:&amp;lt;/strong&amp;gt;&amp;amp;nbsp;Sabit modda çalışarak istikrarlı bir aydınlatma sunar.&amp;lt;/p&amp;gt;
 &amp;lt;p&amp;gt;&amp;lt;strong&amp;gt;Uzatma Fişli Eklemeli Kablo:&amp;lt;/strong&amp;gt;&amp;amp;nbsp;Uzatma fişli eklemeli kablo ile istediğiniz uzunlukta genişletebilirsiniz.&amp;lt;/p&amp;gt;
 &amp;lt;p&amp;gt;Bu konsept süsleme, partilerinizi iç ve dış mekanlarda aydınlatmak için ideal bir seçenektir. Su geçirmez tasarımıyla dış mekanlarda güvenle kullanabilir ve genişletilebilir yapısıyla istediğiniz uzunluğa ulaşabilirsiniz.&amp;lt;/p&amp;gt;
 &amp;lt;p&amp;gt;Paket İçeriği: 1 x 10 Ampul Dış Mekan Led Aydınlatma&amp;amp;nbsp;&amp;lt;/p&amp;gt;
 </t>
         </is>
       </c>
-      <c r="F359" s="0" t="n">
+      <c r="F360" s="0" t="n">
         <v>400</v>
       </c>
-      <c r="G359" s="0" t="n">
+      <c r="G360" s="0" t="n">
         <v>250904232142</v>
       </c>
-      <c r="H359" s="0"/>
-      <c r="I359" s="0" t="n">
+      <c r="H360" s="0"/>
+      <c r="I360" s="0" t="n">
         <v>0</v>
       </c>
-      <c r="J359" s="0" t="inlineStr">
+      <c r="J360" s="0" t="inlineStr">
         <is>
           <t>https://www.realtoptan.com/image/catalog/resimler/fis.jpg</t>
         </is>
       </c>
-      <c r="K359" s="0" t="inlineStr">
+      <c r="K360" s="0" t="inlineStr">
         <is>
           <t>https://www.realtoptan.com/image/catalog/resimler/fis2.jpg</t>
         </is>
       </c>
-      <c r="L359" s="0" t="inlineStr">
+      <c r="L360" s="0" t="inlineStr">
         <is>
           <t>https://www.realtoptan.com/image/catalog/resimler/fis3.jpg</t>
         </is>
       </c>
-      <c r="M359" s="0" t="inlineStr">
+      <c r="M360" s="0" t="inlineStr">
         <is>
           <t>https://www.realtoptan.com/image/catalog/resimler/fis4.jpg</t>
         </is>
       </c>
-      <c r="N359" s="0"/>
-[...7 lines deleted...]
-      <c r="A360" s="0" t="n">
+      <c r="N360" s="0"/>
+      <c r="O360" s="0" t="inlineStr">
+        <is>
+          <t>0.00kg</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="361">
+      <c r="A361" s="0" t="n">
         <v>418</v>
       </c>
-      <c r="B360" s="0" t="inlineStr">
+      <c r="B361" s="0" t="inlineStr">
         <is>
           <t>Rustik Ampul İkili Solar Duvar Aplik Güneş Enerjili Hareket Sensörlü</t>
         </is>
       </c>
-      <c r="C360" s="0" t="inlineStr">
+      <c r="C361" s="0" t="inlineStr">
         <is>
           <t>EV &amp;amp; OFİS ÜRÜNLERİ|HEDİYELİK EŞYA|TV ÜRÜNLERİ|KAMP VE OUTDOOR|Yeni Ürünler</t>
         </is>
       </c>
-      <c r="D360" s="0" t="inlineStr">
+      <c r="D361" s="0" t="inlineStr">
         <is>
           <t>EV &amp;amp; OFİS ÜRÜNLERİ</t>
         </is>
       </c>
-      <c r="E360" s="0" t="inlineStr">
+      <c r="E361" s="0" t="inlineStr">
         <is>
           <t>&amp;lt;ul style=&amp;quot;margin-left:18px&amp;quot;&amp;gt;
 	&amp;lt;li&amp;gt;&amp;lt;span style=&amp;quot;color:#0f1111&amp;quot;&amp;gt;Yenilikçi Tasarım: Bu güneş enerjili ışık etkileşimli duvar lambası, her mekana zarafet katan benzersiz ve şık bir tasarıma sahiptir.&amp;lt;/span&amp;gt;&amp;lt;/li&amp;gt;
 	&amp;lt;li&amp;gt;&amp;lt;span style=&amp;quot;color:#0f1111&amp;quot;&amp;gt;Enerji Tasarrufu: 1800mAh şarj edilebilir pille çalışan bu lamba, güneşin gücünden yararlanarak çevre dostu ve uygun maliyetli bir aydınlatma çözümüdür.&amp;lt;/span&amp;gt;&amp;lt;/li&amp;gt;
 	&amp;lt;li&amp;gt;&amp;lt;span style=&amp;quot;color:#0f1111&amp;quot;&amp;gt;Çift LED Işık: İki adet enerji tasarruflu LED ışıkla donatılan bu lamba, iç veya dış mekanlarınız için yeterli aydınlatma sağlar.&amp;lt;/span&amp;gt;&amp;lt;/li&amp;gt;
 	&amp;lt;li&amp;gt;&amp;lt;span style=&amp;quot;color:#0f1111&amp;quot;&amp;gt;Çok Yönlü Kullanım: 5V voltaj ve 2W güç çıkışı ile bu lamba, vurgu aydınlatması, görev aydınlatması veya dekoratif amaçlar gibi çeşitli amaçlar için kullanılabilir.&amp;lt;/span&amp;gt;&amp;lt;/li&amp;gt;
 	&amp;lt;li&amp;gt;&amp;lt;span style=&amp;quot;color:#0f1111&amp;quot;&amp;gt;2 LED'li Güneş Enerjili Etkileşimli Duvar Lambası, 5.5V, 2W, 1800mAh&amp;lt;/span&amp;gt;&amp;lt;/li&amp;gt;
 &amp;lt;/ul&amp;gt;
 </t>
         </is>
       </c>
-      <c r="F360" s="0" t="n">
+      <c r="F361" s="0" t="n">
         <v>150</v>
       </c>
-      <c r="G360" s="0" t="n">
+      <c r="G361" s="0" t="n">
         <v>250904232804</v>
       </c>
-      <c r="H360" s="0"/>
-      <c r="I360" s="0" t="n">
+      <c r="H361" s="0"/>
+      <c r="I361" s="0" t="n">
         <v>1000</v>
       </c>
-      <c r="J360" s="0" t="inlineStr">
-[...23 lines deleted...]
-      <c r="A361" s="0" t="n">
+      <c r="J361" s="0" t="inlineStr">
+        <is>
+          <t>https://www.realtoptan.com/image/catalog/site_resimler/SİTE RESİMLERİ/ikili_Solar_11.png</t>
+        </is>
+      </c>
+      <c r="K361" s="0" t="inlineStr">
+        <is>
+          <t>https://www.realtoptan.com/image/catalog/site_resimler/SİTE RESİMLERİ/ikili_3.png</t>
+        </is>
+      </c>
+      <c r="L361" s="0" t="inlineStr">
+        <is>
+          <t>https://www.realtoptan.com/image/catalog/site_resimler/SİTE RESİMLERİ/ikili_solar_22.png</t>
+        </is>
+      </c>
+      <c r="M361" s="0" t="inlineStr">
+        <is>
+          <t>https://www.realtoptan.com/image/catalog/site_resimler/SİTE RESİMLERİ/ikili_solar_33.png</t>
+        </is>
+      </c>
+      <c r="N361" s="0" t="inlineStr">
+        <is>
+          <t>https://www.realtoptan.com/image/catalog/site_resimler/SİTE RESİMLERİ/ikili_2.png</t>
+        </is>
+      </c>
+      <c r="O361" s="0" t="inlineStr">
+        <is>
+          <t>0.00kg</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="362">
+      <c r="A362" s="0" t="n">
         <v>419</v>
       </c>
-      <c r="B361" s="0" t="inlineStr">
+      <c r="B362" s="0" t="inlineStr">
         <is>
           <t>20 Ledli Hareket Sensörlü Dış Mekan Solar Lamba</t>
         </is>
       </c>
-      <c r="C361" s="0" t="inlineStr">
+      <c r="C362" s="0" t="inlineStr">
         <is>
           <t>EV &amp;amp; OFİS ÜRÜNLERİ|HEDİYELİK EŞYA|TV ÜRÜNLERİ|KAMP VE OUTDOOR|Yeni Ürünler</t>
         </is>
       </c>
-      <c r="D361" s="0" t="inlineStr">
+      <c r="D362" s="0" t="inlineStr">
         <is>
           <t>EV &amp;amp; OFİS ÜRÜNLERİ</t>
         </is>
       </c>
-      <c r="E361" s="0" t="inlineStr">
+      <c r="E362" s="0" t="inlineStr">
         <is>
           <t>&amp;lt;p&amp;gt;&amp;lt;strong&amp;gt;Solar Hareket Sensörlü Dış Mekan için Uygun Lamba&amp;lt;/strong&amp;gt;&amp;lt;/p&amp;gt;
 &amp;lt;p&amp;gt;Bahçe balkon teras gibi dış mekanlarınız aydınlık ve dekoratif olması için güneş enerjili solar bahçe aydınlatma – solar lamba. Solar güneş enerjili bahçe aydınlatmanız sabahleyin güneş enerjisi ile kendini şarj eder, gece olunca sensörü sayesinde otomatik yanar. Balkonda , bahçede , pencerede , terasta kabloya gereksinim duymadan kolayca kullanabilirsiniz. Ürün Özellikleri Hareket sensörlüdür. Açma kapama tuşu vardır. Güneş enerjisi ile şarj olur. 20 adet led ışığı vardır.&amp;lt;/p&amp;gt;
 &amp;lt;p&amp;gt;Paket İçeriği : 1 Adet Hareket Sensörlü Solar Dış Mekan Lambası&amp;lt;/p&amp;gt;
 </t>
         </is>
       </c>
-      <c r="F361" s="0" t="n">
+      <c r="F362" s="0" t="n">
         <v>125</v>
       </c>
-      <c r="G361" s="0" t="n">
+      <c r="G362" s="0" t="n">
         <v>250904233140</v>
       </c>
-      <c r="H361" s="0"/>
-      <c r="I361" s="0" t="n">
+      <c r="H362" s="0"/>
+      <c r="I362" s="0" t="n">
         <v>1000</v>
       </c>
-      <c r="J361" s="0" t="inlineStr">
-[...23 lines deleted...]
-      <c r="A362" s="0" t="n">
+      <c r="J362" s="0" t="inlineStr">
+        <is>
+          <t>https://www.realtoptan.com/image/catalog/site_resimler/SİTE RESİMLERİ/kose_solar_1.png</t>
+        </is>
+      </c>
+      <c r="K362" s="0" t="inlineStr">
+        <is>
+          <t>https://www.realtoptan.com/image/catalog/site_resimler/SİTE RESİMLERİ/kose_solar_2.png</t>
+        </is>
+      </c>
+      <c r="L362" s="0" t="inlineStr">
+        <is>
+          <t>https://www.realtoptan.com/image/catalog/site_resimler/SİTE RESİMLERİ/kose_solar_3.png</t>
+        </is>
+      </c>
+      <c r="M362" s="0"/>
+      <c r="N362" s="0"/>
+      <c r="O362" s="0" t="inlineStr">
+        <is>
+          <t>0.00kg</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="363">
+      <c r="A363" s="0" t="n">
         <v>420</v>
       </c>
-      <c r="B362" s="0" t="inlineStr">
+      <c r="B363" s="0" t="inlineStr">
         <is>
           <t>100 Led DIŞ Mekan Solar Aydınlatma Fotoselli Solar Lamba Hareket Sensörlü</t>
         </is>
       </c>
-      <c r="C362" s="0" t="inlineStr">
+      <c r="C363" s="0" t="inlineStr">
         <is>
           <t>EV &amp;amp; OFİS ÜRÜNLERİ|HEDİYELİK EŞYA|TV ÜRÜNLERİ|Yeni Ürünler</t>
         </is>
       </c>
-      <c r="D362" s="0" t="inlineStr">
+      <c r="D363" s="0" t="inlineStr">
         <is>
           <t>EV &amp;amp; OFİS ÜRÜNLERİ</t>
         </is>
       </c>
-      <c r="E362" s="0" t="inlineStr">
+      <c r="E363" s="0" t="inlineStr">
         <is>
           <t>&amp;lt;p&amp;gt;&amp;lt;strong&amp;gt;&amp;lt;em&amp;gt;100 LED güneş lambası :&amp;lt;/em&amp;gt;&amp;lt;/strong&amp;gt;&amp;lt;strong&amp;gt;dış mekan güneş lambası, mükemmel aydınlatma sağlayan 100 ultra-parlak LED boncuk ile donatılmıştır. Lamba doğrudan güneş ışığında 8-12 saat şarj edilebilir ve verilen vida ile monte edilebilir.&amp;lt;/strong&amp;gt;&amp;lt;/p&amp;gt;
 &amp;lt;p&amp;gt;&amp;lt;em&amp;gt;&amp;lt;strong&amp;gt;270 ° geniş açı :&amp;lt;/strong&amp;gt;&amp;lt;/em&amp;gt;&amp;lt;strong&amp;gt;güneş güvenlik lambalarımız üç yerine dört tarafta tasarlanmıştır. Yükseltilmiş gece ışıklarımız yaklaşık üç kat daha fazla alanı kaplayacak. Aydınlatma açısı 270 ° 'ye kadar ulaşabilir.&amp;lt;/strong&amp;gt;&amp;lt;/p&amp;gt;
 &amp;lt;p&amp;gt;&amp;lt;em&amp;gt;&amp;lt;strong&amp;gt;120 ° sensör aralığı :&amp;lt;/strong&amp;gt;&amp;lt;/em&amp;gt;&amp;lt;strong&amp;gt;yükseltilmiş hareket sensörü 120 ° aralığına kadar algılayabilir ve sensör uzunluğu size daha uzun bir indüksiyon mesafesi sağlamak için 26 feet'dir. Gece yürürken lamba size güvenlik ve kolaylık sağlayacaktır.&amp;lt;/strong&amp;gt;&amp;lt;/p&amp;gt;
 &amp;lt;p&amp;gt;&amp;lt;strong&amp;gt;&amp;lt;em&amp;gt;3 aydınlatma modu :&amp;lt;/em&amp;gt;&amp;lt;/strong&amp;gt;&amp;lt;strong&amp;gt;üç farklı mod seçebilirsiniz&amp;lt;/strong&amp;gt;&amp;lt;strong&amp;gt;. Mod 1: İnsan indüksiyon modu. Mod 2: İnsan etkileşimi + hafif mod. Mod 3: hafif mod. 1 saniye boyunca üstteki düğmeye basarak modu değiştirebilirsiniz.&amp;lt;/strong&amp;gt;&amp;lt;/p&amp;gt;
 &amp;lt;p&amp;gt;&amp;lt;em&amp;gt;&amp;lt;strong&amp;gt;Su geçirmez IP65 ve enerji tasarrufu&amp;lt;/strong&amp;gt;&amp;lt;/em&amp;gt;&amp;amp;nbsp;:&amp;amp;nbsp;&amp;lt;strong&amp;gt;lamba yüksek mukavemetli abs'den yapılmıştır ve kar, yağmur ve diğer aşırı hava koşullarına dayanabilir. IP65 su geçirmez ve ısı geçirmez tasarım açık, bahçe, teras avlu, güverte, şerit, vb için uygun hale getirir.&amp;lt;/strong&amp;gt;&amp;lt;/p&amp;gt;
 &amp;lt;p&amp;gt;&amp;lt;strong&amp;gt;Kablosuz hareket sensörü ışıkları güneş ışığı PIR hareket sensörüne sahiptir, kablo gerektirmez. Hareket 10-26 ft içinde algılandığında ışık aktive edilir. Işığın açık olduğu 30 saniye boyunca başka bir hareket algılanmazsa, ışık söner. Sağlanan vidalarla güneş enerjili duvar ışıklarını takın ve 7-9 saat boyunca doğrudan güneş ışığı altında tamamen şarj edin. Önerilen optimum kurulum yüksekliği: 6-14 ft.&amp;lt;/strong&amp;gt;&amp;lt;/p&amp;gt;
 &amp;lt;p&amp;gt;&amp;lt;em&amp;gt;&amp;lt;strong&amp;gt;Çeşitli avantajlar:&amp;lt;/strong&amp;gt;&amp;lt;/em&amp;gt;&amp;lt;strong&amp;gt;100LEDs güneş su geçirmez dört taraflı insan vücudu indüksiyon duvar lambası kullanımı kolaydır. Gösterge lambası görüntüleme fonksiyonu eklenir. Enerji tasarrufu, çevre koruma, dayanıklı, kullanımı kolaydır. Buna ek olarak, uzun ömürlü, düşük arıza onarım oranı, yüksek radyasyonsuz stabilite, basit kurulum (ürünü açık güneş parlayan duvarda sabitlemek için sadece iki vida), akıllı ışık indüksiyon kontrolü, ayar yok, vb.&amp;lt;/strong&amp;gt;&amp;lt;/p&amp;gt;
 &amp;lt;p&amp;gt;&amp;lt;img src=&amp;quot;https://cdn03.ciceksepeti.com/images/product/kcm48590804/57513aef-21ba-4aca-81e4-e3de87b0122d.jpg&amp;quot; /&amp;gt;&amp;lt;/p&amp;gt;
 </t>
         </is>
       </c>
-      <c r="F362" s="0" t="n">
+      <c r="F363" s="0" t="n">
         <v>150</v>
       </c>
-      <c r="G362" s="0" t="n">
+      <c r="G363" s="0" t="n">
         <v>250904233501</v>
       </c>
-      <c r="H362" s="0"/>
-      <c r="I362" s="0" t="n">
+      <c r="H363" s="0"/>
+      <c r="I363" s="0" t="n">
         <v>1000</v>
       </c>
-      <c r="J362" s="0" t="inlineStr">
-[...14 lines deleted...]
-      <c r="M362" s="0" t="inlineStr">
+      <c r="J363" s="0" t="inlineStr">
+        <is>
+          <t>https://www.realtoptan.com/image/catalog/site_resimler/SİTE RESİMLERİ/dort_kose_1(2).png</t>
+        </is>
+      </c>
+      <c r="K363" s="0" t="inlineStr">
+        <is>
+          <t>https://www.realtoptan.com/image/catalog/site_resimler/SİTE RESİMLERİ/dort_kose_3(2).png</t>
+        </is>
+      </c>
+      <c r="L363" s="0" t="inlineStr">
+        <is>
+          <t>https://www.realtoptan.com/image/catalog/site_resimler/SİTE RESİMLERİ/dort_kose_2(2).png</t>
+        </is>
+      </c>
+      <c r="M363" s="0" t="inlineStr">
         <is>
           <t>https://www.realtoptan.com/image/catalog/resimler/dortlu4.jpg</t>
         </is>
       </c>
-      <c r="N362" s="0" t="inlineStr">
+      <c r="N363" s="0" t="inlineStr">
         <is>
           <t>https://www.realtoptan.com/image/catalog/resimler/dortlu5.jpg</t>
         </is>
       </c>
-      <c r="O362" s="0" t="inlineStr">
-[...6 lines deleted...]
-      <c r="A363" s="0" t="n">
+      <c r="O363" s="0" t="inlineStr">
+        <is>
+          <t>0.00kg</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="364">
+      <c r="A364" s="0" t="n">
         <v>421</v>
       </c>
-      <c r="B363" s="0" t="inlineStr">
+      <c r="B364" s="0" t="inlineStr">
         <is>
           <t>Güneş Enerjili Bahçe Aydınlatması Aplik Dekor Solar Ve Sensörlü Bahçe Balkon ve Garaj Lambası</t>
         </is>
       </c>
-      <c r="C363" s="0" t="inlineStr">
+      <c r="C364" s="0" t="inlineStr">
         <is>
           <t>EV &amp;amp; OFİS ÜRÜNLERİ|TV ÜRÜNLERİ|KAMP VE OUTDOOR|Yeni Ürünler</t>
         </is>
       </c>
-      <c r="D363" s="0" t="inlineStr">
+      <c r="D364" s="0" t="inlineStr">
         <is>
           <t>EV &amp;amp; OFİS ÜRÜNLERİ</t>
         </is>
       </c>
-      <c r="E363" s="0" t="inlineStr">
+      <c r="E364" s="0" t="inlineStr">
         <is>
           <t>&amp;lt;h1&amp;gt;Güneş Enerjili Bahçe Aydınlatması Aplik Dekor Solar Ve Sensörlü Bahçe Balkon ve Garaj Lambası&amp;lt;/h1&amp;gt;
 &amp;lt;p&amp;gt;&amp;amp;nbsp;&amp;lt;/p&amp;gt;
 &amp;lt;p&amp;gt;&amp;lt;strong&amp;gt;Teknik Detaylar:&amp;lt;/strong&amp;gt;&amp;lt;/p&amp;gt;
 &amp;lt;p&amp;gt;&amp;lt;strong&amp;gt;Pil Kapasitesi&amp;amp;nbsp;&amp;lt;/strong&amp;gt;: 1800 mAh yüksek kapasiteli pil ile donatılmış&amp;amp;nbsp;tır.&amp;lt;/p&amp;gt;
 &amp;lt;p&amp;gt;&amp;lt;strong&amp;gt;Görü&amp;amp;nbsp;&amp;lt;/strong&amp;gt;&amp;lt;strong&amp;gt;ş&amp;lt;/strong&amp;gt;&amp;amp;nbsp;&amp;lt;strong&amp;gt;Açısı&amp;amp;nbsp;&amp;lt;/strong&amp;gt;: 120 derecelik geniş&amp;amp;nbsp;görüş&amp;amp;nbsp;açısı.&amp;lt;/p&amp;gt;
 &amp;lt;p&amp;gt;&amp;lt;strong&amp;gt;Aydınlatma Süresi&amp;amp;nbsp;&amp;lt;/strong&amp;gt;: Tamş&amp;amp;nbsp;arj ile 6-8 saate kadar aydınlatma.&amp;lt;/p&amp;gt;
 &amp;lt;p&amp;gt;&amp;lt;strong&amp;gt;Sensör Algılama Mesafesi&amp;amp;nbsp;&amp;lt;/strong&amp;gt;: 5-8 metre arası geniş&amp;amp;nbsp;algılama alanı.&amp;lt;/p&amp;gt;
 &amp;lt;p&amp;gt;&amp;lt;strong&amp;gt;Enerji Alımı&amp;amp;nbsp;&amp;lt;/strong&amp;gt;: Yüksek verimli solar panel ile enerji alımı.&amp;lt;/p&amp;gt;
 &amp;lt;p&amp;gt;&amp;lt;strong&amp;gt;Su ve Ya&amp;amp;nbsp;&amp;lt;/strong&amp;gt;&amp;lt;strong&amp;gt;ğ&amp;lt;/strong&amp;gt;&amp;amp;nbsp;&amp;lt;strong&amp;gt;mur Dayanıklılı&amp;amp;nbsp;&amp;lt;/strong&amp;gt;&amp;lt;strong&amp;gt;ğ&amp;lt;/strong&amp;gt;&amp;amp;nbsp;&amp;lt;strong&amp;gt;ı&amp;amp;nbsp;&amp;lt;/strong&amp;gt;: IP65 su geçirmezlik sertifikası.&amp;lt;/p&amp;gt;
 &amp;lt;p&amp;gt;&amp;lt;strong&amp;gt;Otomatik Açılma&amp;amp;nbsp;&amp;lt;/strong&amp;gt;: Hareket algılandığ&amp;amp;nbsp;ında otomatik açılma özelliği.&amp;lt;/p&amp;gt;
 &amp;lt;p&amp;gt;&amp;lt;strong&amp;gt;Çok Fonksiyonlu Kullanım&amp;amp;nbsp;&amp;lt;/strong&amp;gt;: Cafe ve Çay Bahçeleri, Teraslar, Bahçeler, Tüm Dış&amp;amp;nbsp;Mekanlar ve Garaj Kapısı Önleri için ideal.&amp;lt;/p&amp;gt;
 &amp;lt;p&amp;gt;&amp;lt;strong&amp;gt;Estetik ve&amp;amp;nbsp;&amp;lt;/strong&amp;gt;&amp;lt;strong&amp;gt;Ş&amp;lt;/strong&amp;gt;&amp;amp;nbsp;&amp;lt;strong&amp;gt;ık Tasarım&amp;amp;nbsp;&amp;lt;/strong&amp;gt;: Her çevreye uyum sağ&amp;amp;nbsp;layan modern görünüm.&amp;lt;/p&amp;gt;
 &amp;lt;p&amp;gt;&amp;lt;strong&amp;gt;Ürün Ölçüleri&amp;amp;nbsp;&amp;lt;/strong&amp;gt;: Geniş&amp;amp;nbsp;lik 120 mm, yükseklik 170 mm, derinlik 58 mm.&amp;lt;/p&amp;gt;
 &amp;lt;p&amp;gt;&amp;amp;nbsp;&amp;lt;/p&amp;gt;
 &amp;lt;p&amp;gt;&amp;lt;img alt=&amp;quot;&amp;quot; src=&amp;quot;https://static.ticimax.cloud/cdn-cgi/image/width=1260,quality=99/59347//uploads/editoruploads/u-44-dkh-dul-02-hb1-9-1000x1000.png&amp;quot; /&amp;gt;&amp;lt;/p&amp;gt;
 &amp;lt;p&amp;gt;&amp;amp;nbsp;&amp;lt;/p&amp;gt;
 &amp;lt;p&amp;gt;&amp;amp;nbsp;&amp;lt;/p&amp;gt;
 &amp;lt;p&amp;gt;☀️Güneş Enerjisiyle Çalışma: Bu dış mekan lambası, güneş ışığını yakalayan yüksek verimli panellerle donatılmıştır. Güneş enerjisini elektriğe dönüştürerek çevre dostu bir aydınlatma sağlar ve enerji maliyetlerinizden tasarruf etmenize yardımcı olur.&amp;amp;nbsp;&amp;lt;/p&amp;gt;
 &amp;lt;p&amp;gt;????Kolay Kurulum: Kablo çekme derdine son veren bu ürün, kolay montaj için gereken vida ve dübel setiyle birlikte gelir. Sadece uygun bir yere monte edin ve kullanmaya başlayın, ekstra araçlara veya profesyonel yardıma ihtiyaç duymadan.&amp;amp;nbsp;&amp;lt;/p&amp;gt;
 &amp;lt;p&amp;gt;????‍♂️Otomatik Sensör: İleri hareket algılama teknolojisi sayesinde, lamba hareketi algıladığında otomatik olarak yanar ve belli bir süre hareket olmadığında enerji tasarrufu için kendiliğinden kapanır.&amp;lt;/p&amp;gt;
 &amp;lt;p&amp;gt;&amp;amp;nbsp;&amp;lt;/p&amp;gt;
 &amp;lt;p&amp;gt;&amp;amp;nbsp;&amp;lt;/p&amp;gt;
 &amp;lt;p&amp;gt;&amp;lt;img alt=&amp;quot;&amp;quot; src=&amp;quot;https://static.ticimax.cloud/cdn-cgi/image/width=1260,quality=99/59347//uploads/editoruploads/u-44-dkh-dul-02-hb1-2-1000x1000.png&amp;quot; /&amp;gt;&amp;lt;/p&amp;gt;
 &amp;lt;p&amp;gt;&amp;amp;nbsp;&amp;lt;/p&amp;gt;
@@ -26833,579 +27090,583 @@
 &amp;lt;p&amp;gt;&amp;amp;nbsp;????Geniş Algılama Aralığı: Lambanın 120 derece geniş sensör açısı ve 5-8 metre algılama mesafesi, geniş bir alanda hareketi algılayarak otomatik aydınlatmanın etkinliğini artırır.&amp;lt;/p&amp;gt;
 &amp;lt;p&amp;gt;&amp;amp;nbsp;&amp;lt;/p&amp;gt;
 &amp;lt;p&amp;gt;&amp;lt;img alt=&amp;quot;&amp;quot; src=&amp;quot;https://static.ticimax.cloud/cdn-cgi/image/width=1260,quality=99/59347//uploads/editoruploads/u-44-dkh-dul-02-hb1-4-1000x1000.png&amp;quot; /&amp;gt;&amp;lt;/p&amp;gt;
 &amp;lt;p&amp;gt;&amp;amp;nbsp;&amp;lt;/p&amp;gt;
 &amp;lt;p&amp;gt;&amp;amp;nbsp;&amp;lt;/p&amp;gt;
 &amp;lt;p&amp;gt;&amp;amp;nbsp;&amp;lt;/p&amp;gt;
 &amp;lt;p&amp;gt;????️Dayanıklı Yapı: Kaliteli malzemelerle üretilen bu lamba, sert hava koşullarına ve fiziksel darbelere karşı dayanıklılık sunar, böylece dış mekanlarda uzun süreli kullanım için idealdir.&amp;amp;nbsp;&amp;lt;/p&amp;gt;
 &amp;lt;p&amp;gt;????Enerji Verimli LED: Yüksek verimlilikte LED ampul, daha az enerji harcayarak mükemmel aydınlatma sunar. Bu sayede enerji faturalarınız düşerken, çevresel etkinizi de azaltmış olursunuz.&amp;amp;nbsp;&amp;lt;/p&amp;gt;
 &amp;lt;p&amp;gt;????Estetik Tasarım: Şık ve modern tasarımıyla bu lamba, her türlü dış mekan alanına sofistike bir görünüm katar. Gerek giriş yollarında gerek bahçe duvarlarında, estetik ve işlevsel bir aydınlatma çözümü sunar.&amp;lt;/p&amp;gt;
 &amp;lt;p&amp;gt;&amp;amp;nbsp;&amp;lt;/p&amp;gt;
 &amp;lt;p&amp;gt;&amp;lt;img alt=&amp;quot;&amp;quot; src=&amp;quot;https://static.ticimax.cloud/cdn-cgi/image/width=1260,quality=99/59347//uploads/editoruploads/u-44-dkh-dul-02-hb1-6-1000x1000.png&amp;quot; /&amp;gt;&amp;lt;/p&amp;gt;
 &amp;lt;p&amp;gt;&amp;amp;nbsp;&amp;lt;/p&amp;gt;
 &amp;lt;p&amp;gt;&amp;amp;nbsp;&amp;lt;/p&amp;gt;
 &amp;lt;p&amp;gt;&amp;amp;nbsp;&amp;lt;/p&amp;gt;
 &amp;lt;p&amp;gt;&amp;amp;nbsp;&amp;lt;/p&amp;gt;
 &amp;lt;p&amp;gt;✨Güneşin Enerjisini Aydınlığa Dönüştürün!&amp;amp;nbsp;&amp;lt;/p&amp;gt;
 &amp;lt;p&amp;gt;????Evrensel enerji güneşi kullanarak evinizi, bahçenizi ya da iş yerinizi aydınlatmaya ne dersiniz? Yüksek kapasiteli 1800 mAh pili ile 6-8 saat kesintisiz aydınlatma sunan bu Solar Duvar Lambası, sadece enerji tasarrufu değil, aynı zamanda çevre dostu bir çözüm arayanlar için idealdir.&amp;amp;nbsp;&amp;lt;/p&amp;gt;
 &amp;lt;p&amp;gt;????️Yağmur ya da fırtına gibi dış mekan koşullarına karşı IP65 su geçirmezlik sertifikasına sahip olan bu lamba, zorlu iklim şartlarına karşı dayanıklıdır. Hem fonksiyonel hem de estetik bir tasarıma sahip bu ürün, herhangi bir dış mekan alanına zarif ve modern bir dokunuş katar.&amp;amp;nbsp;&amp;lt;/p&amp;gt;
 &amp;lt;p&amp;gt;????Kurulumu son derece basit olan bu lambayı, evinizin dış duvarına, garajınıza ya da bahçe yollarına kolayca monte edebilirsiniz. Ürünün boyutları ideal ölçülerde olup (Genişlik: 120 mm, Yükseklik: 170 mm, Derinlik: 58 mm), herhangi bir yerde rahatça kullanabilirsiniz.&amp;amp;nbsp;&amp;lt;/p&amp;gt;
 &amp;lt;p&amp;gt;Bu Solar Duvar Lambası ile güneşin sınırsız enerjisini,&amp;amp;nbsp;????gece boyunca sürecek bir aydınlığa dönüştürün. Bugün enerji verimli ve şık çözümlerimizle tanışın, dış mekanlarınızda fark yaratın!&amp;lt;/p&amp;gt;
 &amp;lt;p&amp;gt;&amp;amp;nbsp;&amp;lt;/p&amp;gt;
 &amp;lt;p&amp;gt;&amp;amp;nbsp;&amp;lt;/p&amp;gt;
 </t>
         </is>
       </c>
-      <c r="F363" s="0" t="n">
+      <c r="F364" s="0" t="n">
         <v>150</v>
       </c>
-      <c r="G363" s="0" t="n">
+      <c r="G364" s="0" t="n">
         <v>250904233834</v>
       </c>
-      <c r="H363" s="0"/>
-      <c r="I363" s="0" t="n">
+      <c r="H364" s="0"/>
+      <c r="I364" s="0" t="n">
         <v>1000</v>
       </c>
-      <c r="J363" s="0" t="inlineStr">
-[...27 lines deleted...]
-      <c r="A364" s="0" t="n">
+      <c r="J364" s="0" t="inlineStr">
+        <is>
+          <t>https://www.realtoptan.com/image/catalog/site_resimler/SİTE RESİMLERİ/ampul_solar_1.png</t>
+        </is>
+      </c>
+      <c r="K364" s="0" t="inlineStr">
+        <is>
+          <t>https://www.realtoptan.com/image/catalog/site_resimler/SİTE RESİMLERİ/ampul_solar_3.png</t>
+        </is>
+      </c>
+      <c r="L364" s="0" t="inlineStr">
+        <is>
+          <t>https://www.realtoptan.com/image/catalog/site_resimler/SİTE RESİMLERİ/ampul_solar_2.png</t>
+        </is>
+      </c>
+      <c r="M364" s="0" t="inlineStr">
+        <is>
+          <t>https://www.realtoptan.com/image/catalog/site_resimler/SİTE RESİMLERİ/ampul_solar_4.png</t>
+        </is>
+      </c>
+      <c r="N364" s="0"/>
+      <c r="O364" s="0" t="inlineStr">
+        <is>
+          <t>0.00kg</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="365">
+      <c r="A365" s="0" t="n">
         <v>422</v>
       </c>
-      <c r="B364" s="0" t="inlineStr">
+      <c r="B365" s="0" t="inlineStr">
         <is>
           <t>2 Adet Modern Solar Çift Taraflı Aplik Güneş Enerjili Aydınlatma Dekorasyon Duvar Lamba</t>
         </is>
       </c>
-      <c r="C364" s="0" t="inlineStr">
+      <c r="C365" s="0" t="inlineStr">
         <is>
           <t>EV &amp;amp; OFİS ÜRÜNLERİ|TV ÜRÜNLERİ|KAMP VE OUTDOOR|Yeni Ürünler</t>
         </is>
       </c>
-      <c r="D364" s="0" t="inlineStr">
+      <c r="D365" s="0" t="inlineStr">
         <is>
           <t>EV &amp;amp; OFİS ÜRÜNLERİ</t>
         </is>
       </c>
-      <c r="E364" s="0" t="inlineStr">
+      <c r="E365" s="0" t="inlineStr">
         <is>
           <t>&amp;lt;p&amp;gt;&amp;amp;nbsp;&amp;lt;/p&amp;gt;
 &amp;lt;p&amp;gt;2Adet Modern Solar Çift Taraflı Aplik Güneş Enerjili Aydınlatma Dekorasyon Duvar Lamba Gün Işığı Modern ve Şık görüntüsüyle Harika bir dekoratif aydınlatma ürünüdür. 2 Adet gönderilecektir. Güneş Enerjisi ile çalışmaktadır. Dış Cephe , Balkon, Bahçe , Dış mekan , Merdiven peyzaj alanı gibi alanlarınızı Elektriğe ihtiyaç duymadan zenginleştirerek keyifli bir ortam oluşturabilirsiniz. Kullanacağınız alanda ana ışık kaynağı olarak düşünmemelisiniz , daha çok modern dekoratif bir tasarım ürünüdür. Güneş ışığını alarak şarj olur ve karanlık olunca sarı renkte yanar. Tasarımı sayesinde IP65 dış koşullara karşı dayanıklıdır , su geçirmez. mağazamızın göndereceği ürün görseldeki gibidir.&amp;lt;/p&amp;gt;
 &amp;lt;p&amp;gt;Işık kaynağı: 2 LED SMD lamba yuvası (yukarı ve aşağı ışık)&amp;lt;/p&amp;gt;
 &amp;lt;p&amp;gt;Şarj süresi: 6 saatten fazla , anahtarı ve güneşi açın&amp;lt;/p&amp;gt;
 &amp;lt;p&amp;gt;Pil: 600Mah Ni-MH pil&amp;lt;/p&amp;gt;
 &amp;lt;p&amp;gt;Açık renk: sıcak ışık,Gün Işığı renkli ışık&amp;lt;/p&amp;gt;
 &amp;lt;p&amp;gt;GÜNEŞ PANELI: 2V/200ma GÜNEŞ PANELI&amp;lt;/p&amp;gt;
 &amp;lt;p&amp;gt;Malzeme ABS plastik + PC (korozyon önleyici)&amp;lt;/p&amp;gt;
 &amp;lt;p&amp;gt;Aydınlatma süresi: tam olarak şarj olduğunda 8 saat&amp;lt;/p&amp;gt;
 &amp;lt;p&amp;gt;Açık gövde rengi: siyah&amp;lt;/p&amp;gt;
 &amp;lt;p&amp;gt;Ürün Ölçüleri : 23 x 60 x 80 mm&amp;lt;/p&amp;gt;
 </t>
         </is>
       </c>
-      <c r="F364" s="0" t="n">
+      <c r="F365" s="0" t="n">
         <v>150</v>
       </c>
-      <c r="G364" s="0" t="n">
+      <c r="G365" s="0" t="n">
         <v>250904234208</v>
       </c>
-      <c r="H364" s="0"/>
-      <c r="I364" s="0" t="n">
+      <c r="H365" s="0"/>
+      <c r="I365" s="0" t="n">
         <v>0</v>
       </c>
-      <c r="J364" s="0" t="inlineStr">
+      <c r="J365" s="0" t="inlineStr">
         <is>
           <t>https://www.realtoptan.com/image/catalog/resimler/ikili1.jpg</t>
         </is>
       </c>
-      <c r="K364" s="0" t="inlineStr">
+      <c r="K365" s="0" t="inlineStr">
         <is>
           <t>https://www.realtoptan.com/image/catalog/resimler/ikili2.jpg</t>
         </is>
       </c>
-      <c r="L364" s="0" t="inlineStr">
+      <c r="L365" s="0" t="inlineStr">
         <is>
           <t>https://www.realtoptan.com/image/catalog/resimler/ikili3.jpg</t>
         </is>
       </c>
-      <c r="M364" s="0"/>
-[...8 lines deleted...]
-      <c r="A365" s="0" t="n">
+      <c r="M365" s="0"/>
+      <c r="N365" s="0"/>
+      <c r="O365" s="0" t="inlineStr">
+        <is>
+          <t>0.00kg</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="366">
+      <c r="A366" s="0" t="n">
         <v>423</v>
       </c>
-      <c r="B365" s="0" t="inlineStr">
+      <c r="B366" s="0" t="inlineStr">
         <is>
           <t>Şarjlı 10 Metre Ledli Şarj Göstergeli 8 Işık Modlu Hareketli Ve Flaşör Modlu Kamp Lambası Led Işık</t>
         </is>
       </c>
-      <c r="C365" s="0" t="inlineStr">
-[...4 lines deleted...]
-      <c r="D365" s="0" t="inlineStr">
+      <c r="C366" s="0" t="inlineStr">
+        <is>
+          <t>EV &amp;amp; OFİS ÜRÜNLERİ|HEDİYELİK EŞYA|TV ÜRÜNLERİ|KAMP VE OUTDOOR|Yeni Ürünler</t>
+        </is>
+      </c>
+      <c r="D366" s="0" t="inlineStr">
         <is>
           <t>EV &amp;amp; OFİS ÜRÜNLERİ</t>
         </is>
       </c>
-      <c r="E365" s="0" t="inlineStr">
+      <c r="E366" s="0" t="inlineStr">
         <is>
           <t>&amp;lt;p&amp;gt;&amp;amp;nbsp;&amp;lt;/p&amp;gt;
 &amp;lt;p&amp;gt;&amp;lt;strong&amp;gt;Ürün Özellikleri&amp;lt;/strong&amp;gt;&amp;lt;/p&amp;gt;
 &amp;lt;p&amp;gt;Sarı Işık ve RGB Renkli Işık&amp;lt;/p&amp;gt;
 &amp;lt;p&amp;gt;8Işık Modu&amp;lt;/p&amp;gt;
 &amp;lt;p&amp;gt;10m Led Şerit&amp;lt;/p&amp;gt;
 &amp;lt;p&amp;gt;Sabit Askı ( Çadır Lambası - Kamp Lambası Özelliği )&amp;lt;/p&amp;gt;
 &amp;lt;p&amp;gt;Acil durumlarda telefonunuzu çok az şarj edip acil ihtiyaçlarınızı girerebilirsiniz. ( Acil durumlar içindir, powerbank verimi alamazsınız )&amp;lt;/p&amp;gt;
 &amp;lt;p&amp;gt;Ledli Şarj Göstergesi&amp;lt;/p&amp;gt;
 &amp;lt;p&amp;gt;18650 Pil&amp;lt;/p&amp;gt;
 &amp;lt;p&amp;gt;USB Output&amp;lt;/p&amp;gt;
 &amp;lt;p&amp;gt;5V Type C Kablo ile şarj olur.&amp;lt;/p&amp;gt;
 &amp;lt;p&amp;gt;Input: 5V&amp;lt;/p&amp;gt;
 &amp;lt;p&amp;gt;Output: 5V&amp;lt;/p&amp;gt;
 &amp;lt;p&amp;gt;&amp;lt;strong&amp;gt;Kullanım:&amp;lt;/strong&amp;gt;&amp;lt;/p&amp;gt;
 &amp;lt;p&amp;gt;Çok fonksiyonlu bu ürünü led şerit içerisinde sarılıyken sabit askı ile asılarak aydınlatma lambası olarak, ya da 10 m şeridi dilediğiniz boyda çekerek dilediğiniz uzunlukta ve renkte şerit led olarak kullanabilirsiniz.&amp;lt;/p&amp;gt;
 &amp;lt;p&amp;gt;Aç/Kapa tuşuna basıldığında tüm ledler sırasıyla 8 modda yanar:&amp;lt;/p&amp;gt;
 &amp;lt;p&amp;gt;Sabit Sarı Işık, Hareketli Sarı Işık, Flaşör Sarı Işık&amp;lt;/p&amp;gt;
 &amp;lt;p&amp;gt;Sabit Renkli Işık, Yanıp sönen Renkli Işık, Sabit Sarı Işık, Flaşör Renkli Işık&amp;lt;/p&amp;gt;
 &amp;lt;p&amp;gt;&amp;lt;strong&amp;gt;Uyarı:&amp;lt;/strong&amp;gt;&amp;lt;/p&amp;gt;
 &amp;lt;p&amp;gt;Işığa doğrudan bakmayınız, aksi takdirde ışık göze zarar verebilir.&amp;lt;/p&amp;gt;
 &amp;lt;p&amp;gt;Işık zayıfladığında ürünü 5V Type C Kablo ile şarj ediniz.&amp;lt;/p&amp;gt;
 &amp;lt;p&amp;gt;Ürünü şarjdayken kullanmayınız.&amp;lt;/p&amp;gt;
 </t>
         </is>
       </c>
-      <c r="F365" s="0" t="n">
+      <c r="F366" s="0" t="n">
         <v>400</v>
       </c>
-      <c r="G365" s="0" t="n">
+      <c r="G366" s="0" t="n">
         <v>250904234744</v>
       </c>
-      <c r="H365" s="0"/>
-      <c r="I365" s="0" t="n">
+      <c r="H366" s="0"/>
+      <c r="I366" s="0" t="n">
         <v>1000</v>
       </c>
-      <c r="J365" s="0" t="inlineStr">
-[...31 lines deleted...]
-      <c r="A366" s="0" t="n">
+      <c r="J366" s="0" t="inlineStr">
+        <is>
+          <t>https://www.realtoptan.com/image/catalog/site_resimler/SİTE RESİMLERİ/makara_haki.png</t>
+        </is>
+      </c>
+      <c r="K366" s="0" t="inlineStr">
+        <is>
+          <t>https://www.realtoptan.com/image/catalog/site_resimler/SİTE RESİMLERİ/kamp_serit_siyah.png</t>
+        </is>
+      </c>
+      <c r="L366" s="0" t="inlineStr">
+        <is>
+          <t>https://www.realtoptan.com/image/catalog/site_resimler/SİTE RESİMLERİ/kamp_serit_kırmızı.png</t>
+        </is>
+      </c>
+      <c r="M366" s="0" t="inlineStr">
+        <is>
+          <t>https://www.realtoptan.com/image/catalog/site_resimler/SİTE RESİMLERİ/kamp_serit1.png</t>
+        </is>
+      </c>
+      <c r="N366" s="0" t="inlineStr">
+        <is>
+          <t>https://www.realtoptan.com/image/catalog/site_resimler/SİTE RESİMLERİ/kamp_serit2.png</t>
+        </is>
+      </c>
+      <c r="O366" s="0" t="inlineStr">
+        <is>
+          <t>0.00kg</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="367">
+      <c r="A367" s="0" t="n">
         <v>424</v>
       </c>
-      <c r="B366" s="0" t="inlineStr">
+      <c r="B367" s="0" t="inlineStr">
         <is>
           <t>Yıldız Perde LED Çapraz</t>
         </is>
       </c>
-      <c r="C366" s="0" t="inlineStr">
-[...4 lines deleted...]
-      <c r="D366" s="0" t="inlineStr">
+      <c r="C367" s="0" t="inlineStr">
+        <is>
+          <t>EV &amp;amp; OFİS ÜRÜNLERİ|HEDİYELİK EŞYA|TV ÜRÜNLERİ|Yeni Ürünler</t>
+        </is>
+      </c>
+      <c r="D367" s="0" t="inlineStr">
         <is>
           <t>EV &amp;amp; OFİS ÜRÜNLERİ</t>
         </is>
       </c>
-      <c r="E366" s="0" t="inlineStr">
+      <c r="E367" s="0" t="inlineStr">
         <is>
           <t>&amp;lt;p&amp;gt;&amp;lt;strong&amp;gt;YILDIZ PERDE LED&amp;amp;nbsp;&amp;lt;/strong&amp;gt;&amp;lt;/p&amp;gt;
 &amp;lt;p&amp;gt;&amp;lt;strong&amp;gt;Ürün Özellikleri&amp;lt;/strong&amp;gt;&amp;lt;/p&amp;gt;
 &amp;lt;p&amp;gt;Yıldız Perde Led, dekoratif ve şık bir aydınlatma çözümü sunar. Özellikle yılbaşı, özel günler, partiler ve ev dekorasyonlarında kullanıma uygundur. 3 metre uzunluğunda ve yıldız tasarımıyla dikkat çeken bu LED perde, mekana sıcak ve samimi bir atmosfer kazandırır. Sarı ışık rengi, ortamınıza estetik bir dokunuş sağlar.&amp;amp;nbsp;Kullanımı son derece kolay olan bu ürün, pencereler, duvarlar veya diğer düz yüzeylere hızlı bir şekilde monte edilebilir. Düşük enerji tüketimi ve uzun ömürlü LED'leri sayesinde hem tasarruflu hem de çevre dostudur.&amp;lt;/p&amp;gt;
 &amp;lt;p&amp;gt;&amp;lt;strong&amp;gt;Paket İçeriği&amp;lt;/strong&amp;gt;&amp;lt;/p&amp;gt;
 &amp;lt;p&amp;gt;1 adet Yıldız Perde Led&amp;amp;nbsp;&amp;lt;/p&amp;gt;
 </t>
         </is>
       </c>
-      <c r="F366" s="0" t="n">
+      <c r="F367" s="0" t="n">
         <v>275</v>
       </c>
-      <c r="G366" s="0" t="n">
+      <c r="G367" s="0" t="n">
         <v>250904235230</v>
       </c>
-      <c r="H366" s="0"/>
-[...3 lines deleted...]
-      <c r="J366" s="0" t="inlineStr">
+      <c r="H367" s="0"/>
+      <c r="I367" s="0" t="n">
+        <v>0</v>
+      </c>
+      <c r="J367" s="0" t="inlineStr">
         <is>
           <t>https://www.realtoptan.com/image/catalog/resimler/capraz1.jpg</t>
         </is>
       </c>
-      <c r="K366" s="0" t="inlineStr">
+      <c r="K367" s="0" t="inlineStr">
         <is>
           <t>https://www.realtoptan.com/image/catalog/resimler/capraz2.jpg</t>
         </is>
       </c>
-      <c r="L366" s="0" t="inlineStr">
+      <c r="L367" s="0" t="inlineStr">
         <is>
           <t>https://www.realtoptan.com/image/catalog/resimler/capraz3.jpg</t>
         </is>
       </c>
-      <c r="M366" s="0" t="inlineStr">
+      <c r="M367" s="0" t="inlineStr">
         <is>
           <t>https://www.realtoptan.com/image/catalog/resimler/capraz4.jpg</t>
         </is>
       </c>
-      <c r="N366" s="0" t="inlineStr">
+      <c r="N367" s="0" t="inlineStr">
         <is>
           <t>https://www.realtoptan.com/image/catalog/resimler/capraz5.jpg</t>
         </is>
       </c>
-      <c r="O366" s="0" t="inlineStr">
-[...6 lines deleted...]
-      <c r="A367" s="0" t="n">
+      <c r="O367" s="0" t="inlineStr">
+        <is>
+          <t>0.00kg</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="368">
+      <c r="A368" s="0" t="n">
         <v>425</v>
       </c>
-      <c r="B367" s="0" t="inlineStr">
+      <c r="B368" s="0" t="inlineStr">
         <is>
           <t>UV Işık Teknolojili Güçlü Motorlu Yatak Temizleme Cihazı - %99,9 Akar Giderme Özelliği ile</t>
         </is>
       </c>
-      <c r="C367" s="0" t="inlineStr">
+      <c r="C368" s="0" t="inlineStr">
         <is>
           <t>EV &amp;amp; OFİS ÜRÜNLERİ|TV ÜRÜNLERİ|OTO AKSESUARLARI|Yeni Ürünler</t>
         </is>
       </c>
-      <c r="D367" s="0" t="inlineStr">
+      <c r="D368" s="0" t="inlineStr">
         <is>
           <t>EV &amp;amp; OFİS ÜRÜNLERİ</t>
         </is>
       </c>
-      <c r="E367" s="0" t="inlineStr">
+      <c r="E368" s="0" t="inlineStr">
         <is>
           <t>&amp;lt;h3&amp;gt;Açıklama:&amp;lt;/h3&amp;gt;
 &amp;lt;p&amp;gt;&amp;lt;strong&amp;gt;Yatak temizliği için özel olarak tasarlanmış bu gelişmiş&amp;amp;nbsp; temizlik cihazı, UV ışık teknolojisi sayesinde bakterileri, böcekleri ve akarları %99,9 oranında etkili bir şekilde uzaklaştırır. Güçlü motoru sayesinde yatağın derinliklerine kadar inerek tüm kir ve tozları içine çeker, yataklarınızı tertemiz yapar. Farklı kullanım alanlarına uygun olarak tasarlanmıştır; peluş oyuncaklar, kanepeler ve hatta giysilerde de kullanılabilir. Cihazın ince filtreleme sistemi, büyük toz parçalarını bile etkili bir şekilde hapseder. Ergonomik tasarımı ve kompakt boyutları sayesinde kullanımı son derece kolaydır.&amp;lt;/strong&amp;gt;&amp;lt;/p&amp;gt;
 &amp;lt;h3&amp;gt;Avantajlar:&amp;lt;/h3&amp;gt;
 &amp;lt;ul&amp;gt;
 	&amp;lt;li&amp;gt;&amp;amp;nbsp;&amp;lt;strong&amp;gt;UV Işık Teknolojisi: Bakteri ve akarları %99,9 oranında yok eder.&amp;lt;/strong&amp;gt;&amp;lt;/li&amp;gt;
 	&amp;lt;li&amp;gt;&amp;amp;nbsp;&amp;lt;strong&amp;gt;Güçlü Motor: Yatağın derinliklerine kadar temizlik sağlar.&amp;lt;/strong&amp;gt;&amp;lt;/li&amp;gt;
 	&amp;lt;li&amp;gt;&amp;amp;nbsp;&amp;lt;strong&amp;gt;Çok Yönlü Kullanım: Yatak, peluş oyuncak, kanepe ve giysiler için ideal.&amp;lt;/strong&amp;gt;&amp;lt;/li&amp;gt;
 	&amp;lt;li&amp;gt;&amp;amp;nbsp;&amp;lt;strong&amp;gt;İnce Filtrasyon Sistemi: Büyük toz parçalarını etkili şekilde filtreler.&amp;lt;/strong&amp;gt;&amp;lt;/li&amp;gt;
 	&amp;lt;li&amp;gt;&amp;amp;nbsp;&amp;lt;strong&amp;gt;Kompakt ve Ergonomik Tasarım: Kolay kullanım ve saklama.&amp;lt;/strong&amp;gt;&amp;lt;/li&amp;gt;
 &amp;lt;/ul&amp;gt;
 &amp;lt;h3&amp;gt;Teknik Özellikler:&amp;lt;/h3&amp;gt;
 &amp;lt;ul&amp;gt;
 	&amp;lt;li&amp;gt;&amp;amp;nbsp;&amp;lt;strong&amp;gt;Boyutlar: 24.5 cm x 28.5 cm&amp;lt;/strong&amp;gt;&amp;lt;/li&amp;gt;
 	&amp;lt;li&amp;gt;&amp;amp;nbsp;&amp;lt;strong&amp;gt;Toz Haznesi Kapasitesi: 185 ml&amp;lt;/strong&amp;gt;&amp;lt;/li&amp;gt;
 	&amp;lt;li&amp;gt;&amp;amp;nbsp;&amp;lt;strong&amp;gt;Frekans: Yüksek frekanslı çekme gücü&amp;lt;/strong&amp;gt;&amp;lt;/li&amp;gt;
 	&amp;lt;li&amp;gt;&amp;amp;nbsp;&amp;lt;strong&amp;gt;Filtreleme Sistemi: İnce toz ve büyük partiküller için çift katmanlı filtre&amp;lt;/strong&amp;gt;&amp;lt;/li&amp;gt;
 &amp;lt;/ul&amp;gt;
 &amp;lt;p&amp;gt;&amp;lt;strong&amp;gt;Bu cihaz, yataklarınızı ve diğer yüzeylerinizi mikrobiyolojik olarak temiz tutarak, size ve ailenize sağlıklı bir yaşam alanı sunar. Satın alarak, yatağınızdaki görünmeyen tehlikelerden kurtulun ve daha sağlıklı bir uyku ortamı yaratın.&amp;lt;/strong&amp;gt;&amp;lt;/p&amp;gt;
 </t>
         </is>
       </c>
-      <c r="F367" s="0" t="n">
+      <c r="F368" s="0" t="n">
         <v>700</v>
       </c>
-      <c r="G367" s="0" t="n">
+      <c r="G368" s="0" t="n">
         <v>250904235546</v>
       </c>
-      <c r="H367" s="0"/>
-      <c r="I367" s="0" t="n">
+      <c r="H368" s="0"/>
+      <c r="I368" s="0" t="n">
         <v>1000</v>
       </c>
-      <c r="J367" s="0" t="inlineStr">
-[...23 lines deleted...]
-      <c r="A368" s="0" t="n">
+      <c r="J368" s="0" t="inlineStr">
+        <is>
+          <t>https://www.realtoptan.com/image/catalog/site_resimler/SİTE RESİMLERİ/mite-1.png</t>
+        </is>
+      </c>
+      <c r="K368" s="0" t="inlineStr">
+        <is>
+          <t>https://www.realtoptan.com/image/catalog/site_resimler/SİTE RESİMLERİ/mite-2.png</t>
+        </is>
+      </c>
+      <c r="L368" s="0" t="inlineStr">
+        <is>
+          <t>https://www.realtoptan.com/image/catalog/site_resimler/SİTE RESİMLERİ/mite-3.png</t>
+        </is>
+      </c>
+      <c r="M368" s="0" t="inlineStr">
+        <is>
+          <t>https://www.realtoptan.com/image/catalog/site_resimler/SİTE RESİMLERİ/mite-4.png</t>
+        </is>
+      </c>
+      <c r="N368" s="0"/>
+      <c r="O368" s="0" t="inlineStr">
+        <is>
+          <t>0.00kg</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="369">
+      <c r="A369" s="0" t="n">
         <v>426</v>
       </c>
-      <c r="B368" s="0" t="inlineStr">
+      <c r="B369" s="0" t="inlineStr">
         <is>
           <t>4 Başlıklı 6 Kademeli Titreşimli Şarjlı Mini Masaj Aleti</t>
         </is>
       </c>
-      <c r="C368" s="0" t="inlineStr">
+      <c r="C369" s="0" t="inlineStr">
         <is>
           <t>KİŞİSEL BAKIM|TV ÜRÜNLERİ|Yeni Ürünler</t>
         </is>
       </c>
-      <c r="D368" s="0" t="inlineStr">
+      <c r="D369" s="0" t="inlineStr">
         <is>
           <t>KİŞİSEL BAKIM</t>
         </is>
       </c>
-      <c r="E368" s="0" t="inlineStr">
+      <c r="E369" s="0" t="inlineStr">
         <is>
           <t>&amp;lt;h3 style=&amp;quot;text-align:start&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;font-size:inherit&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;color:#484848&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;font-family:-apple-system,BlinkMacSystemFont,Arial,Roboto,Oxygen,Ubuntu,Cantarell,&amp;amp;quot;Fira Sans&amp;amp;quot;,&amp;amp;quot;Droid Sans&amp;amp;quot;,&amp;amp;quot;Helvetica Neue&amp;amp;quot;,sans-serif&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;background-color:#ffffff&amp;quot;&amp;gt;Masaj Tabancası Şarj Edilebilir 4 Masaj Başlıklı Titreşimli Küçük Masaj Aleti&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/h3&amp;gt;
 &amp;lt;h3&amp;gt;&amp;lt;span style=&amp;quot;font-size:inherit&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;color:#484848&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;font-family:-apple-system,BlinkMacSystemFont,Arial,Roboto,Oxygen,Ubuntu,Cantarell,&amp;amp;quot;Fira Sans&amp;amp;quot;,&amp;amp;quot;Droid Sans&amp;amp;quot;,&amp;amp;quot;Helvetica Neue&amp;amp;quot;,sans-serif&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;background-color:#ffffff&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;font-family:Arial Nova&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;font-size:x-large&amp;quot;&amp;gt;Masaj Tabancası Şarj Edilebilir 4 Masaj Başlıklı Titreşimli&amp;amp;nbsp; Küçük Masaj Aleti&amp;lt;/span&amp;gt;&amp;amp;nbsp;&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/h3&amp;gt;
 &amp;lt;p style=&amp;quot;text-align:start&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;font-size:14px&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;color:#484848&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;font-family:-apple-system,BlinkMacSystemFont,Arial,Roboto,Oxygen,Ubuntu,Cantarell,&amp;amp;quot;Fira Sans&amp;amp;quot;,&amp;amp;quot;Droid Sans&amp;amp;quot;,&amp;amp;quot;Helvetica Neue&amp;amp;quot;,sans-serif&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;background-color:#ffffff&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;font-family:Arial Nova&amp;quot;&amp;gt;Kas yorgunluğunu gidermek ve sağlamak için ideal!&amp;amp;nbsp;&amp;lt;strong&amp;gt;Titreşimli Masaj Tabancası&amp;lt;/strong&amp;gt;, 4 farklı masaj başlığı ve taşınabilir tasarımıyla günlük ihtiyaçlarınıza uygun bir çözüm sunar. Kompakt boyutu sayesinde her yerde kullanılabilir, hafifletir ve vücudunuzu rahatlatır.&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/p&amp;gt;
 &amp;lt;h4 style=&amp;quot;text-align:start&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;font-size:14px&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;color:#484848&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;font-family:-apple-system,BlinkMacSystemFont,Arial,Roboto,Oxygen,Ubuntu,Cantarell,&amp;amp;quot;Fira Sans&amp;amp;quot;,&amp;amp;quot;Droid Sans&amp;amp;quot;,&amp;amp;quot;Helvetica Neue&amp;amp;quot;,sans-serif&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;background-color:#ffffff&amp;quot;&amp;gt;&amp;lt;strong&amp;gt;&amp;lt;span style=&amp;quot;font-family:Arial Nova&amp;quot;&amp;gt;Ürün Özellikleri:&amp;lt;/span&amp;gt;&amp;lt;/strong&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/h4&amp;gt;
 &amp;lt;ul&amp;gt;
 	&amp;lt;li&amp;gt;&amp;lt;span style=&amp;quot;font-family:Arial Nova&amp;quot;&amp;gt;&amp;lt;strong&amp;gt;4 Farklı Masaj Başlığı:&amp;lt;/strong&amp;gt;&amp;amp;nbsp;Kaslarınızı hedefleyen özel başlıklar ile vücudunuzun farklı bölgelerine uyum sağlar.&amp;lt;/span&amp;gt;&amp;lt;/li&amp;gt;
 	&amp;lt;li&amp;gt;&amp;lt;span style=&amp;quot;font-family:Arial Nova&amp;quot;&amp;gt;&amp;lt;strong&amp;gt;Titreşim Teknolojisi:&amp;lt;/strong&amp;gt;&amp;amp;nbsp;Kas ağrısını azaltmak, dolaşımı artırmak ve gerginliği gidermek için etkili titreşim sağlar.&amp;lt;/span&amp;gt;&amp;lt;/li&amp;gt;
 	&amp;lt;li&amp;gt;&amp;lt;span style=&amp;quot;font-family:Arial Nova&amp;quot;&amp;gt;&amp;lt;strong&amp;gt;Şarj Edilebilir Tasarım:&amp;lt;/strong&amp;gt;&amp;amp;nbsp;Kablosuz kullanım sunar; şarj edilebilir pili ile uzun süreli performans sağlar.&amp;lt;/span&amp;gt;&amp;lt;/li&amp;gt;
 	&amp;lt;li&amp;gt;&amp;lt;span style=&amp;quot;font-family:Arial Nova&amp;quot;&amp;gt;&amp;lt;strong&amp;gt;Kompakt ve Hafif:&amp;lt;/strong&amp;gt;&amp;amp;nbsp;Kolay taşınabilir yapısıyla evde, ofiste veya seyahatte rahatça kullanılabilir.&amp;lt;/span&amp;gt;&amp;lt;/li&amp;gt;
 	&amp;lt;li&amp;gt;&amp;lt;span style=&amp;quot;font-family:Arial Nova&amp;quot;&amp;gt;&amp;lt;strong&amp;gt;Sessiz Çalışma:&amp;lt;/strong&amp;gt;&amp;amp;nbsp;Düşük ses seviyesi ile konforlu bir kullanım deneyimi sunar.&amp;lt;/span&amp;gt;&amp;lt;/li&amp;gt;
 &amp;lt;/ul&amp;gt;
 &amp;lt;h4 style=&amp;quot;text-align:start&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;font-size:14px&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;color:#484848&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;font-family:-apple-system,BlinkMacSystemFont,Arial,Roboto,Oxygen,Ubuntu,Cantarell,&amp;amp;quot;Fira Sans&amp;amp;quot;,&amp;amp;quot;Droid Sans&amp;amp;quot;,&amp;amp;quot;Helvetica Neue&amp;amp;quot;,sans-serif&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;background-color:#ffffff&amp;quot;&amp;gt;&amp;lt;strong&amp;gt;&amp;lt;span style=&amp;quot;font-family:Arial Nova&amp;quot;&amp;gt;Avantajları:&amp;lt;/span&amp;gt;&amp;lt;/strong&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/h4&amp;gt;
 &amp;lt;ul&amp;gt;
 	&amp;lt;li&amp;gt;&amp;lt;span style=&amp;quot;font-family:Arial Nova&amp;quot;&amp;gt;Kas ağrılarınızı hafifletir ve vücudu rahatlatır.&amp;lt;/span&amp;gt;&amp;lt;/li&amp;gt;
 	&amp;lt;li&amp;gt;&amp;lt;span style=&amp;quot;font-family:Arial Nova&amp;quot;&amp;gt;Spor sonrası toparlanmayı hızlandırır.&amp;lt;/span&amp;gt;&amp;lt;/li&amp;gt;
 	&amp;lt;li&amp;gt;&amp;lt;span style=&amp;quot;font-family:Arial Nova&amp;quot;&amp;gt;ve gerginliği azaltır.&amp;lt;/span&amp;gt;&amp;lt;/li&amp;gt;
 	&amp;lt;li&amp;gt;&amp;lt;span style=&amp;quot;font-family:Arial Nova&amp;quot;&amp;gt;Ergonomik yapısıyla kolay kavrama ve kullanım sağlar.&amp;lt;/span&amp;gt;&amp;lt;/li&amp;gt;
 &amp;lt;/ul&amp;gt;
 &amp;lt;h4 style=&amp;quot;text-align:start&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;font-size:14px&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;color:#484848&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;font-family:-apple-system,BlinkMacSystemFont,Arial,Roboto,Oxygen,Ubuntu,Cantarell,&amp;amp;quot;Fira Sans&amp;amp;quot;,&amp;amp;quot;Droid Sans&amp;amp;quot;,&amp;amp;quot;Helvetica Neue&amp;amp;quot;,sans-serif&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;background-color:#ffffff&amp;quot;&amp;gt;&amp;lt;strong&amp;gt;&amp;lt;span style=&amp;quot;font-family:Arial Nova&amp;quot;&amp;gt;Kullanım Alanları:&amp;lt;/span&amp;gt;&amp;lt;/strong&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/h4&amp;gt;
 &amp;lt;ul&amp;gt;
 	&amp;lt;li&amp;gt;&amp;lt;span style=&amp;quot;font-family:Arial Nova&amp;quot;&amp;gt;Spor sonrası kas gevşetme.&amp;lt;/span&amp;gt;&amp;lt;/li&amp;gt;
 	&amp;lt;li&amp;gt;&amp;lt;span style=&amp;quot;font-family:Arial Nova&amp;quot;&amp;gt;Günlük yaşamda hafifletme.&amp;lt;/span&amp;gt;&amp;lt;/li&amp;gt;
 	&amp;lt;li&amp;gt;&amp;lt;span style=&amp;quot;font-family:Arial Nova&amp;quot;&amp;gt;Ofiste uzun çalışma saatleri sonrası .&amp;lt;/span&amp;gt;&amp;lt;/li&amp;gt;
 	&amp;lt;li&amp;gt;&amp;lt;span style=&amp;quot;font-family:Arial Nova&amp;quot;&amp;gt;Seyahatlerde taşınabilir bir masaj çözümü.&amp;lt;/span&amp;gt;&amp;lt;/li&amp;gt;
 &amp;lt;/ul&amp;gt;
 &amp;lt;p&amp;gt;Renk Seçeneği: Siyah,Kırmızı,Yeşil,Gri&amp;lt;/p&amp;gt;
 &amp;lt;p style=&amp;quot;text-align:start&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;font-size:14px&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;color:#484848&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;font-family:-apple-system,BlinkMacSystemFont,Arial,Roboto,Oxygen,Ubuntu,Cantarell,&amp;amp;quot;Fira Sans&amp;amp;quot;,&amp;amp;quot;Droid Sans&amp;amp;quot;,&amp;amp;quot;Helvetica Neue&amp;amp;quot;,sans-serif&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;background-color:#ffffff&amp;quot;&amp;gt;&amp;lt;span style=&amp;quot;font-family:Arial Nova&amp;quot;&amp;gt;Masaj Tabancası Şarj Edilebilir 4 Masaj Başlıklı Titreşimli&amp;amp;nbsp; Küçük Masaj Aleti ile kendinizi şımartın, kaslarınızı rahatlatın ve konforu her an yanınızda hissedin!&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/span&amp;gt;&amp;lt;/p&amp;gt;
 </t>
         </is>
       </c>
-      <c r="F368" s="0" t="n">
+      <c r="F369" s="0" t="n">
         <v>250</v>
       </c>
-      <c r="G368" s="0" t="n">
+      <c r="G369" s="0" t="n">
         <v>251021232512</v>
       </c>
-      <c r="H368" s="0"/>
-      <c r="I368" s="0" t="n">
+      <c r="H369" s="0"/>
+      <c r="I369" s="0" t="n">
         <v>990</v>
       </c>
-      <c r="J368" s="0" t="inlineStr">
-[...31 lines deleted...]
-      <c r="A369" s="0" t="n">
+      <c r="J369" s="0" t="inlineStr">
+        <is>
+          <t>https://www.realtoptan.com/image/catalog/site_resimler/SİTE RESİMLERİ/masajtab5.png</t>
+        </is>
+      </c>
+      <c r="K369" s="0" t="inlineStr">
+        <is>
+          <t>https://www.realtoptan.com/image/catalog/site_resimler/SİTE RESİMLERİ/masajtab8.png</t>
+        </is>
+      </c>
+      <c r="L369" s="0" t="inlineStr">
+        <is>
+          <t>https://www.realtoptan.com/image/catalog/site_resimler/SİTE RESİMLERİ/masajtab6.png</t>
+        </is>
+      </c>
+      <c r="M369" s="0" t="inlineStr">
+        <is>
+          <t>https://www.realtoptan.com/image/catalog/site_resimler/SİTE RESİMLERİ/masajtab7.png</t>
+        </is>
+      </c>
+      <c r="N369" s="0" t="inlineStr">
+        <is>
+          <t>https://www.realtoptan.com/image/catalog/site_resimler/SİTE RESİMLERİ/masajtab1(2).png</t>
+        </is>
+      </c>
+      <c r="O369" s="0" t="inlineStr">
+        <is>
+          <t>0.00kg</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="370">
+      <c r="A370" s="0" t="n">
         <v>427</v>
       </c>
-      <c r="B369" s="0" t="inlineStr">
+      <c r="B370" s="0" t="inlineStr">
         <is>
           <t>Seyahat Boyun Yastığı Comfort Ortopedik Seyahat Yastığı</t>
         </is>
       </c>
-      <c r="C369" s="0" t="inlineStr">
+      <c r="C370" s="0" t="inlineStr">
         <is>
           <t>OTO AKSESUARLARI|Yeni Ürünler</t>
         </is>
       </c>
-      <c r="D369" s="0" t="inlineStr">
+      <c r="D370" s="0" t="inlineStr">
         <is>
           <t>OTO AKSESUARLARI</t>
         </is>
       </c>
-      <c r="E369" s="0" t="inlineStr">
+      <c r="E370" s="0" t="inlineStr">
         <is>
           <t>&amp;lt;table&amp;gt;
 	&amp;lt;thead&amp;gt;
 		&amp;lt;tr&amp;gt;
 			&amp;lt;th&amp;gt;Ürün Özellikleri&amp;lt;/th&amp;gt;
 		&amp;lt;/tr&amp;gt;
 	&amp;lt;/thead&amp;gt;
 	&amp;lt;tbody&amp;gt;
 		&amp;lt;tr&amp;gt;
 			&amp;lt;td&amp;gt;Malzeme/Materyal:&amp;lt;/td&amp;gt;
 			&amp;lt;td&amp;gt;Elyaf&amp;lt;/td&amp;gt;
 		&amp;lt;/tr&amp;gt;
 		&amp;lt;tr&amp;gt;
 			&amp;lt;td&amp;gt;Ölçü:&amp;lt;/td&amp;gt;
 			&amp;lt;td&amp;gt;29x27 cm&amp;lt;/td&amp;gt;
 		&amp;lt;/tr&amp;gt;
 		&amp;lt;tr&amp;gt;
 			&amp;lt;td&amp;gt;Renk:&amp;lt;/td&amp;gt;
 			&amp;lt;td&amp;gt;Karışık&amp;lt;/td&amp;gt;
 		&amp;lt;/tr&amp;gt;
 		&amp;lt;tr&amp;gt;
 			&amp;lt;td&amp;gt;Menşei:&amp;lt;/td&amp;gt;
 			&amp;lt;td&amp;gt;TÜRKİYE&amp;lt;/td&amp;gt;
 		&amp;lt;/tr&amp;gt;
 	&amp;lt;/tbody&amp;gt;
 &amp;lt;/table&amp;gt;
 &amp;lt;p&amp;gt;&amp;lt;br /&amp;gt;
 Seyahat Boyun Yastığı, seyahat esnasında boyun kaslarının dinlenmesine yardımcı olur.&amp;lt;br /&amp;gt;
 &amp;lt;br /&amp;gt;
 Uçakta, otobüste, otomobilde ve vb. taşıt araçlarında rahat bir yolculuk geçirmenizi sağlar. Yolculuk esnasında uyurken başınızın sağa veya sola kaymasını engeller.&amp;lt;br /&amp;gt;
 &amp;lt;br /&amp;gt;
 Ergonomik dizaynı sayesinde boynunuzun şeklini alır ve yolculuk esnasında sınırsız konfor sağlar.&amp;lt;br /&amp;gt;
 &amp;lt;br /&amp;gt;
 Yastık boynu saracak şekilde tasarlanmış olup boyna destek verir. Sürekli şeklini koruyabilen maddeden üretilmiştir.&amp;lt;br /&amp;gt;
 &amp;lt;br /&amp;gt;
 &amp;lt;strong&amp;gt;Kullanım ve Bakım Bilgileri&amp;lt;/strong&amp;gt;&amp;lt;br /&amp;gt;
 • Makinede yıkanması uygun değildir.&amp;lt;br /&amp;gt;
 • Kuru temizleme yapılmamalıdır.&amp;lt;br /&amp;gt;
 • Ütülenmemelidir.&amp;lt;br /&amp;gt;
 • Nemli bezle silinerek temizlenebilir.&amp;lt;/p&amp;gt;
 &amp;lt;p&amp;gt;Renk Seçeneği: Pembe, sarı, siyah, lacivert, kırmızı, gri, yeşil, bej&amp;lt;/p&amp;gt;
 </t>
         </is>
       </c>
-      <c r="F369" s="0" t="n">
-[...2 lines deleted...]
-      <c r="G369" s="0" t="n">
+      <c r="F370" s="0" t="n">
+        <v>130</v>
+      </c>
+      <c r="G370" s="0" t="n">
         <v>251021233127</v>
       </c>
-      <c r="H369" s="0"/>
-      <c r="I369" s="0" t="n">
+      <c r="H370" s="0"/>
+      <c r="I370" s="0" t="n">
         <v>1000</v>
       </c>
-      <c r="J369" s="0" t="inlineStr">
+      <c r="J370" s="0" t="inlineStr">
         <is>
           <t>https://www.realtoptan.com/image/catalog/resimler/bb1.png</t>
         </is>
       </c>
-      <c r="K369" s="0" t="inlineStr">
+      <c r="K370" s="0" t="inlineStr">
         <is>
           <t>https://www.realtoptan.com/image/catalog/resimler/bb2.png</t>
         </is>
       </c>
-      <c r="L369" s="0" t="inlineStr">
+      <c r="L370" s="0" t="inlineStr">
         <is>
           <t>https://www.realtoptan.com/image/catalog/resimler/bb3.jpg</t>
         </is>
       </c>
-      <c r="M369" s="0" t="inlineStr">
+      <c r="M370" s="0" t="inlineStr">
         <is>
           <t>https://www.realtoptan.com/image/catalog/resimler/bb4.jpg</t>
         </is>
       </c>
-      <c r="N369" s="0" t="inlineStr">
+      <c r="N370" s="0" t="inlineStr">
         <is>
           <t>https://www.realtoptan.com/image/catalog/resimler/bb5.png</t>
         </is>
       </c>
-      <c r="O369" s="0" t="inlineStr">
+      <c r="O370" s="0" t="inlineStr">
         <is>
           <t>0.00kg</t>
         </is>
       </c>
     </row>
   </sheetData>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Company/>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">